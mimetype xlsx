--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,356 +12,441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -625,759 +710,848 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="457.603" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>33</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...14 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...162 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
-        <v>46</v>
+      <c r="I7">
+        <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N7" t="s">
-        <v>48</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1981</v>
+      </c>
+      <c r="I8">
+        <v>2002</v>
+      </c>
+      <c r="J8" t="s">
         <v>51</v>
       </c>
-      <c r="D8" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="K8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="N8" t="s">
-        <v>54</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2012</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>33</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>59</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>1994</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="K10" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="L10" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
-        <v>65</v>
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>33</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
+        <v>33</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>82</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>82</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>66</v>
       </c>
-      <c r="B11" t="s">
-[...147 lines deleted...]
-        <v>2006</v>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2006</v>
       </c>
-      <c r="I14" t="s">
-        <v>80</v>
+      <c r="I14">
+        <v>2006</v>
       </c>
       <c r="J14" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>33</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
-        <v>82</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14"/>
     </row>
-    <row r="15" spans="1:14">
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2012</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2020</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="K15" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="L15" t="s">
-        <v>87</v>
+        <v>113</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
-        <v>88</v>
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>