--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -12,4790 +12,7151 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2249">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
     <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>May 2024</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
-    <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
-    <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
-[...2 lines deleted...]
-    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
-    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
-    <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
-    <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
+  </si>
+  <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
+  </si>
+  <si>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
-    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for domestic fan that are used in household that is connected to main power supply including—
+(a) the ceiling fan with size from 48 inch up to16 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>MS 1220:2010
 ,   
                     IEC 60879:1986</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>IEC 60350-1:2016</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
   </si>
   <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>MS IEC 60081:2003 or IEC 60081:2003
+,   
+                    MS IEC 60969:2006 or IEC 60969:2001
+,   
+                    MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
-    <t>Lamps</t>
-[...15 lines deleted...]
-  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
+  </si>
+  <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
   <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EU 65-2014</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -5059,19883 +7420,22022 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N456"/>
+  <dimension ref="A1:P444"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>62</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...57 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2006</v>
+      </c>
+      <c r="J11" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>62</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>62</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1979</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>119</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1998</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1997</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>113</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1986</v>
+      </c>
+      <c r="I18">
+        <v>2006</v>
+      </c>
+      <c r="J18" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...17 lines deleted...]
-      <c r="H4">
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2006</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>33</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>136</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>150</v>
+      </c>
+      <c r="M20" t="s">
+        <v>138</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>136</v>
+      </c>
+      <c r="D21" t="s">
+        <v>118</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>119</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>154</v>
+      </c>
+      <c r="M21" t="s">
+        <v>138</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>136</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1998</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>33</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>138</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>162</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>42</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2020</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>60</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>164</v>
+      </c>
+      <c r="M23" t="s">
+        <v>165</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>166</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>162</v>
+      </c>
+      <c r="D24" t="s">
+        <v>170</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>42</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>60</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>171</v>
+      </c>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>162</v>
+      </c>
+      <c r="D25" t="s">
+        <v>177</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>42</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>60</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>165</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
+        <v>162</v>
+      </c>
+      <c r="D26" t="s">
+        <v>177</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>60</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>178</v>
+      </c>
+      <c r="M26" t="s">
+        <v>165</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>181</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>162</v>
+      </c>
+      <c r="D27" t="s">
+        <v>184</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2005</v>
+      </c>
+      <c r="I27">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...25 lines deleted...]
-      <c r="C5" t="s">
+      <c r="J27" t="s">
+        <v>185</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>186</v>
+      </c>
+      <c r="M27" t="s">
+        <v>187</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>162</v>
+      </c>
+      <c r="D28" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...314 lines deleted...]
-      <c r="G12">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2008</v>
       </c>
-      <c r="H12">
-[...170 lines deleted...]
-      <c r="G16">
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>192</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>193</v>
+      </c>
+      <c r="M28" t="s">
+        <v>187</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>197</v>
+      </c>
+      <c r="C29" t="s">
+        <v>162</v>
+      </c>
+      <c r="D29" t="s">
+        <v>198</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2008</v>
       </c>
-      <c r="H16">
-[...567 lines deleted...]
-      <c r="H29">
+      <c r="I29">
         <v>2015</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>148</v>
+        <v>192</v>
       </c>
       <c r="K29" t="s">
-        <v>149</v>
+        <v>199</v>
       </c>
       <c r="L29" t="s">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N29" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>201</v>
+      </c>
+      <c r="P29" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>151</v>
+        <v>203</v>
       </c>
       <c r="B30" t="s">
-        <v>121</v>
+        <v>204</v>
       </c>
       <c r="C30" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="E30" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-        <v>153</v>
+      <c r="I30">
+        <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K30" t="s">
-        <v>154</v>
+        <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>140</v>
+        <v>207</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N30" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>208</v>
+      </c>
+      <c r="P30" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="B31" t="s">
-        <v>121</v>
+        <v>211</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>162</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="E31" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>42</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2009</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2010</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>29</v>
+        <v>192</v>
       </c>
       <c r="K31" t="s">
-        <v>157</v>
+        <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>140</v>
+        <v>212</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N31" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>213</v>
+      </c>
+      <c r="P31" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>159</v>
+        <v>215</v>
       </c>
       <c r="B32" t="s">
-        <v>121</v>
+        <v>216</v>
       </c>
       <c r="C32" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>217</v>
       </c>
       <c r="E32" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>42</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2010</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2019</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>219</v>
+      </c>
+      <c r="M32" t="s">
+        <v>187</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>220</v>
+      </c>
+      <c r="P32" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
         <v>162</v>
       </c>
-      <c r="L32" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E33" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>42</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2005</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2015</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="K33" t="s">
-        <v>166</v>
+        <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>140</v>
+        <v>225</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N33" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>226</v>
+      </c>
+      <c r="P33" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>168</v>
+        <v>228</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>229</v>
       </c>
       <c r="C34" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
-      <c r="I34" t="s">
-        <v>143</v>
+      <c r="I34">
+        <v>2010</v>
       </c>
       <c r="J34" t="s">
-        <v>29</v>
+        <v>192</v>
       </c>
       <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>231</v>
+      </c>
+      <c r="M34" t="s">
+        <v>187</v>
+      </c>
+      <c r="N34" t="s">
+        <v>36</v>
+      </c>
+      <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>234</v>
+      </c>
+      <c r="B35" t="s">
+        <v>235</v>
+      </c>
+      <c r="C35" t="s">
+        <v>162</v>
+      </c>
+      <c r="D35" t="s">
+        <v>78</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2005</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>192</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>236</v>
+      </c>
+      <c r="M35" t="s">
+        <v>187</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>239</v>
+      </c>
+      <c r="B36" t="s">
+        <v>240</v>
+      </c>
+      <c r="C36" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" t="s">
         <v>170</v>
       </c>
-      <c r="L34" t="s">
-[...5 lines deleted...]
-      <c r="N34" t="s">
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>218</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
         <v>171</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="G36">
+      <c r="M36" t="s">
+        <v>187</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>241</v>
+      </c>
+      <c r="P36" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>243</v>
+      </c>
+      <c r="B37" t="s">
+        <v>244</v>
+      </c>
+      <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
+        <v>245</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2011</v>
       </c>
-      <c r="H36">
-[...43 lines deleted...]
-      <c r="H37">
+      <c r="I37">
         <v>2017</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="K37" t="s">
-        <v>179</v>
+        <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>140</v>
+        <v>246</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N37" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>247</v>
+      </c>
+      <c r="P37" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>181</v>
+        <v>249</v>
       </c>
       <c r="B38" t="s">
-        <v>121</v>
+        <v>250</v>
       </c>
       <c r="C38" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="E38" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>42</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>91</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>183</v>
+        <v>120</v>
       </c>
       <c r="K38" t="s">
-        <v>184</v>
+        <v>252</v>
       </c>
       <c r="L38" t="s">
-        <v>140</v>
+        <v>253</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N38" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>254</v>
+      </c>
+      <c r="P38" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>186</v>
+        <v>256</v>
       </c>
       <c r="B39" t="s">
-        <v>121</v>
+        <v>257</v>
       </c>
       <c r="C39" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" t="s">
+        <v>258</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>42</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>192</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" t="s">
         <v>187</v>
       </c>
-      <c r="D39" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N39" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>190</v>
+        <v>262</v>
       </c>
       <c r="B40" t="s">
-        <v>121</v>
+        <v>263</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>162</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E40" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>143</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>29</v>
+        <v>192</v>
       </c>
       <c r="K40" t="s">
-        <v>191</v>
+        <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>140</v>
+        <v>264</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>265</v>
+      </c>
+      <c r="P40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C41" t="s">
+        <v>162</v>
+      </c>
+      <c r="D41" t="s">
+        <v>269</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>42</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41">
+        <v>2013</v>
+      </c>
+      <c r="J41" t="s">
         <v>192</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H41">
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>270</v>
+      </c>
+      <c r="M41" t="s">
+        <v>187</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>271</v>
+      </c>
+      <c r="P41" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>273</v>
+      </c>
+      <c r="B42" t="s">
+        <v>274</v>
+      </c>
+      <c r="C42" t="s">
+        <v>162</v>
+      </c>
+      <c r="D42" t="s">
+        <v>96</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>42</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42">
         <v>2013</v>
       </c>
-      <c r="I41" t="s">
-[...37 lines deleted...]
-      <c r="G42">
+      <c r="J42" t="s">
+        <v>192</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>275</v>
+      </c>
+      <c r="M42" t="s">
+        <v>187</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>276</v>
+      </c>
+      <c r="P42" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>278</v>
+      </c>
+      <c r="B43" t="s">
+        <v>279</v>
+      </c>
+      <c r="C43" t="s">
+        <v>162</v>
+      </c>
+      <c r="D43" t="s">
+        <v>280</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>42</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2008</v>
       </c>
-      <c r="H42">
-[...17 lines deleted...]
-      <c r="N42" t="s">
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>192</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>281</v>
+      </c>
+      <c r="M43" t="s">
+        <v>187</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>282</v>
+      </c>
+      <c r="P43" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>284</v>
+      </c>
+      <c r="B44" t="s">
+        <v>285</v>
+      </c>
+      <c r="C44" t="s">
+        <v>162</v>
+      </c>
+      <c r="D44" t="s">
+        <v>286</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>42</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2015</v>
+      </c>
+      <c r="J44" t="s">
+        <v>192</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>287</v>
+      </c>
+      <c r="M44" t="s">
+        <v>187</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>288</v>
+      </c>
+      <c r="P44" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>290</v>
+      </c>
+      <c r="B45" t="s">
+        <v>291</v>
+      </c>
+      <c r="C45" t="s">
+        <v>162</v>
+      </c>
+      <c r="D45" t="s">
+        <v>292</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>192</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>293</v>
+      </c>
+      <c r="M45" t="s">
+        <v>187</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>294</v>
+      </c>
+      <c r="P45" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>296</v>
+      </c>
+      <c r="B46" t="s">
+        <v>297</v>
+      </c>
+      <c r="C46" t="s">
+        <v>162</v>
+      </c>
+      <c r="D46" t="s">
+        <v>298</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>42</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>192</v>
+      </c>
+      <c r="K46" t="s">
         <v>199</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G43">
+      <c r="L46" t="s">
+        <v>299</v>
+      </c>
+      <c r="M46" t="s">
+        <v>187</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>300</v>
+      </c>
+      <c r="P46" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>302</v>
+      </c>
+      <c r="B47" t="s">
+        <v>303</v>
+      </c>
+      <c r="C47" t="s">
+        <v>162</v>
+      </c>
+      <c r="D47" t="s">
+        <v>304</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>42</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2008</v>
       </c>
-      <c r="H43">
+      <c r="I47">
         <v>2015</v>
       </c>
-      <c r="I43" t="s">
-[...40 lines deleted...]
-      <c r="H44">
+      <c r="J47" t="s">
+        <v>192</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>305</v>
+      </c>
+      <c r="M47" t="s">
+        <v>187</v>
+      </c>
+      <c r="N47" t="s">
+        <v>36</v>
+      </c>
+      <c r="O47" t="s">
+        <v>306</v>
+      </c>
+      <c r="P47" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>308</v>
+      </c>
+      <c r="B48" t="s">
+        <v>309</v>
+      </c>
+      <c r="C48" t="s">
+        <v>310</v>
+      </c>
+      <c r="D48" t="s">
+        <v>311</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>312</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2015</v>
       </c>
-      <c r="I44" t="s">
-[...172 lines deleted...]
-      <c r="H48">
+      <c r="I48">
         <v>2016</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>183</v>
+        <v>313</v>
       </c>
       <c r="K48" t="s">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="L48" t="s">
-        <v>226</v>
+        <v>314</v>
       </c>
       <c r="M48" t="s">
-        <v>227</v>
+        <v>315</v>
       </c>
       <c r="N48" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>316</v>
+      </c>
+      <c r="O48" t="s">
+        <v>317</v>
+      </c>
+      <c r="P48" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>229</v>
+        <v>319</v>
       </c>
       <c r="B49" t="s">
-        <v>230</v>
+        <v>320</v>
       </c>
       <c r="C49" t="s">
-        <v>231</v>
+        <v>321</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>322</v>
       </c>
       <c r="E49" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>42</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2010</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2019</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>29</v>
+        <v>323</v>
       </c>
       <c r="K49" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="L49"/>
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>324</v>
+      </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="N49" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>326</v>
+      </c>
+      <c r="P49" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>229</v>
+        <v>319</v>
       </c>
       <c r="B50" t="s">
-        <v>235</v>
+        <v>328</v>
       </c>
       <c r="C50" t="s">
-        <v>231</v>
+        <v>329</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>322</v>
       </c>
       <c r="E50" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>42</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2010</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2019</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>29</v>
+        <v>330</v>
       </c>
       <c r="K50" t="s">
-        <v>233</v>
+        <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="M50"/>
       <c r="N50" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>331</v>
+      </c>
+      <c r="P50" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>239</v>
+        <v>333</v>
       </c>
       <c r="B51" t="s">
-        <v>235</v>
+        <v>334</v>
       </c>
       <c r="C51" t="s">
-        <v>194</v>
+        <v>321</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
       <c r="E51" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>42</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>1995</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2019</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>29</v>
+        <v>323</v>
       </c>
       <c r="K51" t="s">
-        <v>240</v>
+        <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>237</v>
+        <v>335</v>
       </c>
       <c r="M51" t="s">
-        <v>241</v>
+        <v>325</v>
       </c>
       <c r="N51" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>336</v>
+      </c>
+      <c r="O51" t="s">
+        <v>337</v>
+      </c>
+      <c r="P51" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>243</v>
+        <v>339</v>
       </c>
       <c r="B52" t="s">
-        <v>235</v>
+        <v>340</v>
       </c>
       <c r="C52" t="s">
-        <v>244</v>
+        <v>321</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>341</v>
       </c>
       <c r="E52" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>42</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>1998</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2019</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="N52" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>343</v>
+      </c>
+      <c r="P52" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>247</v>
+        <v>345</v>
       </c>
       <c r="B53" t="s">
-        <v>230</v>
+        <v>346</v>
       </c>
       <c r="C53" t="s">
-        <v>248</v>
+        <v>321</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>347</v>
       </c>
       <c r="E53" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>42</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>1997</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2019</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K53"/>
+        <v>323</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>241</v>
+        <v>325</v>
       </c>
       <c r="N53" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>336</v>
+      </c>
+      <c r="O53" t="s">
+        <v>348</v>
+      </c>
+      <c r="P53" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>247</v>
+        <v>345</v>
       </c>
       <c r="B54" t="s">
-        <v>235</v>
+        <v>350</v>
       </c>
       <c r="C54" t="s">
-        <v>248</v>
+        <v>329</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>347</v>
       </c>
       <c r="E54" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>42</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>1997</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2019</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54"/>
       <c r="N54" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>336</v>
+      </c>
+      <c r="O54" t="s">
+        <v>351</v>
+      </c>
+      <c r="P54" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>251</v>
+        <v>353</v>
       </c>
       <c r="B55" t="s">
-        <v>235</v>
+        <v>354</v>
       </c>
       <c r="C55" t="s">
-        <v>252</v>
+        <v>321</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>355</v>
       </c>
       <c r="E55" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>42</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>1995</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2023</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
+        <v>356</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>357</v>
+      </c>
+      <c r="M55" t="s">
+        <v>325</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>358</v>
+      </c>
+      <c r="P55" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>360</v>
+      </c>
+      <c r="B56" t="s">
+        <v>361</v>
+      </c>
+      <c r="C56" t="s">
+        <v>329</v>
+      </c>
+      <c r="D56" t="s">
+        <v>355</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>42</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1995</v>
+      </c>
+      <c r="I56">
+        <v>2012</v>
+      </c>
+      <c r="J56" t="s">
+        <v>330</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>357</v>
+      </c>
+      <c r="M56"/>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>362</v>
+      </c>
+      <c r="P56" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>364</v>
+      </c>
+      <c r="B57" t="s">
+        <v>365</v>
+      </c>
+      <c r="C57" t="s">
+        <v>366</v>
+      </c>
+      <c r="D57" t="s">
+        <v>298</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>42</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1979</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>323</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>325</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>367</v>
+      </c>
+      <c r="P57" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>364</v>
+      </c>
+      <c r="B58" t="s">
+        <v>369</v>
+      </c>
+      <c r="C58" t="s">
+        <v>370</v>
+      </c>
+      <c r="D58" t="s">
+        <v>298</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1979</v>
+      </c>
+      <c r="I58">
+        <v>2013</v>
+      </c>
+      <c r="J58" t="s">
+        <v>330</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58"/>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>371</v>
+      </c>
+      <c r="P58" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>373</v>
+      </c>
+      <c r="B59" t="s">
+        <v>374</v>
+      </c>
+      <c r="C59" t="s">
+        <v>321</v>
+      </c>
+      <c r="D59" t="s">
+        <v>375</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K55" t="s">
-[...40 lines deleted...]
-      <c r="J56" t="s">
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2009</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>323</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>325</v>
+      </c>
+      <c r="N59" t="s">
+        <v>36</v>
+      </c>
+      <c r="O59" t="s">
+        <v>376</v>
+      </c>
+      <c r="P59" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>378</v>
+      </c>
+      <c r="B60" t="s">
+        <v>379</v>
+      </c>
+      <c r="C60" t="s">
+        <v>329</v>
+      </c>
+      <c r="D60" t="s">
+        <v>380</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K56" t="s">
-[...32 lines deleted...]
-      <c r="H57">
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2009</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>330</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60"/>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>381</v>
+      </c>
+      <c r="P60" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>378</v>
+      </c>
+      <c r="B61" t="s">
+        <v>379</v>
+      </c>
+      <c r="C61" t="s">
+        <v>321</v>
+      </c>
+      <c r="D61" t="s">
+        <v>380</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>383</v>
+      </c>
+      <c r="H61">
+        <v>2009</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>323</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>325</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>384</v>
+      </c>
+      <c r="P61" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>386</v>
+      </c>
+      <c r="B62" t="s">
+        <v>387</v>
+      </c>
+      <c r="C62" t="s">
+        <v>321</v>
+      </c>
+      <c r="D62" t="s">
+        <v>388</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62">
+        <v>2019</v>
+      </c>
+      <c r="J62" t="s">
+        <v>323</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>389</v>
+      </c>
+      <c r="M62" t="s">
+        <v>390</v>
+      </c>
+      <c r="N62" t="s">
+        <v>36</v>
+      </c>
+      <c r="O62" t="s">
+        <v>391</v>
+      </c>
+      <c r="P62" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>386</v>
+      </c>
+      <c r="B63" t="s">
+        <v>387</v>
+      </c>
+      <c r="C63" t="s">
+        <v>329</v>
+      </c>
+      <c r="D63" t="s">
+        <v>388</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>330</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63"/>
+      <c r="N63" t="s">
+        <v>36</v>
+      </c>
+      <c r="O63" t="s">
+        <v>393</v>
+      </c>
+      <c r="P63" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>386</v>
+      </c>
+      <c r="B64" t="s">
+        <v>387</v>
+      </c>
+      <c r="C64" t="s">
+        <v>329</v>
+      </c>
+      <c r="D64" t="s">
+        <v>388</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64">
+        <v>2019</v>
+      </c>
+      <c r="J64" t="s">
+        <v>330</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>389</v>
+      </c>
+      <c r="M64"/>
+      <c r="N64" t="s">
+        <v>36</v>
+      </c>
+      <c r="O64" t="s">
+        <v>395</v>
+      </c>
+      <c r="P64" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>397</v>
+      </c>
+      <c r="B65" t="s">
+        <v>398</v>
+      </c>
+      <c r="C65" t="s">
+        <v>321</v>
+      </c>
+      <c r="D65" t="s">
+        <v>341</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2000</v>
+      </c>
+      <c r="I65">
+        <v>2019</v>
+      </c>
+      <c r="J65" t="s">
+        <v>399</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>325</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>400</v>
+      </c>
+      <c r="P65" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>402</v>
+      </c>
+      <c r="B66" t="s">
+        <v>403</v>
+      </c>
+      <c r="C66" t="s">
+        <v>321</v>
+      </c>
+      <c r="D66" t="s">
+        <v>322</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2009</v>
+      </c>
+      <c r="I66">
+        <v>2019</v>
+      </c>
+      <c r="J66" t="s">
+        <v>323</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>325</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>404</v>
+      </c>
+      <c r="P66" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>406</v>
+      </c>
+      <c r="B67" t="s">
+        <v>407</v>
+      </c>
+      <c r="C67" t="s">
+        <v>321</v>
+      </c>
+      <c r="D67" t="s">
+        <v>347</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67">
+        <v>2019</v>
+      </c>
+      <c r="J67" t="s">
+        <v>323</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>408</v>
+      </c>
+      <c r="M67" t="s">
+        <v>325</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>409</v>
+      </c>
+      <c r="P67" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>411</v>
+      </c>
+      <c r="B68" t="s">
+        <v>412</v>
+      </c>
+      <c r="C68" t="s">
+        <v>321</v>
+      </c>
+      <c r="D68" t="s">
+        <v>413</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68">
+        <v>2019</v>
+      </c>
+      <c r="J68" t="s">
+        <v>323</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>335</v>
+      </c>
+      <c r="M68" t="s">
+        <v>414</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>415</v>
+      </c>
+      <c r="P68" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>417</v>
+      </c>
+      <c r="B69" t="s">
+        <v>418</v>
+      </c>
+      <c r="C69" t="s">
+        <v>321</v>
+      </c>
+      <c r="D69" t="s">
+        <v>419</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2014</v>
+      </c>
+      <c r="I69">
+        <v>2019</v>
+      </c>
+      <c r="J69" t="s">
+        <v>323</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>325</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>420</v>
+      </c>
+      <c r="P69" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>417</v>
+      </c>
+      <c r="B70" t="s">
+        <v>422</v>
+      </c>
+      <c r="C70" t="s">
+        <v>329</v>
+      </c>
+      <c r="D70" t="s">
+        <v>419</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2014</v>
+      </c>
+      <c r="I70">
+        <v>2019</v>
+      </c>
+      <c r="J70" t="s">
+        <v>330</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70"/>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>423</v>
+      </c>
+      <c r="P70" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>425</v>
+      </c>
+      <c r="B71" t="s">
+        <v>426</v>
+      </c>
+      <c r="C71" t="s">
+        <v>321</v>
+      </c>
+      <c r="D71" t="s">
+        <v>427</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2013</v>
       </c>
-      <c r="I57" t="s">
-[...2 lines deleted...]
-      <c r="J57" t="s">
+      <c r="I71">
+        <v>2023</v>
+      </c>
+      <c r="J71" t="s">
+        <v>323</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>325</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>428</v>
+      </c>
+      <c r="P71" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>430</v>
+      </c>
+      <c r="B72" t="s">
+        <v>431</v>
+      </c>
+      <c r="C72" t="s">
+        <v>321</v>
+      </c>
+      <c r="D72" t="s">
+        <v>432</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K57"/>
-[...38 lines deleted...]
-      <c r="J58" t="s">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72">
+        <v>2024</v>
+      </c>
+      <c r="J72" t="s">
+        <v>433</v>
+      </c>
+      <c r="K72" t="s">
+        <v>434</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>325</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>435</v>
+      </c>
+      <c r="P72" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>437</v>
+      </c>
+      <c r="B73" t="s">
+        <v>438</v>
+      </c>
+      <c r="C73" t="s">
+        <v>366</v>
+      </c>
+      <c r="D73" t="s">
+        <v>439</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K58"/>
-[...616 lines deleted...]
-        <v>2024</v>
+      <c r="G73" t="s">
+        <v>22</v>
       </c>
       <c r="H73">
         <v>2024</v>
       </c>
-      <c r="I73" t="s">
-        <v>304</v>
+      <c r="I73">
+        <v>2024</v>
       </c>
       <c r="J73" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>31</v>
+        <v>325</v>
       </c>
       <c r="N73" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O73" t="s">
+        <v>441</v>
+      </c>
+      <c r="P73" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>306</v>
+        <v>443</v>
       </c>
       <c r="B74" t="s">
-        <v>261</v>
+        <v>444</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>445</v>
       </c>
       <c r="E74" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G74">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>1992</v>
       </c>
-      <c r="H74">
+      <c r="I74">
         <v>2013</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
-        <v>308</v>
-[...4 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="K74" t="s">
+        <v>447</v>
+      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="N74" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>448</v>
+      </c>
+      <c r="P74" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>306</v>
+        <v>443</v>
       </c>
       <c r="B75" t="s">
-        <v>235</v>
+        <v>444</v>
       </c>
       <c r="C75" t="s">
-        <v>307</v>
+        <v>370</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>445</v>
       </c>
       <c r="E75" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>1992</v>
       </c>
-      <c r="H75">
+      <c r="I75">
         <v>2013</v>
       </c>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>308</v>
-[...4 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="K75" t="s">
+        <v>447</v>
+      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="N75" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>451</v>
+      </c>
+      <c r="P75" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>453</v>
+      </c>
+      <c r="B76" t="s">
+        <v>454</v>
+      </c>
+      <c r="C76" t="s">
+        <v>455</v>
+      </c>
+      <c r="D76" t="s">
+        <v>456</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>457</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76">
+        <v>2023</v>
+      </c>
+      <c r="J76" t="s">
+        <v>458</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>459</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>460</v>
+      </c>
+      <c r="P76" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>462</v>
+      </c>
+      <c r="B77" t="s">
+        <v>463</v>
+      </c>
+      <c r="C77" t="s">
+        <v>464</v>
+      </c>
+      <c r="D77" t="s">
+        <v>224</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2016</v>
+      </c>
+      <c r="I77">
+        <v>2019</v>
+      </c>
+      <c r="J77" t="s">
         <v>313</v>
       </c>
-      <c r="B76" t="s">
-[...71 lines deleted...]
-      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>465</v>
       </c>
       <c r="N77" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>466</v>
+      </c>
+      <c r="P77" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>324</v>
+        <v>468</v>
       </c>
       <c r="B78" t="s">
-        <v>82</v>
+        <v>469</v>
       </c>
       <c r="C78" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E78" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G78">
+        <v>42</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>1986</v>
       </c>
-      <c r="H78">
+      <c r="I78">
         <v>2018</v>
       </c>
-      <c r="I78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J78" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="K78" t="s">
-        <v>325</v>
+        <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>86</v>
+        <v>470</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="N78" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>471</v>
+      </c>
+      <c r="P78" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>327</v>
+        <v>473</v>
       </c>
       <c r="B79" t="s">
-        <v>328</v>
+        <v>474</v>
       </c>
       <c r="C79" t="s">
-        <v>329</v>
+        <v>475</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>476</v>
       </c>
       <c r="E79" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>119</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
       </c>
       <c r="H79">
         <v>2023</v>
       </c>
-      <c r="I79" t="s">
-        <v>20</v>
+      <c r="I79">
+        <v>2023</v>
       </c>
       <c r="J79" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K79" t="s">
-        <v>330</v>
+        <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>331</v>
+        <v>477</v>
       </c>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>478</v>
       </c>
       <c r="N79" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>479</v>
+      </c>
+      <c r="P79" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>333</v>
+        <v>481</v>
       </c>
       <c r="B80" t="s">
-        <v>334</v>
+        <v>482</v>
       </c>
       <c r="C80" t="s">
-        <v>335</v>
+        <v>483</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>484</v>
       </c>
       <c r="E80" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G80"/>
+        <v>119</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
       <c r="H80"/>
-      <c r="I80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="K80" t="s">
-        <v>336</v>
+        <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>337</v>
+        <v>485</v>
       </c>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>486</v>
       </c>
       <c r="N80" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>487</v>
+      </c>
+      <c r="P80" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>339</v>
+        <v>489</v>
       </c>
       <c r="B81" t="s">
-        <v>340</v>
+        <v>490</v>
       </c>
       <c r="C81" t="s">
-        <v>61</v>
+        <v>491</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E81" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G81">
+        <v>42</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>1993</v>
       </c>
-      <c r="H81">
+      <c r="I81">
         <v>2009</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J81" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="K81" t="s">
-        <v>341</v>
+        <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>342</v>
+        <v>492</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N81" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>494</v>
+      </c>
+      <c r="P81" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>344</v>
+        <v>496</v>
       </c>
       <c r="B82" t="s">
-        <v>340</v>
+        <v>497</v>
       </c>
       <c r="C82" t="s">
-        <v>345</v>
+        <v>491</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>498</v>
       </c>
       <c r="E82" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>42</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
         <v>2012</v>
       </c>
-      <c r="I82" t="s">
-        <v>346</v>
+      <c r="I82">
+        <v>2012</v>
       </c>
       <c r="J82" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N82" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>500</v>
+      </c>
+      <c r="P82" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>348</v>
+        <v>502</v>
       </c>
       <c r="B83" t="s">
-        <v>340</v>
+        <v>503</v>
       </c>
       <c r="C83" t="s">
-        <v>194</v>
+        <v>491</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
       <c r="E83" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>42</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2000</v>
       </c>
-      <c r="H83">
+      <c r="I83">
         <v>2009</v>
       </c>
-      <c r="I83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J83" t="s">
-        <v>29</v>
+        <v>499</v>
       </c>
       <c r="K83" t="s">
-        <v>349</v>
+        <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>342</v>
+        <v>504</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N83" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>505</v>
+      </c>
+      <c r="P83" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>351</v>
+        <v>506</v>
       </c>
       <c r="B84" t="s">
-        <v>340</v>
+        <v>507</v>
       </c>
       <c r="C84" t="s">
-        <v>352</v>
+        <v>491</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>508</v>
       </c>
       <c r="E84" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>42</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
       </c>
       <c r="H84">
         <v>2012</v>
       </c>
-      <c r="I84" t="s">
-        <v>353</v>
+      <c r="I84">
+        <v>2012</v>
       </c>
       <c r="J84" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N84" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>510</v>
+      </c>
+      <c r="P84" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>355</v>
+        <v>511</v>
       </c>
       <c r="B85" t="s">
-        <v>340</v>
+        <v>512</v>
       </c>
       <c r="C85" t="s">
-        <v>356</v>
+        <v>491</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>513</v>
       </c>
       <c r="E85" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>42</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2000</v>
       </c>
-      <c r="H85">
+      <c r="I85">
         <v>2009</v>
       </c>
-      <c r="I85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>29</v>
+        <v>499</v>
       </c>
       <c r="K85" t="s">
-        <v>349</v>
+        <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>342</v>
+        <v>504</v>
       </c>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N85" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>514</v>
+      </c>
+      <c r="P85" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>358</v>
+        <v>515</v>
       </c>
       <c r="B86" t="s">
-        <v>340</v>
+        <v>516</v>
       </c>
       <c r="C86" t="s">
-        <v>359</v>
+        <v>491</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>517</v>
       </c>
       <c r="E86" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G86">
+        <v>42</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
         <v>1992</v>
       </c>
-      <c r="H86">
+      <c r="I86">
         <v>2016</v>
       </c>
-      <c r="I86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J86" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N86" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>518</v>
+      </c>
+      <c r="P86" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>361</v>
+        <v>519</v>
       </c>
       <c r="B87" t="s">
-        <v>340</v>
+        <v>520</v>
       </c>
       <c r="C87" t="s">
-        <v>127</v>
+        <v>491</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="E87" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>42</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
-      <c r="I87" t="s">
-        <v>346</v>
+      <c r="I87">
+        <v>2012</v>
       </c>
       <c r="J87" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N87" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>521</v>
+      </c>
+      <c r="P87" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>363</v>
+        <v>522</v>
       </c>
       <c r="B88" t="s">
-        <v>340</v>
+        <v>523</v>
       </c>
       <c r="C88" t="s">
-        <v>147</v>
+        <v>491</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="E88" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>42</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2010</v>
       </c>
-      <c r="H88">
+      <c r="I88">
         <v>2015</v>
       </c>
-      <c r="I88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J88" t="s">
-        <v>148</v>
+        <v>499</v>
       </c>
       <c r="K88" t="s">
-        <v>364</v>
+        <v>199</v>
       </c>
       <c r="L88" t="s">
-        <v>342</v>
+        <v>524</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N88" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>525</v>
+      </c>
+      <c r="P88" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>366</v>
+        <v>526</v>
       </c>
       <c r="B89" t="s">
-        <v>340</v>
+        <v>527</v>
       </c>
       <c r="C89" t="s">
-        <v>165</v>
+        <v>491</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E89" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
       </c>
       <c r="H89">
         <v>2010</v>
       </c>
-      <c r="I89" t="s">
-        <v>84</v>
+      <c r="I89">
+        <v>2010</v>
       </c>
       <c r="J89" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="K89" t="s">
-        <v>367</v>
+        <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>342</v>
+        <v>528</v>
       </c>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N89" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>529</v>
+      </c>
+      <c r="P89" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>369</v>
+        <v>530</v>
       </c>
       <c r="B90" t="s">
-        <v>340</v>
+        <v>531</v>
       </c>
       <c r="C90" t="s">
-        <v>248</v>
+        <v>491</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>347</v>
       </c>
       <c r="E90" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G90">
+        <v>42</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2002</v>
       </c>
-      <c r="H90">
+      <c r="I90">
         <v>2010</v>
       </c>
-      <c r="I90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J90" t="s">
-        <v>29</v>
+        <v>499</v>
       </c>
       <c r="K90" t="s">
-        <v>370</v>
+        <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>342</v>
+        <v>532</v>
       </c>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N90" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>533</v>
+      </c>
+      <c r="P90" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>372</v>
+        <v>534</v>
       </c>
       <c r="B91" t="s">
-        <v>340</v>
+        <v>535</v>
       </c>
       <c r="C91" t="s">
-        <v>373</v>
+        <v>491</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>536</v>
       </c>
       <c r="E91" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G91">
+        <v>42</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
         <v>1994</v>
       </c>
-      <c r="H91">
+      <c r="I91">
         <v>2003</v>
       </c>
-      <c r="I91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J91" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N91" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>537</v>
+      </c>
+      <c r="P91" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>375</v>
+        <v>538</v>
       </c>
       <c r="B92" t="s">
-        <v>340</v>
+        <v>539</v>
       </c>
       <c r="C92" t="s">
-        <v>376</v>
+        <v>491</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>540</v>
       </c>
       <c r="E92" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G92">
+        <v>42</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
         <v>2000</v>
       </c>
-      <c r="H92">
+      <c r="I92">
         <v>2010</v>
       </c>
-      <c r="I92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J92" t="s">
-        <v>148</v>
+        <v>499</v>
       </c>
       <c r="K92" t="s">
-        <v>377</v>
+        <v>199</v>
       </c>
       <c r="L92" t="s">
-        <v>342</v>
+        <v>541</v>
       </c>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N92" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>542</v>
+      </c>
+      <c r="P92" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>379</v>
+        <v>543</v>
       </c>
       <c r="B93" t="s">
-        <v>340</v>
+        <v>544</v>
       </c>
       <c r="C93" t="s">
-        <v>73</v>
+        <v>491</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E93" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G93">
+        <v>42</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
         <v>1996</v>
       </c>
-      <c r="H93">
+      <c r="I93">
         <v>2009</v>
       </c>
-      <c r="I93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J93" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="K93" t="s">
-        <v>380</v>
+        <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>342</v>
+        <v>545</v>
       </c>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N93" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>546</v>
+      </c>
+      <c r="P93" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>379</v>
+        <v>543</v>
       </c>
       <c r="B94" t="s">
-        <v>340</v>
+        <v>544</v>
       </c>
       <c r="C94" t="s">
-        <v>382</v>
+        <v>491</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>547</v>
       </c>
       <c r="E94" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G94">
+        <v>42</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
         <v>1997</v>
       </c>
-      <c r="H94">
+      <c r="I94">
         <v>2009</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="K94" t="s">
-        <v>383</v>
+        <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>342</v>
+        <v>548</v>
       </c>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N94" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>549</v>
+      </c>
+      <c r="P94" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>385</v>
+        <v>550</v>
       </c>
       <c r="B95" t="s">
-        <v>340</v>
+        <v>551</v>
       </c>
       <c r="C95" t="s">
-        <v>165</v>
+        <v>491</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E95" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G95">
+        <v>42</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>1992</v>
       </c>
-      <c r="H95">
+      <c r="I95">
         <v>2009</v>
       </c>
-      <c r="I95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J95" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="K95" t="s">
-        <v>367</v>
+        <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>342</v>
+        <v>528</v>
       </c>
       <c r="M95" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N95" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>552</v>
+      </c>
+      <c r="P95" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>387</v>
+        <v>554</v>
       </c>
       <c r="B96" t="s">
-        <v>340</v>
+        <v>555</v>
       </c>
       <c r="C96" t="s">
-        <v>152</v>
+        <v>491</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="E96" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
       </c>
       <c r="H96">
         <v>2010</v>
       </c>
-      <c r="I96" t="s">
-        <v>346</v>
+      <c r="I96">
+        <v>2010</v>
       </c>
       <c r="J96" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96"/>
       <c r="M96" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>556</v>
+      </c>
+      <c r="P96" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>557</v>
+      </c>
+      <c r="B97" t="s">
+        <v>558</v>
+      </c>
+      <c r="C97" t="s">
+        <v>162</v>
+      </c>
+      <c r="D97" t="s">
+        <v>137</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2018</v>
+      </c>
+      <c r="I97">
+        <v>2024</v>
+      </c>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>559</v>
+      </c>
+      <c r="N97" t="s">
+        <v>36</v>
+      </c>
+      <c r="O97" t="s">
+        <v>560</v>
+      </c>
+      <c r="P97" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>562</v>
+      </c>
+      <c r="B98" t="s">
+        <v>563</v>
+      </c>
+      <c r="C98" t="s">
+        <v>475</v>
+      </c>
+      <c r="D98" t="s">
+        <v>564</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>119</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98">
+        <v>2024</v>
+      </c>
+      <c r="J98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>565</v>
+      </c>
+      <c r="M98" t="s">
+        <v>478</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>566</v>
+      </c>
+      <c r="P98" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>568</v>
+      </c>
+      <c r="B99" t="s">
+        <v>569</v>
+      </c>
+      <c r="C99" t="s">
+        <v>475</v>
+      </c>
+      <c r="D99" t="s">
+        <v>170</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>119</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2009</v>
+      </c>
+      <c r="I99">
+        <v>2024</v>
+      </c>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>570</v>
+      </c>
+      <c r="M99" t="s">
+        <v>478</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>571</v>
+      </c>
+      <c r="P99" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>573</v>
+      </c>
+      <c r="B100" t="s">
+        <v>574</v>
+      </c>
+      <c r="C100" t="s">
+        <v>475</v>
+      </c>
+      <c r="D100" t="s">
+        <v>224</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>119</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2007</v>
+      </c>
+      <c r="I100">
+        <v>2020</v>
+      </c>
+      <c r="J100" t="s">
+        <v>60</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>575</v>
+      </c>
+      <c r="M100" t="s">
+        <v>478</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>576</v>
+      </c>
+      <c r="P100" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>578</v>
+      </c>
+      <c r="B101" t="s">
+        <v>579</v>
+      </c>
+      <c r="C101" t="s">
+        <v>475</v>
+      </c>
+      <c r="D101" t="s">
         <v>388</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G97">
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>119</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2009</v>
+      </c>
+      <c r="I101">
+        <v>2023</v>
+      </c>
+      <c r="J101" t="s">
+        <v>23</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>580</v>
+      </c>
+      <c r="M101" t="s">
+        <v>478</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>581</v>
+      </c>
+      <c r="P101" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>583</v>
+      </c>
+      <c r="B102" t="s">
+        <v>584</v>
+      </c>
+      <c r="C102" t="s">
+        <v>475</v>
+      </c>
+      <c r="D102" t="s">
+        <v>224</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>119</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2006</v>
+      </c>
+      <c r="I102">
+        <v>2024</v>
+      </c>
+      <c r="J102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>585</v>
+      </c>
+      <c r="M102" t="s">
+        <v>478</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>586</v>
+      </c>
+      <c r="P102" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>588</v>
+      </c>
+      <c r="B103" t="s">
+        <v>589</v>
+      </c>
+      <c r="C103" t="s">
+        <v>475</v>
+      </c>
+      <c r="D103" t="s">
+        <v>78</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>119</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103">
+        <v>2022</v>
+      </c>
+      <c r="J103" t="s">
+        <v>60</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>590</v>
+      </c>
+      <c r="M103" t="s">
+        <v>478</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>591</v>
+      </c>
+      <c r="P103" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>593</v>
+      </c>
+      <c r="B104" t="s">
+        <v>594</v>
+      </c>
+      <c r="C104" t="s">
+        <v>475</v>
+      </c>
+      <c r="D104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>119</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2007</v>
+      </c>
+      <c r="I104">
+        <v>2024</v>
+      </c>
+      <c r="J104" t="s">
+        <v>23</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
+        <v>595</v>
+      </c>
+      <c r="M104" t="s">
+        <v>478</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>596</v>
+      </c>
+      <c r="P104" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>598</v>
+      </c>
+      <c r="B105" t="s">
+        <v>599</v>
+      </c>
+      <c r="C105" t="s">
+        <v>475</v>
+      </c>
+      <c r="D105" t="s">
+        <v>600</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>8</v>
+      </c>
+      <c r="H105">
+        <v>2007</v>
+      </c>
+      <c r="I105">
+        <v>2025</v>
+      </c>
+      <c r="J105" t="s">
+        <v>601</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>478</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>602</v>
+      </c>
+      <c r="P105" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>604</v>
+      </c>
+      <c r="B106" t="s">
+        <v>605</v>
+      </c>
+      <c r="C106" t="s">
+        <v>475</v>
+      </c>
+      <c r="D106" t="s">
+        <v>606</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>119</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106">
+        <v>2023</v>
+      </c>
+      <c r="J106" t="s">
+        <v>607</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>608</v>
+      </c>
+      <c r="M106" t="s">
+        <v>478</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>609</v>
+      </c>
+      <c r="P106" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>611</v>
+      </c>
+      <c r="B107" t="s">
+        <v>612</v>
+      </c>
+      <c r="C107" t="s">
+        <v>475</v>
+      </c>
+      <c r="D107" t="s">
+        <v>251</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>119</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107">
+        <v>2022</v>
+      </c>
+      <c r="J107" t="s">
+        <v>23</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>613</v>
+      </c>
+      <c r="M107" t="s">
+        <v>478</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>614</v>
+      </c>
+      <c r="P107" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>616</v>
+      </c>
+      <c r="B108" t="s">
+        <v>617</v>
+      </c>
+      <c r="C108" t="s">
+        <v>475</v>
+      </c>
+      <c r="D108" t="s">
+        <v>618</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>119</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2009</v>
+      </c>
+      <c r="I108">
         <v>2018</v>
       </c>
-      <c r="H97">
+      <c r="J108" t="s">
+        <v>60</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>619</v>
+      </c>
+      <c r="M108" t="s">
+        <v>478</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>620</v>
+      </c>
+      <c r="P108" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>622</v>
+      </c>
+      <c r="B109" t="s">
+        <v>623</v>
+      </c>
+      <c r="C109" t="s">
+        <v>624</v>
+      </c>
+      <c r="D109" t="s">
+        <v>625</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>119</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2016</v>
+      </c>
+      <c r="I109">
+        <v>2019</v>
+      </c>
+      <c r="J109" t="s">
+        <v>60</v>
+      </c>
+      <c r="K109" t="s">
+        <v>447</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>626</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>627</v>
+      </c>
+      <c r="P109" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>629</v>
+      </c>
+      <c r="B110" t="s">
+        <v>630</v>
+      </c>
+      <c r="C110" t="s">
+        <v>631</v>
+      </c>
+      <c r="D110" t="s">
+        <v>59</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>119</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>1986</v>
+      </c>
+      <c r="I110">
+        <v>2004</v>
+      </c>
+      <c r="J110" t="s">
+        <v>60</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>632</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>633</v>
+      </c>
+      <c r="P110" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>635</v>
+      </c>
+      <c r="B111" t="s">
+        <v>636</v>
+      </c>
+      <c r="C111" t="s">
+        <v>637</v>
+      </c>
+      <c r="D111" t="s">
+        <v>78</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>119</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2015</v>
+      </c>
+      <c r="I111">
+        <v>2023</v>
+      </c>
+      <c r="J111" t="s">
+        <v>638</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>639</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>640</v>
+      </c>
+      <c r="P111" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>642</v>
+      </c>
+      <c r="B112" t="s">
+        <v>643</v>
+      </c>
+      <c r="C112" t="s">
+        <v>637</v>
+      </c>
+      <c r="D112" t="s">
+        <v>96</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>119</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2022</v>
+      </c>
+      <c r="I112">
         <v>2024</v>
       </c>
-      <c r="I97" t="s">
-[...35 lines deleted...]
-      <c r="G98">
+      <c r="J112" t="s">
+        <v>638</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>639</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>644</v>
+      </c>
+      <c r="P112" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>645</v>
+      </c>
+      <c r="B113" t="s">
+        <v>646</v>
+      </c>
+      <c r="C113" t="s">
+        <v>637</v>
+      </c>
+      <c r="D113" t="s">
+        <v>224</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>119</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2024</v>
+      </c>
+      <c r="I113">
+        <v>2021</v>
+      </c>
+      <c r="J113" t="s">
+        <v>638</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>639</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>647</v>
+      </c>
+      <c r="P113" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>648</v>
+      </c>
+      <c r="B114" t="s">
+        <v>649</v>
+      </c>
+      <c r="C114" t="s">
+        <v>162</v>
+      </c>
+      <c r="D114" t="s">
+        <v>224</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>383</v>
+      </c>
+      <c r="H114">
+        <v>1989</v>
+      </c>
+      <c r="I114">
+        <v>2016</v>
+      </c>
+      <c r="J114" t="s">
+        <v>206</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>650</v>
+      </c>
+      <c r="M114" t="s">
+        <v>651</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>652</v>
+      </c>
+      <c r="P114" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>654</v>
+      </c>
+      <c r="B115" t="s">
+        <v>655</v>
+      </c>
+      <c r="C115" t="s">
+        <v>162</v>
+      </c>
+      <c r="D115" t="s">
+        <v>269</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>1989</v>
+      </c>
+      <c r="I115">
+        <v>2013</v>
+      </c>
+      <c r="J115" t="s">
+        <v>206</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>270</v>
+      </c>
+      <c r="M115" t="s">
+        <v>187</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>656</v>
+      </c>
+      <c r="P115" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>658</v>
+      </c>
+      <c r="B116" t="s">
+        <v>659</v>
+      </c>
+      <c r="C116" t="s">
+        <v>162</v>
+      </c>
+      <c r="D116" t="s">
+        <v>660</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>1989</v>
+      </c>
+      <c r="I116">
+        <v>2021</v>
+      </c>
+      <c r="J116" t="s">
+        <v>661</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>662</v>
+      </c>
+      <c r="M116" t="s">
+        <v>663</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>664</v>
+      </c>
+      <c r="P116" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>666</v>
+      </c>
+      <c r="B117" t="s">
+        <v>667</v>
+      </c>
+      <c r="C117" t="s">
+        <v>162</v>
+      </c>
+      <c r="D117" t="s">
+        <v>668</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>1999</v>
+      </c>
+      <c r="I117">
+        <v>2022</v>
+      </c>
+      <c r="J117" t="s">
+        <v>661</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>663</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>669</v>
+      </c>
+      <c r="P117" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>671</v>
+      </c>
+      <c r="B118" t="s">
+        <v>672</v>
+      </c>
+      <c r="C118" t="s">
+        <v>162</v>
+      </c>
+      <c r="D118" t="s">
+        <v>137</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2002</v>
+      </c>
+      <c r="I118">
+        <v>2021</v>
+      </c>
+      <c r="J118" t="s">
+        <v>192</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>673</v>
+      </c>
+      <c r="M118" t="s">
+        <v>187</v>
+      </c>
+      <c r="N118" t="s">
+        <v>36</v>
+      </c>
+      <c r="O118" t="s">
+        <v>674</v>
+      </c>
+      <c r="P118" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>676</v>
+      </c>
+      <c r="B119" t="s">
+        <v>677</v>
+      </c>
+      <c r="C119" t="s">
+        <v>162</v>
+      </c>
+      <c r="D119" t="s">
+        <v>96</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2003</v>
+      </c>
+      <c r="I119">
+        <v>2013</v>
+      </c>
+      <c r="J119" t="s">
+        <v>206</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>678</v>
+      </c>
+      <c r="M119" t="s">
+        <v>187</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>679</v>
+      </c>
+      <c r="P119" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>681</v>
+      </c>
+      <c r="B120" t="s">
+        <v>682</v>
+      </c>
+      <c r="C120" t="s">
+        <v>162</v>
+      </c>
+      <c r="D120" t="s">
+        <v>217</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
         <v>2009</v>
       </c>
-      <c r="H98">
-[...87 lines deleted...]
-      <c r="H100">
+      <c r="I120">
         <v>2020</v>
       </c>
-      <c r="I100" t="s">
-[...346 lines deleted...]
-      <c r="H108">
+      <c r="J120" t="s">
+        <v>206</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>683</v>
+      </c>
+      <c r="M120" t="s">
+        <v>187</v>
+      </c>
+      <c r="N120" t="s">
+        <v>36</v>
+      </c>
+      <c r="O120" t="s">
+        <v>684</v>
+      </c>
+      <c r="P120" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>686</v>
+      </c>
+      <c r="B121" t="s">
+        <v>687</v>
+      </c>
+      <c r="C121" t="s">
+        <v>162</v>
+      </c>
+      <c r="D121" t="s">
+        <v>688</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2005</v>
+      </c>
+      <c r="I121">
+        <v>2005</v>
+      </c>
+      <c r="J121" t="s">
+        <v>206</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>689</v>
+      </c>
+      <c r="M121" t="s">
+        <v>187</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>690</v>
+      </c>
+      <c r="P121" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>692</v>
+      </c>
+      <c r="B122" t="s">
+        <v>693</v>
+      </c>
+      <c r="C122" t="s">
+        <v>162</v>
+      </c>
+      <c r="D122" t="s">
+        <v>78</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>1989</v>
+      </c>
+      <c r="I122">
         <v>2018</v>
       </c>
-      <c r="I108" t="s">
-[...82 lines deleted...]
-      <c r="H110">
+      <c r="J122" t="s">
+        <v>206</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>186</v>
+      </c>
+      <c r="M122" t="s">
+        <v>187</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>694</v>
+      </c>
+      <c r="P122" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>696</v>
+      </c>
+      <c r="B123" t="s">
+        <v>697</v>
+      </c>
+      <c r="C123" t="s">
+        <v>162</v>
+      </c>
+      <c r="D123" t="s">
+        <v>126</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2004</v>
       </c>
-      <c r="I110" t="s">
-[...122 lines deleted...]
-      <c r="H113">
+      <c r="I123">
+        <v>2017</v>
+      </c>
+      <c r="J123" t="s">
+        <v>206</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>698</v>
+      </c>
+      <c r="M123" t="s">
+        <v>187</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>699</v>
+      </c>
+      <c r="P123" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>701</v>
+      </c>
+      <c r="B124" t="s">
+        <v>702</v>
+      </c>
+      <c r="C124" t="s">
+        <v>162</v>
+      </c>
+      <c r="D124" t="s">
+        <v>230</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2010</v>
+      </c>
+      <c r="I124">
         <v>2021</v>
       </c>
-      <c r="I113" t="s">
-[...481 lines deleted...]
-      </c>
       <c r="J124" t="s">
-        <v>29</v>
+        <v>192</v>
       </c>
       <c r="K124" t="s">
-        <v>484</v>
+        <v>34</v>
       </c>
       <c r="L124" t="s">
-        <v>140</v>
+        <v>703</v>
       </c>
       <c r="M124" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N124" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O124" t="s">
+        <v>704</v>
+      </c>
+      <c r="P124" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>486</v>
+        <v>706</v>
       </c>
       <c r="B125" t="s">
-        <v>121</v>
+        <v>707</v>
       </c>
       <c r="C125" t="s">
-        <v>107</v>
+        <v>162</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>708</v>
       </c>
       <c r="E125" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
       </c>
       <c r="H125">
         <v>2005</v>
       </c>
-      <c r="I125" t="s">
-        <v>153</v>
+      <c r="I125">
+        <v>2011</v>
       </c>
       <c r="J125" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K125" t="s">
-        <v>487</v>
+        <v>34</v>
       </c>
       <c r="L125" t="s">
-        <v>140</v>
+        <v>709</v>
       </c>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N125" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O125" t="s">
+        <v>710</v>
+      </c>
+      <c r="P125" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>489</v>
+        <v>712</v>
       </c>
       <c r="B126" t="s">
-        <v>121</v>
+        <v>713</v>
       </c>
       <c r="C126" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>388</v>
       </c>
       <c r="E126" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G126">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2006</v>
+      </c>
+      <c r="I126">
+        <v>2024</v>
+      </c>
+      <c r="J126" t="s">
+        <v>23</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126" t="s">
+        <v>714</v>
+      </c>
+      <c r="M126" t="s">
+        <v>187</v>
+      </c>
+      <c r="N126" t="s">
+        <v>36</v>
+      </c>
+      <c r="O126" t="s">
+        <v>715</v>
+      </c>
+      <c r="P126" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>717</v>
+      </c>
+      <c r="B127" t="s">
+        <v>718</v>
+      </c>
+      <c r="C127" t="s">
+        <v>162</v>
+      </c>
+      <c r="D127" t="s">
+        <v>198</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2006</v>
+      </c>
+      <c r="I127">
+        <v>2016</v>
+      </c>
+      <c r="J127" t="s">
+        <v>206</v>
+      </c>
+      <c r="K127" t="s">
+        <v>199</v>
+      </c>
+      <c r="L127" t="s">
+        <v>719</v>
+      </c>
+      <c r="M127" t="s">
+        <v>187</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>720</v>
+      </c>
+      <c r="P127" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>722</v>
+      </c>
+      <c r="B128" t="s">
+        <v>723</v>
+      </c>
+      <c r="C128" t="s">
+        <v>162</v>
+      </c>
+      <c r="D128" t="s">
+        <v>380</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2007</v>
+      </c>
+      <c r="I128">
+        <v>2014</v>
+      </c>
+      <c r="J128" t="s">
+        <v>206</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>724</v>
+      </c>
+      <c r="M128" t="s">
+        <v>187</v>
+      </c>
+      <c r="N128" t="s">
+        <v>36</v>
+      </c>
+      <c r="O128" t="s">
+        <v>725</v>
+      </c>
+      <c r="P128" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>727</v>
+      </c>
+      <c r="B129" t="s">
+        <v>728</v>
+      </c>
+      <c r="C129" t="s">
+        <v>729</v>
+      </c>
+      <c r="D129" t="s">
+        <v>730</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>8</v>
+      </c>
+      <c r="H129">
+        <v>2007</v>
+      </c>
+      <c r="I129">
+        <v>2025</v>
+      </c>
+      <c r="J129" t="s">
+        <v>731</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129" t="s">
+        <v>732</v>
+      </c>
+      <c r="M129" t="s">
+        <v>651</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>733</v>
+      </c>
+      <c r="P129" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>735</v>
+      </c>
+      <c r="B130" t="s">
+        <v>736</v>
+      </c>
+      <c r="C130" t="s">
+        <v>162</v>
+      </c>
+      <c r="D130" t="s">
+        <v>184</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2008</v>
+      </c>
+      <c r="I130">
+        <v>2008</v>
+      </c>
+      <c r="J130" t="s">
+        <v>206</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>737</v>
+      </c>
+      <c r="M130" t="s">
+        <v>187</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>738</v>
+      </c>
+      <c r="P130" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>740</v>
+      </c>
+      <c r="B131" t="s">
+        <v>741</v>
+      </c>
+      <c r="C131" t="s">
+        <v>162</v>
+      </c>
+      <c r="D131" t="s">
+        <v>78</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
         <v>1989</v>
       </c>
-      <c r="H126">
-[...131 lines deleted...]
-      <c r="H129">
+      <c r="I131">
+        <v>2020</v>
+      </c>
+      <c r="J131" t="s">
+        <v>192</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>742</v>
+      </c>
+      <c r="M131" t="s">
+        <v>651</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>743</v>
+      </c>
+      <c r="P131" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>745</v>
+      </c>
+      <c r="B132" t="s">
+        <v>746</v>
+      </c>
+      <c r="C132" t="s">
+        <v>729</v>
+      </c>
+      <c r="D132" t="s">
+        <v>747</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2008</v>
+      </c>
+      <c r="I132">
+        <v>2024</v>
+      </c>
+      <c r="J132" t="s">
+        <v>661</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132" t="s">
+        <v>748</v>
+      </c>
+      <c r="M132" t="s">
+        <v>663</v>
+      </c>
+      <c r="N132" t="s">
+        <v>749</v>
+      </c>
+      <c r="O132" t="s">
+        <v>750</v>
+      </c>
+      <c r="P132" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>752</v>
+      </c>
+      <c r="B133" t="s">
+        <v>753</v>
+      </c>
+      <c r="C133" t="s">
+        <v>162</v>
+      </c>
+      <c r="D133" t="s">
+        <v>754</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2008</v>
+      </c>
+      <c r="I133">
+        <v>2008</v>
+      </c>
+      <c r="J133" t="s">
+        <v>206</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>755</v>
+      </c>
+      <c r="M133" t="s">
+        <v>187</v>
+      </c>
+      <c r="N133" t="s">
+        <v>36</v>
+      </c>
+      <c r="O133" t="s">
+        <v>756</v>
+      </c>
+      <c r="P133" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>758</v>
+      </c>
+      <c r="B134" t="s">
+        <v>759</v>
+      </c>
+      <c r="C134" t="s">
+        <v>162</v>
+      </c>
+      <c r="D134" t="s">
+        <v>251</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2008</v>
+      </c>
+      <c r="I134">
         <v>2011</v>
       </c>
-      <c r="I129" t="s">
-[...221 lines deleted...]
-      </c>
       <c r="J134" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K134" t="s">
-        <v>517</v>
+        <v>34</v>
       </c>
       <c r="L134" t="s">
-        <v>451</v>
+        <v>760</v>
       </c>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N134" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>761</v>
+      </c>
+      <c r="P134" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>519</v>
+        <v>763</v>
       </c>
       <c r="B135" t="s">
-        <v>121</v>
+        <v>764</v>
       </c>
       <c r="C135" t="s">
-        <v>137</v>
+        <v>162</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>765</v>
       </c>
       <c r="E135" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
       </c>
       <c r="H135">
         <v>2008</v>
       </c>
-      <c r="I135" t="s">
-        <v>153</v>
+      <c r="I135">
+        <v>2016</v>
       </c>
       <c r="J135" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K135" t="s">
-        <v>520</v>
+        <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>140</v>
+        <v>766</v>
       </c>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N135" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>767</v>
+      </c>
+      <c r="P135" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>522</v>
+        <v>769</v>
       </c>
       <c r="B136" t="s">
-        <v>121</v>
+        <v>769</v>
       </c>
       <c r="C136" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>292</v>
       </c>
       <c r="E136" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G136">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136">
+        <v>2015</v>
+      </c>
+      <c r="J136" t="s">
+        <v>206</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>293</v>
+      </c>
+      <c r="M136" t="s">
+        <v>187</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>770</v>
+      </c>
+      <c r="P136" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>772</v>
+      </c>
+      <c r="B137" t="s">
+        <v>773</v>
+      </c>
+      <c r="C137" t="s">
+        <v>162</v>
+      </c>
+      <c r="D137" t="s">
+        <v>170</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
         <v>1989</v>
       </c>
-      <c r="H136">
+      <c r="I137">
+        <v>2016</v>
+      </c>
+      <c r="J137" t="s">
+        <v>206</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>171</v>
+      </c>
+      <c r="M137" t="s">
+        <v>187</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>774</v>
+      </c>
+      <c r="P137" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>776</v>
+      </c>
+      <c r="B138" t="s">
+        <v>777</v>
+      </c>
+      <c r="C138" t="s">
+        <v>162</v>
+      </c>
+      <c r="D138" t="s">
+        <v>778</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2010</v>
+      </c>
+      <c r="I138">
+        <v>2021</v>
+      </c>
+      <c r="J138" t="s">
+        <v>60</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>779</v>
+      </c>
+      <c r="M138" t="s">
+        <v>651</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>780</v>
+      </c>
+      <c r="P138" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>782</v>
+      </c>
+      <c r="B139" t="s">
+        <v>783</v>
+      </c>
+      <c r="C139" t="s">
+        <v>162</v>
+      </c>
+      <c r="D139" t="s">
+        <v>784</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2011</v>
+      </c>
+      <c r="I139">
         <v>2020</v>
       </c>
-      <c r="I136" t="s">
-[...37 lines deleted...]
-      <c r="G137">
+      <c r="J139" t="s">
+        <v>206</v>
+      </c>
+      <c r="K139" t="s">
+        <v>785</v>
+      </c>
+      <c r="L139" t="s">
+        <v>786</v>
+      </c>
+      <c r="M139" t="s">
+        <v>787</v>
+      </c>
+      <c r="N139" t="s">
+        <v>788</v>
+      </c>
+      <c r="O139" t="s">
+        <v>789</v>
+      </c>
+      <c r="P139" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>791</v>
+      </c>
+      <c r="B140" t="s">
+        <v>792</v>
+      </c>
+      <c r="C140" t="s">
+        <v>162</v>
+      </c>
+      <c r="D140" t="s">
+        <v>793</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2010</v>
+      </c>
+      <c r="I140">
+        <v>2017</v>
+      </c>
+      <c r="J140" t="s">
+        <v>206</v>
+      </c>
+      <c r="K140" t="s">
+        <v>785</v>
+      </c>
+      <c r="L140" t="s">
+        <v>794</v>
+      </c>
+      <c r="M140" t="s">
+        <v>787</v>
+      </c>
+      <c r="N140" t="s">
+        <v>788</v>
+      </c>
+      <c r="O140" t="s">
+        <v>795</v>
+      </c>
+      <c r="P140" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>797</v>
+      </c>
+      <c r="B141" t="s">
+        <v>798</v>
+      </c>
+      <c r="C141" t="s">
+        <v>162</v>
+      </c>
+      <c r="D141" t="s">
+        <v>799</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2011</v>
+      </c>
+      <c r="I141">
+        <v>2016</v>
+      </c>
+      <c r="J141" t="s">
+        <v>206</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>800</v>
+      </c>
+      <c r="M141" t="s">
+        <v>187</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>801</v>
+      </c>
+      <c r="P141" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>803</v>
+      </c>
+      <c r="B142" t="s">
+        <v>804</v>
+      </c>
+      <c r="C142" t="s">
+        <v>162</v>
+      </c>
+      <c r="D142" t="s">
+        <v>110</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2011</v>
+      </c>
+      <c r="I142">
+        <v>2012</v>
+      </c>
+      <c r="J142" t="s">
+        <v>206</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>264</v>
+      </c>
+      <c r="M142" t="s">
+        <v>187</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>805</v>
+      </c>
+      <c r="P142" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>807</v>
+      </c>
+      <c r="B143" t="s">
+        <v>808</v>
+      </c>
+      <c r="C143" t="s">
+        <v>162</v>
+      </c>
+      <c r="D143" t="s">
+        <v>110</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2011</v>
+      </c>
+      <c r="I143">
+        <v>2017</v>
+      </c>
+      <c r="J143" t="s">
+        <v>206</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>809</v>
+      </c>
+      <c r="M143" t="s">
+        <v>187</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>810</v>
+      </c>
+      <c r="P143" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>812</v>
+      </c>
+      <c r="B144" t="s">
+        <v>250</v>
+      </c>
+      <c r="C144" t="s">
+        <v>162</v>
+      </c>
+      <c r="D144" t="s">
+        <v>251</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>383</v>
+      </c>
+      <c r="H144">
+        <v>2011</v>
+      </c>
+      <c r="I144">
+        <v>2012</v>
+      </c>
+      <c r="J144" t="s">
+        <v>661</v>
+      </c>
+      <c r="K144" t="s">
+        <v>252</v>
+      </c>
+      <c r="L144" t="s">
+        <v>813</v>
+      </c>
+      <c r="M144" t="s">
+        <v>187</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>814</v>
+      </c>
+      <c r="P144" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>816</v>
+      </c>
+      <c r="B145" t="s">
+        <v>817</v>
+      </c>
+      <c r="C145" t="s">
+        <v>162</v>
+      </c>
+      <c r="D145" t="s">
+        <v>818</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2012</v>
+      </c>
+      <c r="I145">
+        <v>2020</v>
+      </c>
+      <c r="J145" t="s">
+        <v>206</v>
+      </c>
+      <c r="K145" t="s">
+        <v>785</v>
+      </c>
+      <c r="L145" t="s">
+        <v>819</v>
+      </c>
+      <c r="M145" t="s">
+        <v>787</v>
+      </c>
+      <c r="N145" t="s">
+        <v>788</v>
+      </c>
+      <c r="O145" t="s">
+        <v>820</v>
+      </c>
+      <c r="P145" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>822</v>
+      </c>
+      <c r="B146" t="s">
+        <v>823</v>
+      </c>
+      <c r="C146" t="s">
+        <v>162</v>
+      </c>
+      <c r="D146" t="s">
+        <v>824</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2013</v>
+      </c>
+      <c r="I146">
+        <v>2020</v>
+      </c>
+      <c r="J146" t="s">
+        <v>206</v>
+      </c>
+      <c r="K146" t="s">
+        <v>785</v>
+      </c>
+      <c r="L146" t="s">
+        <v>786</v>
+      </c>
+      <c r="M146" t="s">
+        <v>787</v>
+      </c>
+      <c r="N146" t="s">
+        <v>788</v>
+      </c>
+      <c r="O146" t="s">
+        <v>825</v>
+      </c>
+      <c r="P146" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>827</v>
+      </c>
+      <c r="B147" t="s">
+        <v>828</v>
+      </c>
+      <c r="C147" t="s">
+        <v>162</v>
+      </c>
+      <c r="D147" t="s">
+        <v>258</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2012</v>
+      </c>
+      <c r="I147">
+        <v>2016</v>
+      </c>
+      <c r="J147" t="s">
+        <v>206</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>829</v>
+      </c>
+      <c r="M147" t="s">
+        <v>187</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>830</v>
+      </c>
+      <c r="P147" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>832</v>
+      </c>
+      <c r="B148" t="s">
+        <v>833</v>
+      </c>
+      <c r="C148" t="s">
+        <v>162</v>
+      </c>
+      <c r="D148" t="s">
+        <v>96</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2003</v>
+      </c>
+      <c r="I148">
+        <v>2013</v>
+      </c>
+      <c r="J148" t="s">
+        <v>206</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>834</v>
+      </c>
+      <c r="M148" t="s">
+        <v>187</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>835</v>
+      </c>
+      <c r="P148" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>837</v>
+      </c>
+      <c r="B149" t="s">
+        <v>838</v>
+      </c>
+      <c r="C149" t="s">
+        <v>162</v>
+      </c>
+      <c r="D149" t="s">
+        <v>606</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2003</v>
+      </c>
+      <c r="I149">
+        <v>2013</v>
+      </c>
+      <c r="J149" t="s">
+        <v>206</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>839</v>
+      </c>
+      <c r="M149" t="s">
+        <v>187</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>840</v>
+      </c>
+      <c r="P149" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>842</v>
+      </c>
+      <c r="B150" t="s">
+        <v>843</v>
+      </c>
+      <c r="C150" t="s">
+        <v>162</v>
+      </c>
+      <c r="D150" t="s">
+        <v>251</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
         <v>2008</v>
       </c>
-      <c r="H137">
+      <c r="I150">
+        <v>2013</v>
+      </c>
+      <c r="J150" t="s">
+        <v>206</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>844</v>
+      </c>
+      <c r="M150" t="s">
+        <v>187</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>845</v>
+      </c>
+      <c r="P150" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>847</v>
+      </c>
+      <c r="B151" t="s">
+        <v>848</v>
+      </c>
+      <c r="C151" t="s">
+        <v>162</v>
+      </c>
+      <c r="D151" t="s">
+        <v>96</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151">
+        <v>2020</v>
+      </c>
+      <c r="J151" t="s">
+        <v>206</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>849</v>
+      </c>
+      <c r="M151" t="s">
+        <v>187</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>850</v>
+      </c>
+      <c r="P151" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>852</v>
+      </c>
+      <c r="B152" t="s">
+        <v>853</v>
+      </c>
+      <c r="C152" t="s">
+        <v>162</v>
+      </c>
+      <c r="D152" t="s">
+        <v>793</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2014</v>
+      </c>
+      <c r="I152">
+        <v>2020</v>
+      </c>
+      <c r="J152" t="s">
+        <v>206</v>
+      </c>
+      <c r="K152" t="s">
+        <v>785</v>
+      </c>
+      <c r="L152" t="s">
+        <v>819</v>
+      </c>
+      <c r="M152" t="s">
+        <v>854</v>
+      </c>
+      <c r="N152" t="s">
+        <v>788</v>
+      </c>
+      <c r="O152" t="s">
+        <v>855</v>
+      </c>
+      <c r="P152" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>857</v>
+      </c>
+      <c r="B153" t="s">
+        <v>858</v>
+      </c>
+      <c r="C153" t="s">
+        <v>162</v>
+      </c>
+      <c r="D153" t="s">
+        <v>859</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2008</v>
+      </c>
+      <c r="I153">
         <v>2015</v>
       </c>
-      <c r="I137" t="s">
-[...37 lines deleted...]
-      <c r="G138">
+      <c r="J153" t="s">
+        <v>206</v>
+      </c>
+      <c r="K153" t="s">
+        <v>199</v>
+      </c>
+      <c r="L153" t="s">
+        <v>860</v>
+      </c>
+      <c r="M153" t="s">
+        <v>187</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>861</v>
+      </c>
+      <c r="P153" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>863</v>
+      </c>
+      <c r="B154" t="s">
+        <v>864</v>
+      </c>
+      <c r="C154" t="s">
+        <v>162</v>
+      </c>
+      <c r="D154" t="s">
+        <v>517</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
         <v>2008</v>
       </c>
-      <c r="H138">
+      <c r="I154">
+        <v>2015</v>
+      </c>
+      <c r="J154" t="s">
+        <v>206</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>865</v>
+      </c>
+      <c r="M154" t="s">
+        <v>187</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>866</v>
+      </c>
+      <c r="P154" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>868</v>
+      </c>
+      <c r="B155" t="s">
+        <v>869</v>
+      </c>
+      <c r="C155" t="s">
+        <v>162</v>
+      </c>
+      <c r="D155" t="s">
+        <v>96</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2005</v>
+      </c>
+      <c r="I155">
+        <v>2015</v>
+      </c>
+      <c r="J155" t="s">
+        <v>206</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>870</v>
+      </c>
+      <c r="M155" t="s">
+        <v>187</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>871</v>
+      </c>
+      <c r="P155" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>873</v>
+      </c>
+      <c r="B156" t="s">
+        <v>874</v>
+      </c>
+      <c r="C156" t="s">
+        <v>162</v>
+      </c>
+      <c r="D156" t="s">
+        <v>708</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2005</v>
+      </c>
+      <c r="I156">
+        <v>2016</v>
+      </c>
+      <c r="J156" t="s">
+        <v>206</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>875</v>
+      </c>
+      <c r="M156" t="s">
+        <v>787</v>
+      </c>
+      <c r="N156" t="s">
+        <v>36</v>
+      </c>
+      <c r="O156" t="s">
+        <v>876</v>
+      </c>
+      <c r="P156" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>878</v>
+      </c>
+      <c r="B157" t="s">
+        <v>879</v>
+      </c>
+      <c r="C157" t="s">
+        <v>162</v>
+      </c>
+      <c r="D157" t="s">
+        <v>708</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2005</v>
+      </c>
+      <c r="I157">
+        <v>2017</v>
+      </c>
+      <c r="J157" t="s">
+        <v>206</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157" t="s">
+        <v>880</v>
+      </c>
+      <c r="M157" t="s">
+        <v>787</v>
+      </c>
+      <c r="N157" t="s">
+        <v>36</v>
+      </c>
+      <c r="O157" t="s">
+        <v>881</v>
+      </c>
+      <c r="P157" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>883</v>
+      </c>
+      <c r="B158" t="s">
+        <v>884</v>
+      </c>
+      <c r="C158" t="s">
+        <v>162</v>
+      </c>
+      <c r="D158" t="s">
+        <v>885</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2017</v>
+      </c>
+      <c r="I158">
+        <v>2021</v>
+      </c>
+      <c r="J158" t="s">
+        <v>60</v>
+      </c>
+      <c r="K158" t="s">
+        <v>785</v>
+      </c>
+      <c r="L158" t="s">
+        <v>886</v>
+      </c>
+      <c r="M158" t="s">
+        <v>651</v>
+      </c>
+      <c r="N158" t="s">
+        <v>788</v>
+      </c>
+      <c r="O158" t="s">
+        <v>887</v>
+      </c>
+      <c r="P158" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>889</v>
+      </c>
+      <c r="B159" t="s">
+        <v>890</v>
+      </c>
+      <c r="C159" t="s">
+        <v>162</v>
+      </c>
+      <c r="D159" t="s">
+        <v>891</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2018</v>
+      </c>
+      <c r="I159">
         <v>2024</v>
       </c>
-      <c r="I138" t="s">
-[...172 lines deleted...]
-      <c r="H142">
+      <c r="J159" t="s">
+        <v>661</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>892</v>
+      </c>
+      <c r="M159" t="s">
+        <v>663</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>893</v>
+      </c>
+      <c r="P159" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>895</v>
+      </c>
+      <c r="B160" t="s">
+        <v>896</v>
+      </c>
+      <c r="C160" t="s">
+        <v>162</v>
+      </c>
+      <c r="D160" t="s">
+        <v>688</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>8</v>
+      </c>
+      <c r="H160">
+        <v>1989</v>
+      </c>
+      <c r="I160">
+        <v>2025</v>
+      </c>
+      <c r="J160" t="s">
+        <v>897</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>898</v>
+      </c>
+      <c r="M160" t="s">
+        <v>663</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>899</v>
+      </c>
+      <c r="P160" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>901</v>
+      </c>
+      <c r="B161" t="s">
+        <v>902</v>
+      </c>
+      <c r="C161" t="s">
+        <v>162</v>
+      </c>
+      <c r="D161" t="s">
+        <v>347</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>8</v>
+      </c>
+      <c r="H161">
+        <v>2019</v>
+      </c>
+      <c r="I161">
+        <v>2025</v>
+      </c>
+      <c r="J161" t="s">
+        <v>601</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>903</v>
+      </c>
+      <c r="M161" t="s">
+        <v>663</v>
+      </c>
+      <c r="N161" t="s">
+        <v>336</v>
+      </c>
+      <c r="O161" t="s">
+        <v>904</v>
+      </c>
+      <c r="P161" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>906</v>
+      </c>
+      <c r="B162" t="s">
+        <v>907</v>
+      </c>
+      <c r="C162" t="s">
+        <v>162</v>
+      </c>
+      <c r="D162" t="s">
+        <v>618</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2003</v>
+      </c>
+      <c r="I162">
+        <v>2013</v>
+      </c>
+      <c r="J162" t="s">
+        <v>206</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>908</v>
+      </c>
+      <c r="M162" t="s">
+        <v>187</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>909</v>
+      </c>
+      <c r="P162" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>911</v>
+      </c>
+      <c r="B163" t="s">
+        <v>912</v>
+      </c>
+      <c r="C163" t="s">
+        <v>913</v>
+      </c>
+      <c r="D163" t="s">
+        <v>914</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>42</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2019</v>
+      </c>
+      <c r="I163">
+        <v>2019</v>
+      </c>
+      <c r="J163" t="s">
+        <v>313</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>915</v>
+      </c>
+      <c r="M163" t="s">
+        <v>916</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>917</v>
+      </c>
+      <c r="P163" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>919</v>
+      </c>
+      <c r="B164" t="s">
+        <v>920</v>
+      </c>
+      <c r="C164" t="s">
+        <v>921</v>
+      </c>
+      <c r="D164" t="s">
+        <v>922</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>119</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2013</v>
+      </c>
+      <c r="I164">
+        <v>2024</v>
+      </c>
+      <c r="J164" t="s">
+        <v>923</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>924</v>
+      </c>
+      <c r="M164" t="s">
+        <v>925</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>926</v>
+      </c>
+      <c r="P164" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>928</v>
+      </c>
+      <c r="B165" t="s">
+        <v>929</v>
+      </c>
+      <c r="C165" t="s">
+        <v>921</v>
+      </c>
+      <c r="D165" t="s">
+        <v>158</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>119</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2013</v>
+      </c>
+      <c r="I165">
+        <v>2024</v>
+      </c>
+      <c r="J165" t="s">
+        <v>923</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>930</v>
+      </c>
+      <c r="M165" t="s">
+        <v>925</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>931</v>
+      </c>
+      <c r="P165" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>933</v>
+      </c>
+      <c r="B166" t="s">
+        <v>934</v>
+      </c>
+      <c r="C166" t="s">
+        <v>921</v>
+      </c>
+      <c r="D166" t="s">
+        <v>298</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>119</v>
+      </c>
+      <c r="G166" t="s">
+        <v>8</v>
+      </c>
+      <c r="H166">
+        <v>2013</v>
+      </c>
+      <c r="I166">
+        <v>2024</v>
+      </c>
+      <c r="J166" t="s">
+        <v>923</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>935</v>
+      </c>
+      <c r="M166" t="s">
+        <v>925</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>936</v>
+      </c>
+      <c r="P166" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>933</v>
+      </c>
+      <c r="B167" t="s">
+        <v>938</v>
+      </c>
+      <c r="C167" t="s">
+        <v>939</v>
+      </c>
+      <c r="D167" t="s">
+        <v>298</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>119</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2025</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>638</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>925</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>940</v>
+      </c>
+      <c r="P167" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>942</v>
+      </c>
+      <c r="B168" t="s">
+        <v>943</v>
+      </c>
+      <c r="C168" t="s">
+        <v>939</v>
+      </c>
+      <c r="D168" t="s">
+        <v>660</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>119</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2013</v>
+      </c>
+      <c r="I168">
+        <v>2025</v>
+      </c>
+      <c r="J168" t="s">
+        <v>638</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>944</v>
+      </c>
+      <c r="M168" t="s">
+        <v>925</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>945</v>
+      </c>
+      <c r="P168" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>946</v>
+      </c>
+      <c r="B169" t="s">
+        <v>947</v>
+      </c>
+      <c r="C169" t="s">
+        <v>921</v>
+      </c>
+      <c r="D169" t="s">
+        <v>948</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>119</v>
+      </c>
+      <c r="G169" t="s">
+        <v>8</v>
+      </c>
+      <c r="H169">
+        <v>2013</v>
+      </c>
+      <c r="I169">
+        <v>2024</v>
+      </c>
+      <c r="J169" t="s">
+        <v>923</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>949</v>
+      </c>
+      <c r="M169" t="s">
+        <v>925</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>950</v>
+      </c>
+      <c r="P169" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>951</v>
+      </c>
+      <c r="B170" t="s">
+        <v>952</v>
+      </c>
+      <c r="C170" t="s">
+        <v>921</v>
+      </c>
+      <c r="D170" t="s">
+        <v>953</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>119</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2013</v>
+      </c>
+      <c r="I170">
+        <v>2024</v>
+      </c>
+      <c r="J170" t="s">
+        <v>923</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170" t="s">
+        <v>954</v>
+      </c>
+      <c r="M170" t="s">
+        <v>925</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>955</v>
+      </c>
+      <c r="P170" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>951</v>
+      </c>
+      <c r="B171" t="s">
+        <v>956</v>
+      </c>
+      <c r="C171" t="s">
+        <v>939</v>
+      </c>
+      <c r="D171" t="s">
+        <v>957</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>119</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
         <v>2015</v>
       </c>
-      <c r="I142" t="s">
-[...436 lines deleted...]
-      <c r="H152">
+      <c r="I171">
         <v>2025</v>
       </c>
-      <c r="I152" t="s">
-[...797 lines deleted...]
-      <c r="K170" t="s">
+      <c r="J171" t="s">
         <v>638</v>
       </c>
-      <c r="L170" t="s">
-[...40 lines deleted...]
-      <c r="K171"/>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
       <c r="L171" t="s">
-        <v>464</v>
+        <v>958</v>
       </c>
       <c r="M171" t="s">
-        <v>241</v>
+        <v>925</v>
       </c>
       <c r="N171" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>959</v>
+      </c>
+      <c r="P171" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>642</v>
+        <v>960</v>
       </c>
       <c r="B172" t="s">
-        <v>121</v>
+        <v>961</v>
       </c>
       <c r="C172" t="s">
-        <v>428</v>
+        <v>921</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>962</v>
       </c>
       <c r="E172" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>119</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
       </c>
       <c r="H172">
         <v>2013</v>
       </c>
-      <c r="I172" t="s">
-        <v>153</v>
+      <c r="I172">
+        <v>2024</v>
       </c>
       <c r="J172" t="s">
-        <v>29</v>
+        <v>923</v>
       </c>
       <c r="K172" t="s">
-        <v>643</v>
+        <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>140</v>
+        <v>963</v>
       </c>
       <c r="M172" t="s">
-        <v>24</v>
+        <v>925</v>
       </c>
       <c r="N172" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>964</v>
+      </c>
+      <c r="P172" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>645</v>
+        <v>965</v>
       </c>
       <c r="B173" t="s">
-        <v>121</v>
+        <v>966</v>
       </c>
       <c r="C173" t="s">
-        <v>646</v>
+        <v>921</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E173" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="G173">
+        <v>119</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2013</v>
+      </c>
+      <c r="I173">
+        <v>2024</v>
+      </c>
+      <c r="J173" t="s">
+        <v>923</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>967</v>
+      </c>
+      <c r="M173" t="s">
+        <v>925</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>968</v>
+      </c>
+      <c r="P173" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>969</v>
+      </c>
+      <c r="B174" t="s">
+        <v>970</v>
+      </c>
+      <c r="C174" t="s">
+        <v>921</v>
+      </c>
+      <c r="D174" t="s">
+        <v>170</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>119</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2015</v>
+      </c>
+      <c r="I174">
+        <v>2024</v>
+      </c>
+      <c r="J174" t="s">
+        <v>923</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174" t="s">
+        <v>971</v>
+      </c>
+      <c r="M174" t="s">
+        <v>925</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>972</v>
+      </c>
+      <c r="P174" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>973</v>
+      </c>
+      <c r="B175" t="s">
+        <v>974</v>
+      </c>
+      <c r="C175" t="s">
+        <v>921</v>
+      </c>
+      <c r="D175" t="s">
+        <v>269</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>119</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2013</v>
+      </c>
+      <c r="I175">
+        <v>2024</v>
+      </c>
+      <c r="J175" t="s">
+        <v>923</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>975</v>
+      </c>
+      <c r="M175" t="s">
+        <v>925</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>976</v>
+      </c>
+      <c r="P175" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>977</v>
+      </c>
+      <c r="B176" t="s">
+        <v>978</v>
+      </c>
+      <c r="C176" t="s">
+        <v>979</v>
+      </c>
+      <c r="D176" t="s">
+        <v>980</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>119</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2010</v>
+      </c>
+      <c r="I176">
+        <v>2019</v>
+      </c>
+      <c r="J176" t="s">
+        <v>981</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176" t="s">
+        <v>982</v>
+      </c>
+      <c r="M176" t="s">
+        <v>983</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>984</v>
+      </c>
+      <c r="P176" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>986</v>
+      </c>
+      <c r="B177" t="s">
+        <v>987</v>
+      </c>
+      <c r="C177" t="s">
+        <v>979</v>
+      </c>
+      <c r="D177" t="s">
+        <v>143</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>119</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2002</v>
+      </c>
+      <c r="I177">
+        <v>2012</v>
+      </c>
+      <c r="J177" t="s">
+        <v>981</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>988</v>
+      </c>
+      <c r="M177" t="s">
+        <v>983</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>989</v>
+      </c>
+      <c r="P177" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>991</v>
+      </c>
+      <c r="B178" t="s">
+        <v>992</v>
+      </c>
+      <c r="C178" t="s">
+        <v>979</v>
+      </c>
+      <c r="D178" t="s">
+        <v>269</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>119</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>1989</v>
+      </c>
+      <c r="I178">
+        <v>2015</v>
+      </c>
+      <c r="J178" t="s">
+        <v>981</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>993</v>
+      </c>
+      <c r="M178" t="s">
+        <v>983</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>994</v>
+      </c>
+      <c r="P178" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>996</v>
+      </c>
+      <c r="B179" t="s">
+        <v>997</v>
+      </c>
+      <c r="C179" t="s">
+        <v>979</v>
+      </c>
+      <c r="D179" t="s">
+        <v>258</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>1999</v>
+      </c>
+      <c r="I179">
         <v>2014</v>
       </c>
-      <c r="H173">
-[...38 lines deleted...]
-      <c r="G174">
+      <c r="J179" t="s">
+        <v>981</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>998</v>
+      </c>
+      <c r="M179" t="s">
+        <v>983</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>999</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>996</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C180" t="s">
+        <v>979</v>
+      </c>
+      <c r="D180" t="s">
+        <v>765</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>119</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2013</v>
+      </c>
+      <c r="I180">
+        <v>2014</v>
+      </c>
+      <c r="J180" t="s">
+        <v>981</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1002</v>
+      </c>
+      <c r="M180" t="s">
+        <v>983</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C181" t="s">
+        <v>979</v>
+      </c>
+      <c r="D181" t="s">
+        <v>799</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2008</v>
+      </c>
+      <c r="I181">
+        <v>2012</v>
+      </c>
+      <c r="J181" t="s">
+        <v>981</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1007</v>
+      </c>
+      <c r="M181" t="s">
+        <v>983</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C182" t="s">
+        <v>979</v>
+      </c>
+      <c r="D182" t="s">
+        <v>347</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>42</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2005</v>
+      </c>
+      <c r="I182">
+        <v>2015</v>
+      </c>
+      <c r="J182" t="s">
+        <v>981</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M182" t="s">
+        <v>983</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C183" t="s">
+        <v>979</v>
+      </c>
+      <c r="D183" t="s">
+        <v>618</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2004</v>
+      </c>
+      <c r="I183">
+        <v>2017</v>
+      </c>
+      <c r="J183" t="s">
+        <v>981</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M183" t="s">
+        <v>983</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C184" t="s">
+        <v>979</v>
+      </c>
+      <c r="D184" t="s">
+        <v>251</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>1989</v>
+      </c>
+      <c r="I184">
+        <v>2012</v>
+      </c>
+      <c r="J184" t="s">
+        <v>981</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M184" t="s">
+        <v>983</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C185" t="s">
+        <v>979</v>
+      </c>
+      <c r="D185" t="s">
+        <v>380</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2005</v>
+      </c>
+      <c r="I185">
+        <v>2014</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M185" t="s">
+        <v>983</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C186" t="s">
+        <v>979</v>
+      </c>
+      <c r="D186" t="s">
+        <v>198</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>1989</v>
+      </c>
+      <c r="I186">
+        <v>2017</v>
+      </c>
+      <c r="J186" t="s">
+        <v>981</v>
+      </c>
+      <c r="K186" t="s">
+        <v>1033</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M186" t="s">
+        <v>983</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C187" t="s">
+        <v>979</v>
+      </c>
+      <c r="D187" t="s">
+        <v>251</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>1989</v>
+      </c>
+      <c r="I187">
+        <v>2017</v>
+      </c>
+      <c r="J187" t="s">
+        <v>981</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1033</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M187" t="s">
+        <v>983</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C188" t="s">
+        <v>979</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>119</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2009</v>
+      </c>
+      <c r="I188">
+        <v>2016</v>
+      </c>
+      <c r="J188" t="s">
+        <v>981</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M188" t="s">
+        <v>983</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C189" t="s">
+        <v>979</v>
+      </c>
+      <c r="D189" t="s">
+        <v>126</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2008</v>
+      </c>
+      <c r="I189">
+        <v>2012</v>
+      </c>
+      <c r="J189" t="s">
+        <v>981</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1048</v>
+      </c>
+      <c r="M189" t="s">
+        <v>983</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1049</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C190" t="s">
+        <v>979</v>
+      </c>
+      <c r="D190" t="s">
+        <v>110</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2003</v>
+      </c>
+      <c r="I190">
+        <v>2024</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1053</v>
+      </c>
+      <c r="M190" t="s">
+        <v>983</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C191" t="s">
+        <v>979</v>
+      </c>
+      <c r="D191" t="s">
+        <v>355</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>119</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>1989</v>
+      </c>
+      <c r="I191">
+        <v>2015</v>
+      </c>
+      <c r="J191" t="s">
+        <v>981</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M191" t="s">
+        <v>983</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C192" t="s">
+        <v>979</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2009</v>
+      </c>
+      <c r="I192">
+        <v>2017</v>
+      </c>
+      <c r="J192" t="s">
+        <v>981</v>
+      </c>
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1064</v>
+      </c>
+      <c r="M192" t="s">
+        <v>983</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1065</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C193" t="s">
+        <v>979</v>
+      </c>
+      <c r="D193" t="s">
+        <v>170</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>119</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2009</v>
+      </c>
+      <c r="I193">
+        <v>2013</v>
+      </c>
+      <c r="J193" t="s">
+        <v>981</v>
+      </c>
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1069</v>
+      </c>
+      <c r="M193" t="s">
+        <v>983</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1070</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C194" t="s">
+        <v>979</v>
+      </c>
+      <c r="D194" t="s">
+        <v>137</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2001</v>
+      </c>
+      <c r="I194">
         <v>2019</v>
       </c>
-      <c r="H174">
+      <c r="J194" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K194" t="s">
+        <v>34</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M194" t="s">
+        <v>983</v>
+      </c>
+      <c r="N194" t="s">
+        <v>36</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1075</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C195" t="s">
+        <v>979</v>
+      </c>
+      <c r="D195" t="s">
+        <v>388</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2004</v>
+      </c>
+      <c r="I195">
+        <v>2012</v>
+      </c>
+      <c r="J195" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M195" t="s">
+        <v>983</v>
+      </c>
+      <c r="N195" t="s">
+        <v>36</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C196" t="s">
+        <v>939</v>
+      </c>
+      <c r="D196" t="s">
+        <v>78</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>119</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2015</v>
+      </c>
+      <c r="I196">
+        <v>2018</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K196" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1085</v>
+      </c>
+      <c r="M196" t="s">
+        <v>925</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C197" t="s">
+        <v>939</v>
+      </c>
+      <c r="D197" t="s">
+        <v>224</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>119</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2015</v>
+      </c>
+      <c r="I197">
+        <v>2018</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M197" t="s">
+        <v>925</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C198" t="s">
+        <v>939</v>
+      </c>
+      <c r="D198" t="s">
+        <v>170</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>119</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2015</v>
+      </c>
+      <c r="I198">
         <v>2019</v>
       </c>
-      <c r="I174" t="s">
+      <c r="J198" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M198" t="s">
+        <v>925</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D199" t="s">
+        <v>96</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>42</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2006</v>
+      </c>
+      <c r="I199">
+        <v>2022</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D200" t="s">
+        <v>269</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>42</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>1984</v>
+      </c>
+      <c r="I200">
+        <v>2019</v>
+      </c>
+      <c r="J200" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1108</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D201" t="s">
+        <v>78</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>42</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>2008</v>
+      </c>
+      <c r="I201">
+        <v>2020</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K201" t="s">
+        <v>34</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1112</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D202" t="s">
+        <v>298</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>42</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2008</v>
+      </c>
+      <c r="I202">
+        <v>2021</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1117</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D203" t="s">
+        <v>245</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>42</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2011</v>
+      </c>
+      <c r="I203">
+        <v>2021</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1123</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>42</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2008</v>
+      </c>
+      <c r="I204">
+        <v>2021</v>
+      </c>
+      <c r="J204" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1128</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D205" t="s">
+        <v>708</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>42</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2010</v>
+      </c>
+      <c r="I205">
+        <v>2021</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1133</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D206" t="s">
+        <v>59</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>42</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>2001</v>
+      </c>
+      <c r="I206">
+        <v>2021</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1138</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D207" t="s">
+        <v>170</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>42</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2009</v>
+      </c>
+      <c r="I207">
+        <v>2021</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1144</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>42</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
+        <v>2010</v>
+      </c>
+      <c r="I208">
+        <v>2021</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D209" t="s">
+        <v>251</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>42</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2012</v>
+      </c>
+      <c r="I209">
+        <v>2021</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K209" t="s">
+        <v>252</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N209" t="s">
+        <v>316</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1155</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D210" t="s">
+        <v>96</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>42</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>2015</v>
+      </c>
+      <c r="I210">
+        <v>2022</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K210" t="s">
+        <v>34</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D211" t="s">
+        <v>298</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>42</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>2008</v>
+      </c>
+      <c r="I211">
+        <v>2022</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K211" t="s">
+        <v>199</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1102</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D212" t="s">
         <v>224</v>
       </c>
-      <c r="J174" t="s">
-[...34 lines deleted...]
-      <c r="G175">
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
+        <v>2001</v>
+      </c>
+      <c r="I212">
+        <v>2015</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K212" t="s">
+        <v>34</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1172</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D213" t="s">
+        <v>224</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>42</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2001</v>
+      </c>
+      <c r="I213">
+        <v>2015</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K213" t="s">
+        <v>34</v>
+      </c>
+      <c r="L213"/>
+      <c r="M213" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1176</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D214" t="s">
+        <v>59</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2001</v>
+      </c>
+      <c r="I214">
+        <v>2015</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K214" t="s">
+        <v>34</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1180</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D215" t="s">
+        <v>59</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>42</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2001</v>
+      </c>
+      <c r="I215">
+        <v>2015</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K215" t="s">
+        <v>34</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1184</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D216" t="s">
+        <v>96</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2000</v>
+      </c>
+      <c r="I216">
+        <v>2015</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K216" t="s">
+        <v>34</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1189</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D217" t="s">
+        <v>96</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>42</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2000</v>
+      </c>
+      <c r="I217">
+        <v>2015</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K217" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217"/>
+      <c r="M217" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1193</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D218" t="s">
+        <v>137</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>1996</v>
+      </c>
+      <c r="I218">
+        <v>2017</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K218" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218"/>
+      <c r="M218" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N218" t="s">
+        <v>36</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1197</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D219" t="s">
+        <v>137</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>42</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>1996</v>
+      </c>
+      <c r="I219">
+        <v>2018</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K219" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N219" t="s">
+        <v>36</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D220" t="s">
+        <v>78</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>1996</v>
+      </c>
+      <c r="I220">
+        <v>2019</v>
+      </c>
+      <c r="J220" t="s">
+        <v>313</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1205</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D221" t="s">
+        <v>78</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>42</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>1996</v>
+      </c>
+      <c r="I221">
+        <v>2019</v>
+      </c>
+      <c r="J221" t="s">
+        <v>313</v>
+      </c>
+      <c r="K221" t="s">
+        <v>34</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1205</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>1996</v>
+      </c>
+      <c r="I222">
+        <v>2017</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K222" t="s">
+        <v>34</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>42</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>1996</v>
+      </c>
+      <c r="I223">
+        <v>2017</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K223" t="s">
+        <v>34</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1220</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D224" t="s">
+        <v>688</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2016</v>
+      </c>
+      <c r="I224">
+        <v>2020</v>
+      </c>
+      <c r="J224" t="s">
+        <v>313</v>
+      </c>
+      <c r="K224" t="s">
+        <v>34</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1224</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D225" t="s">
+        <v>688</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2016</v>
+      </c>
+      <c r="I225">
+        <v>2020</v>
+      </c>
+      <c r="J225" t="s">
+        <v>313</v>
+      </c>
+      <c r="K225" t="s">
+        <v>34</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1227</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D226" t="s">
+        <v>96</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>42</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2016</v>
+      </c>
+      <c r="I226">
+        <v>2020</v>
+      </c>
+      <c r="J226" t="s">
+        <v>313</v>
+      </c>
+      <c r="K226" t="s">
+        <v>34</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D227" t="s">
+        <v>96</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>42</v>
+      </c>
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2016</v>
+      </c>
+      <c r="I227">
+        <v>2020</v>
+      </c>
+      <c r="J227" t="s">
+        <v>313</v>
+      </c>
+      <c r="K227" t="s">
+        <v>34</v>
+      </c>
+      <c r="L227"/>
+      <c r="M227" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D228" t="s">
+        <v>618</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2000</v>
+      </c>
+      <c r="I228">
+        <v>2016</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K228" t="s">
+        <v>34</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D229" t="s">
+        <v>618</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>42</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2000</v>
+      </c>
+      <c r="I229">
+        <v>2020</v>
+      </c>
+      <c r="J229" t="s">
+        <v>313</v>
+      </c>
+      <c r="K229" t="s">
+        <v>34</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D230" t="s">
+        <v>618</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>42</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2016</v>
+      </c>
+      <c r="I230">
+        <v>2020</v>
+      </c>
+      <c r="J230" t="s">
+        <v>313</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1246</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D231" t="s">
+        <v>59</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>119</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>1998</v>
+      </c>
+      <c r="I231">
+        <v>2012</v>
+      </c>
+      <c r="J231" t="s">
+        <v>499</v>
+      </c>
+      <c r="K231" t="s">
+        <v>34</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1251</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D232" t="s">
+        <v>439</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>119</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2008</v>
+      </c>
+      <c r="I232">
+        <v>2010</v>
+      </c>
+      <c r="J232" t="s">
+        <v>499</v>
+      </c>
+      <c r="K232" t="s">
+        <v>34</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N232" t="s">
+        <v>36</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1258</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D233" t="s">
+        <v>508</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>119</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2002</v>
+      </c>
+      <c r="I233">
+        <v>2008</v>
+      </c>
+      <c r="J233" t="s">
+        <v>499</v>
+      </c>
+      <c r="K233" t="s">
+        <v>34</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1261</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N233" t="s">
+        <v>36</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1262</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D234" t="s">
+        <v>78</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2008</v>
+      </c>
+      <c r="I234">
+        <v>2006</v>
+      </c>
+      <c r="J234" t="s">
+        <v>499</v>
+      </c>
+      <c r="K234" t="s">
+        <v>34</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1265</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1266</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D235" t="s">
+        <v>110</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>119</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2007</v>
+      </c>
+      <c r="I235">
+        <v>2012</v>
+      </c>
+      <c r="J235" t="s">
+        <v>499</v>
+      </c>
+      <c r="K235" t="s">
+        <v>34</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D236" t="s">
+        <v>292</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>119</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
+        <v>2012</v>
+      </c>
+      <c r="I236">
+        <v>2010</v>
+      </c>
+      <c r="J236" t="s">
+        <v>499</v>
+      </c>
+      <c r="K236" t="s">
+        <v>34</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1273</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>119</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2012</v>
+      </c>
+      <c r="I237">
+        <v>2014</v>
+      </c>
+      <c r="J237" t="s">
+        <v>499</v>
+      </c>
+      <c r="K237" t="s">
+        <v>34</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D238" t="s">
+        <v>540</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>42</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2002</v>
+      </c>
+      <c r="I238">
+        <v>2002</v>
+      </c>
+      <c r="J238" t="s">
+        <v>499</v>
+      </c>
+      <c r="K238" t="s">
+        <v>199</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1282</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D239" t="s">
+        <v>540</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>1998</v>
+      </c>
+      <c r="I239">
+        <v>2009</v>
+      </c>
+      <c r="J239" t="s">
+        <v>499</v>
+      </c>
+      <c r="K239" t="s">
+        <v>199</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1286</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N239" t="s">
+        <v>36</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1287</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D240" t="s">
+        <v>388</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>21</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2012</v>
+      </c>
+      <c r="I240">
+        <v>2012</v>
+      </c>
+      <c r="J240" t="s">
+        <v>499</v>
+      </c>
+      <c r="K240" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1290</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N240" t="s">
+        <v>36</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D241" t="s">
+        <v>540</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>119</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2011</v>
+      </c>
+      <c r="I241">
+        <v>2015</v>
+      </c>
+      <c r="J241" t="s">
+        <v>149</v>
+      </c>
+      <c r="K241" t="s">
+        <v>34</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1294</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D242" t="s">
+        <v>540</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2011</v>
+      </c>
+      <c r="I242">
         <v>2013</v>
       </c>
-      <c r="H175">
-[...520 lines deleted...]
-      <c r="G187">
+      <c r="J242" t="s">
+        <v>499</v>
+      </c>
+      <c r="K242" t="s">
+        <v>199</v>
+      </c>
+      <c r="L242"/>
+      <c r="M242" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1298</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D243" t="s">
+        <v>198</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>119</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2003</v>
+      </c>
+      <c r="I243">
         <v>2010</v>
       </c>
-      <c r="H187">
-[...40 lines deleted...]
-      <c r="G188">
+      <c r="J243" t="s">
+        <v>499</v>
+      </c>
+      <c r="K243" t="s">
+        <v>199</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1301</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1302</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D244" t="s">
+        <v>126</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>119</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
         <v>2002</v>
       </c>
-      <c r="H188">
+      <c r="I244">
+        <v>2002</v>
+      </c>
+      <c r="J244" t="s">
+        <v>499</v>
+      </c>
+      <c r="K244" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1306</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>119</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
+        <v>1999</v>
+      </c>
+      <c r="I245">
+        <v>2009</v>
+      </c>
+      <c r="J245" t="s">
+        <v>499</v>
+      </c>
+      <c r="K245" t="s">
+        <v>34</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1310</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1311</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D246" t="s">
+        <v>540</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>42</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
+        <v>2002</v>
+      </c>
+      <c r="I246">
+        <v>2010</v>
+      </c>
+      <c r="J246" t="s">
+        <v>499</v>
+      </c>
+      <c r="K246" t="s">
+        <v>199</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1314</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1315</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D247" t="s">
+        <v>540</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>42</v>
+      </c>
+      <c r="G247" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247">
+        <v>2002</v>
+      </c>
+      <c r="I247">
         <v>2012</v>
       </c>
-      <c r="I188" t="s">
-[...58 lines deleted...]
-      <c r="N189" t="s">
+      <c r="J247" t="s">
+        <v>499</v>
+      </c>
+      <c r="K247" t="s">
+        <v>34</v>
+      </c>
+      <c r="L247"/>
+      <c r="M247" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1318</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D248" t="s">
         <v>708</v>
       </c>
-    </row>
-[...110 lines deleted...]
-      <c r="H192">
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>119</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2002</v>
+      </c>
+      <c r="I248">
+        <v>2002</v>
+      </c>
+      <c r="J248" t="s">
+        <v>499</v>
+      </c>
+      <c r="K248" t="s">
+        <v>34</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N248" t="s">
+        <v>36</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1322</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>119</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
         <v>2012</v>
       </c>
-      <c r="I192" t="s">
-[...128 lines deleted...]
-      <c r="H195">
+      <c r="I249">
         <v>2012</v>
       </c>
-      <c r="I195" t="s">
-[...216 lines deleted...]
-      <c r="H200">
+      <c r="J249" t="s">
+        <v>499</v>
+      </c>
+      <c r="K249" t="s">
+        <v>34</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1326</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1327</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>119</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
         <v>2012</v>
       </c>
-      <c r="I200" t="s">
-[...260 lines deleted...]
-      <c r="H206">
+      <c r="I250">
         <v>2012</v>
       </c>
-      <c r="I206" t="s">
-[...1905 lines deleted...]
-      </c>
       <c r="J250" t="s">
-        <v>148</v>
+        <v>499</v>
       </c>
       <c r="K250" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L250"/>
       <c r="M250" t="s">
-        <v>31</v>
+        <v>1252</v>
       </c>
       <c r="N250" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>887</v>
+        <v>1332</v>
       </c>
       <c r="B251" t="s">
-        <v>858</v>
+        <v>1333</v>
       </c>
       <c r="C251" t="s">
-        <v>271</v>
+        <v>1250</v>
       </c>
       <c r="D251" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="E251" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F251" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>119</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
       </c>
       <c r="H251">
         <v>2012</v>
       </c>
-      <c r="I251" t="s">
-        <v>346</v>
+      <c r="I251">
+        <v>2012</v>
       </c>
       <c r="J251" t="s">
-        <v>29</v>
+        <v>499</v>
       </c>
       <c r="K251" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L251"/>
       <c r="M251" t="s">
-        <v>31</v>
+        <v>1252</v>
       </c>
       <c r="N251" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>890</v>
+        <v>1335</v>
       </c>
       <c r="B252" t="s">
-        <v>858</v>
+        <v>1336</v>
       </c>
       <c r="C252" t="s">
-        <v>376</v>
+        <v>1337</v>
       </c>
       <c r="D252" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E252" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F252" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
       </c>
       <c r="H252">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>2013</v>
+      </c>
+      <c r="I252">
+        <v>2014</v>
       </c>
       <c r="J252" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K252" t="s">
-        <v>891</v>
+        <v>34</v>
       </c>
       <c r="L252" t="s">
-        <v>860</v>
+        <v>1338</v>
       </c>
       <c r="M252" t="s">
-        <v>24</v>
+        <v>1339</v>
       </c>
       <c r="N252" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1340</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>893</v>
+        <v>1342</v>
       </c>
       <c r="B253" t="s">
-        <v>858</v>
+        <v>1343</v>
       </c>
       <c r="C253" t="s">
-        <v>376</v>
+        <v>1337</v>
       </c>
       <c r="D253" t="s">
-        <v>17</v>
+        <v>957</v>
       </c>
       <c r="E253" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F253" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>42</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
       </c>
       <c r="H253">
         <v>2013</v>
       </c>
-      <c r="I253" t="s">
-        <v>346</v>
+      <c r="I253">
+        <v>2014</v>
       </c>
       <c r="J253" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="K253"/>
+        <v>206</v>
+      </c>
+      <c r="K253" t="s">
+        <v>34</v>
+      </c>
       <c r="L253" t="s">
-        <v>860</v>
+        <v>1338</v>
       </c>
       <c r="M253" t="s">
-        <v>24</v>
+        <v>1339</v>
       </c>
       <c r="N253" t="s">
-        <v>894</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1344</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>895</v>
+        <v>1346</v>
       </c>
       <c r="B254" t="s">
-        <v>858</v>
+        <v>1347</v>
       </c>
       <c r="C254" t="s">
-        <v>147</v>
+        <v>1337</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>1348</v>
       </c>
       <c r="E254" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F254" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G254">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2013</v>
+      </c>
+      <c r="I254">
+        <v>2014</v>
+      </c>
+      <c r="J254" t="s">
+        <v>206</v>
+      </c>
+      <c r="K254" t="s">
+        <v>34</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D255" t="s">
+        <v>137</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2013</v>
+      </c>
+      <c r="I255">
+        <v>2014</v>
+      </c>
+      <c r="J255" t="s">
+        <v>206</v>
+      </c>
+      <c r="K255" t="s">
+        <v>34</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1353</v>
+      </c>
+      <c r="M255" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1354</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>22</v>
+      </c>
+      <c r="H256">
+        <v>2013</v>
+      </c>
+      <c r="I256">
+        <v>2014</v>
+      </c>
+      <c r="J256" t="s">
+        <v>206</v>
+      </c>
+      <c r="K256" t="s">
+        <v>34</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1360</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D257" t="s">
+        <v>513</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>42</v>
+      </c>
+      <c r="G257" t="s">
+        <v>22</v>
+      </c>
+      <c r="H257">
+        <v>2013</v>
+      </c>
+      <c r="I257">
+        <v>2014</v>
+      </c>
+      <c r="J257" t="s">
+        <v>206</v>
+      </c>
+      <c r="K257" t="s">
+        <v>1364</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1365</v>
+      </c>
+      <c r="M257" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1366</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D258" t="s">
+        <v>298</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>42</v>
+      </c>
+      <c r="G258" t="s">
+        <v>22</v>
+      </c>
+      <c r="H258">
+        <v>2013</v>
+      </c>
+      <c r="I258">
+        <v>2014</v>
+      </c>
+      <c r="J258" t="s">
+        <v>206</v>
+      </c>
+      <c r="K258" t="s">
+        <v>34</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N258" t="s">
+        <v>749</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1371</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D259" t="s">
+        <v>347</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2013</v>
+      </c>
+      <c r="I259">
+        <v>2014</v>
+      </c>
+      <c r="J259" t="s">
+        <v>206</v>
+      </c>
+      <c r="K259" t="s">
+        <v>1364</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1375</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1376</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D260" t="s">
+        <v>347</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>42</v>
+      </c>
+      <c r="G260" t="s">
+        <v>22</v>
+      </c>
+      <c r="H260">
+        <v>2013</v>
+      </c>
+      <c r="I260">
+        <v>2014</v>
+      </c>
+      <c r="J260" t="s">
+        <v>206</v>
+      </c>
+      <c r="K260" t="s">
+        <v>1364</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1380</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1381</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D261" t="s">
+        <v>59</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>42</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
+        <v>2013</v>
+      </c>
+      <c r="I261">
+        <v>2014</v>
+      </c>
+      <c r="J261" t="s">
+        <v>206</v>
+      </c>
+      <c r="K261" t="s">
+        <v>34</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1385</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1386</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D262" t="s">
+        <v>59</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
+        <v>2013</v>
+      </c>
+      <c r="I262">
+        <v>2014</v>
+      </c>
+      <c r="J262" t="s">
+        <v>206</v>
+      </c>
+      <c r="K262" t="s">
+        <v>34</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1385</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1390</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D263" t="s">
+        <v>322</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>42</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>2013</v>
+      </c>
+      <c r="I263">
+        <v>2014</v>
+      </c>
+      <c r="J263" t="s">
+        <v>206</v>
+      </c>
+      <c r="K263" t="s">
+        <v>34</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1394</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D264" t="s">
+        <v>322</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2013</v>
+      </c>
+      <c r="I264">
+        <v>2014</v>
+      </c>
+      <c r="J264" t="s">
+        <v>206</v>
+      </c>
+      <c r="K264" t="s">
+        <v>34</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1399</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1400</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
+        <v>2013</v>
+      </c>
+      <c r="I265">
+        <v>2014</v>
+      </c>
+      <c r="J265" t="s">
+        <v>206</v>
+      </c>
+      <c r="K265" t="s">
+        <v>34</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1405</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1406</v>
+      </c>
+      <c r="P265"/>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D266" t="s">
+        <v>78</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>42</v>
+      </c>
+      <c r="G266" t="s">
+        <v>22</v>
+      </c>
+      <c r="H266">
+        <v>2012</v>
+      </c>
+      <c r="I266">
+        <v>2013</v>
+      </c>
+      <c r="J266" t="s">
+        <v>206</v>
+      </c>
+      <c r="K266" t="s">
+        <v>34</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1405</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1409</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D267" t="s">
+        <v>799</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>2013</v>
+      </c>
+      <c r="I267">
+        <v>2014</v>
+      </c>
+      <c r="J267" t="s">
+        <v>206</v>
+      </c>
+      <c r="K267" t="s">
+        <v>34</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1413</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1414</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D268" t="s">
+        <v>380</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+      <c r="H268">
+        <v>2013</v>
+      </c>
+      <c r="I268">
+        <v>2014</v>
+      </c>
+      <c r="J268" t="s">
+        <v>206</v>
+      </c>
+      <c r="K268" t="s">
+        <v>34</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1418</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>22</v>
+      </c>
+      <c r="H269">
+        <v>2013</v>
+      </c>
+      <c r="I269">
+        <v>2014</v>
+      </c>
+      <c r="J269" t="s">
+        <v>206</v>
+      </c>
+      <c r="K269" t="s">
+        <v>34</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1423</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1424</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1428</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" t="s">
+        <v>22</v>
+      </c>
+      <c r="H270">
+        <v>2012</v>
+      </c>
+      <c r="I270">
+        <v>2013</v>
+      </c>
+      <c r="J270" t="s">
+        <v>206</v>
+      </c>
+      <c r="K270" t="s">
+        <v>34</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1429</v>
+      </c>
+      <c r="M270" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1430</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D271" t="s">
+        <v>513</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>22</v>
+      </c>
+      <c r="H271">
+        <v>2012</v>
+      </c>
+      <c r="I271">
+        <v>2013</v>
+      </c>
+      <c r="J271" t="s">
+        <v>206</v>
+      </c>
+      <c r="K271" t="s">
+        <v>1364</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1434</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D272" t="s">
+        <v>355</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>42</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2012</v>
+      </c>
+      <c r="I272">
+        <v>2013</v>
+      </c>
+      <c r="J272" t="s">
+        <v>206</v>
+      </c>
+      <c r="K272" t="s">
+        <v>34</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1365</v>
+      </c>
+      <c r="M272" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1439</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>42</v>
+      </c>
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
+        <v>1996</v>
+      </c>
+      <c r="I273">
+        <v>2017</v>
+      </c>
+      <c r="J273" t="s">
+        <v>111</v>
+      </c>
+      <c r="K273" t="s">
+        <v>34</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1445</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1446</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>21</v>
+      </c>
+      <c r="G274" t="s">
+        <v>22</v>
+      </c>
+      <c r="H274">
+        <v>1996</v>
+      </c>
+      <c r="I274">
+        <v>2017</v>
+      </c>
+      <c r="J274" t="s">
+        <v>111</v>
+      </c>
+      <c r="K274" t="s">
+        <v>34</v>
+      </c>
+      <c r="L274"/>
+      <c r="M274" t="s">
+        <v>1446</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1452</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C275" t="s">
+        <v>464</v>
+      </c>
+      <c r="D275" t="s">
+        <v>96</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" t="s">
+        <v>22</v>
+      </c>
+      <c r="H275">
+        <v>2016</v>
+      </c>
+      <c r="I275">
+        <v>2018</v>
+      </c>
+      <c r="J275" t="s">
+        <v>111</v>
+      </c>
+      <c r="K275" t="s">
+        <v>34</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1455</v>
+      </c>
+      <c r="M275" t="s">
+        <v>465</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C276" t="s">
+        <v>464</v>
+      </c>
+      <c r="D276" t="s">
+        <v>143</v>
+      </c>
+      <c r="E276" t="s">
+        <v>20</v>
+      </c>
+      <c r="F276" t="s">
+        <v>21</v>
+      </c>
+      <c r="G276" t="s">
+        <v>22</v>
+      </c>
+      <c r="H276">
+        <v>2016</v>
+      </c>
+      <c r="I276">
+        <v>2018</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K276" t="s">
+        <v>34</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1460</v>
+      </c>
+      <c r="M276" t="s">
+        <v>465</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1461</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C277" t="s">
+        <v>464</v>
+      </c>
+      <c r="D277" t="s">
+        <v>618</v>
+      </c>
+      <c r="E277" t="s">
+        <v>20</v>
+      </c>
+      <c r="F277" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" t="s">
+        <v>22</v>
+      </c>
+      <c r="H277">
+        <v>2016</v>
+      </c>
+      <c r="I277">
+        <v>2018</v>
+      </c>
+      <c r="J277" t="s">
+        <v>313</v>
+      </c>
+      <c r="K277" t="s">
+        <v>34</v>
+      </c>
+      <c r="L277"/>
+      <c r="M277" t="s">
+        <v>465</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C278" t="s">
+        <v>464</v>
+      </c>
+      <c r="D278" t="s">
+        <v>78</v>
+      </c>
+      <c r="E278" t="s">
+        <v>20</v>
+      </c>
+      <c r="F278" t="s">
+        <v>21</v>
+      </c>
+      <c r="G278" t="s">
+        <v>22</v>
+      </c>
+      <c r="H278">
+        <v>2016</v>
+      </c>
+      <c r="I278">
+        <v>2019</v>
+      </c>
+      <c r="J278" t="s">
+        <v>313</v>
+      </c>
+      <c r="K278" t="s">
+        <v>34</v>
+      </c>
+      <c r="L278"/>
+      <c r="M278" t="s">
+        <v>465</v>
+      </c>
+      <c r="N278" t="s">
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1469</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>119</v>
+      </c>
+      <c r="G279" t="s">
+        <v>22</v>
+      </c>
+      <c r="H279">
+        <v>2005</v>
+      </c>
+      <c r="I279">
+        <v>2008</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K279" t="s">
+        <v>34</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1476</v>
+      </c>
+      <c r="M279" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N279" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1478</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
+      <c r="A280" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D280" t="s">
+        <v>59</v>
+      </c>
+      <c r="E280" t="s">
+        <v>20</v>
+      </c>
+      <c r="F280" t="s">
+        <v>21</v>
+      </c>
+      <c r="G280" t="s">
+        <v>22</v>
+      </c>
+      <c r="H280">
+        <v>2004</v>
+      </c>
+      <c r="I280">
+        <v>2010</v>
+      </c>
+      <c r="J280" t="s">
+        <v>60</v>
+      </c>
+      <c r="K280" t="s">
+        <v>34</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1483</v>
+      </c>
+      <c r="M280" t="s">
+        <v>1484</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1485</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1488</v>
+      </c>
+      <c r="E281" t="s">
+        <v>20</v>
+      </c>
+      <c r="F281" t="s">
+        <v>119</v>
+      </c>
+      <c r="G281" t="s">
+        <v>22</v>
+      </c>
+      <c r="H281">
+        <v>2004</v>
+      </c>
+      <c r="I281">
+        <v>2010</v>
+      </c>
+      <c r="J281" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K281" t="s">
+        <v>34</v>
+      </c>
+      <c r="L281" t="s">
+        <v>1483</v>
+      </c>
+      <c r="M281" t="s">
+        <v>1484</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1489</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D282" t="s">
+        <v>78</v>
+      </c>
+      <c r="E282" t="s">
+        <v>20</v>
+      </c>
+      <c r="F282" t="s">
+        <v>42</v>
+      </c>
+      <c r="G282" t="s">
+        <v>22</v>
+      </c>
+      <c r="H282">
+        <v>2009</v>
+      </c>
+      <c r="I282">
+        <v>2012</v>
+      </c>
+      <c r="J282" t="s">
+        <v>60</v>
+      </c>
+      <c r="K282" t="s">
+        <v>34</v>
+      </c>
+      <c r="L282"/>
+      <c r="M282" t="s">
+        <v>1484</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1493</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B283" t="s">
+        <v>30</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D283" t="s">
+        <v>78</v>
+      </c>
+      <c r="E283" t="s">
+        <v>20</v>
+      </c>
+      <c r="F283" t="s">
+        <v>21</v>
+      </c>
+      <c r="G283" t="s">
+        <v>22</v>
+      </c>
+      <c r="H283">
+        <v>2010</v>
+      </c>
+      <c r="I283">
+        <v>2012</v>
+      </c>
+      <c r="J283" t="s">
+        <v>60</v>
+      </c>
+      <c r="K283" t="s">
+        <v>34</v>
+      </c>
+      <c r="L283" t="s">
+        <v>35</v>
+      </c>
+      <c r="M283" t="s">
+        <v>1484</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1495</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D284" t="s">
+        <v>96</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>42</v>
+      </c>
+      <c r="G284" t="s">
+        <v>22</v>
+      </c>
+      <c r="H284">
+        <v>2010</v>
+      </c>
+      <c r="I284">
+        <v>2010</v>
+      </c>
+      <c r="J284" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K284" t="s">
+        <v>34</v>
+      </c>
+      <c r="L284"/>
+      <c r="M284" t="s">
+        <v>1500</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1501</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E285" t="s">
+        <v>20</v>
+      </c>
+      <c r="F285" t="s">
+        <v>119</v>
+      </c>
+      <c r="G285" t="s">
+        <v>22</v>
+      </c>
+      <c r="H285">
+        <v>2008</v>
+      </c>
+      <c r="I285">
+        <v>2020</v>
+      </c>
+      <c r="J285" t="s">
+        <v>313</v>
+      </c>
+      <c r="K285" t="s">
+        <v>34</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1507</v>
+      </c>
+      <c r="M285" t="s">
+        <v>1508</v>
+      </c>
+      <c r="N285" t="s">
+        <v>36</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1509</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C286" t="s">
+        <v>483</v>
+      </c>
+      <c r="D286" t="s">
+        <v>355</v>
+      </c>
+      <c r="E286" t="s">
+        <v>20</v>
+      </c>
+      <c r="F286" t="s">
+        <v>42</v>
+      </c>
+      <c r="G286" t="s">
+        <v>8</v>
+      </c>
+      <c r="H286">
+        <v>2009</v>
+      </c>
+      <c r="I286">
+        <v>2014</v>
+      </c>
+      <c r="J286" t="s">
+        <v>981</v>
+      </c>
+      <c r="K286" t="s">
+        <v>34</v>
+      </c>
+      <c r="L286" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M286" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1515</v>
+      </c>
+      <c r="P286" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C287" t="s">
+        <v>483</v>
+      </c>
+      <c r="D287" t="s">
+        <v>957</v>
+      </c>
+      <c r="E287" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" t="s">
+        <v>42</v>
+      </c>
+      <c r="G287" t="s">
+        <v>8</v>
+      </c>
+      <c r="H287">
+        <v>2015</v>
+      </c>
+      <c r="I287">
+        <v>2019</v>
+      </c>
+      <c r="J287" t="s">
+        <v>981</v>
+      </c>
+      <c r="K287" t="s">
+        <v>34</v>
+      </c>
+      <c r="L287"/>
+      <c r="M287" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1519</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C288" t="s">
+        <v>483</v>
+      </c>
+      <c r="D288" t="s">
+        <v>957</v>
+      </c>
+      <c r="E288" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" t="s">
+        <v>42</v>
+      </c>
+      <c r="G288" t="s">
+        <v>22</v>
+      </c>
+      <c r="H288">
+        <v>2015</v>
+      </c>
+      <c r="I288">
+        <v>2024</v>
+      </c>
+      <c r="J288" t="s">
+        <v>601</v>
+      </c>
+      <c r="K288" t="s">
+        <v>34</v>
+      </c>
+      <c r="L288"/>
+      <c r="M288" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1522</v>
+      </c>
+      <c r="P288" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C289" t="s">
+        <v>483</v>
+      </c>
+      <c r="D289" t="s">
+        <v>78</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="F289" t="s">
+        <v>42</v>
+      </c>
+      <c r="G289" t="s">
+        <v>8</v>
+      </c>
+      <c r="H289">
+        <v>2008</v>
+      </c>
+      <c r="I289">
+        <v>2014</v>
+      </c>
+      <c r="J289" t="s">
+        <v>981</v>
+      </c>
+      <c r="K289" t="s">
+        <v>34</v>
+      </c>
+      <c r="L289" t="s">
+        <v>1525</v>
+      </c>
+      <c r="M289" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1526</v>
+      </c>
+      <c r="P289" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C290" t="s">
+        <v>109</v>
+      </c>
+      <c r="D290" t="s">
+        <v>170</v>
+      </c>
+      <c r="E290" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
+        <v>119</v>
+      </c>
+      <c r="G290" t="s">
+        <v>22</v>
+      </c>
+      <c r="H290">
+        <v>2012</v>
+      </c>
+      <c r="I290">
+        <v>2017</v>
+      </c>
+      <c r="J290" t="s">
+        <v>120</v>
+      </c>
+      <c r="K290" t="s">
+        <v>34</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1529</v>
+      </c>
+      <c r="M290" t="s">
+        <v>113</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1530</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
+      <c r="A291" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C291" t="s">
+        <v>491</v>
+      </c>
+      <c r="D291" t="s">
+        <v>137</v>
+      </c>
+      <c r="E291" t="s">
+        <v>20</v>
+      </c>
+      <c r="F291" t="s">
+        <v>21</v>
+      </c>
+      <c r="G291" t="s">
+        <v>22</v>
+      </c>
+      <c r="H291">
+        <v>2008</v>
+      </c>
+      <c r="I291">
+        <v>2016</v>
+      </c>
+      <c r="J291" t="s">
+        <v>499</v>
+      </c>
+      <c r="K291" t="s">
+        <v>34</v>
+      </c>
+      <c r="L291"/>
+      <c r="M291" t="s">
+        <v>493</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1534</v>
+      </c>
+      <c r="P291" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
+      <c r="A292" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C292" t="s">
+        <v>491</v>
+      </c>
+      <c r="D292" t="s">
+        <v>891</v>
+      </c>
+      <c r="E292" t="s">
+        <v>20</v>
+      </c>
+      <c r="F292" t="s">
+        <v>21</v>
+      </c>
+      <c r="G292" t="s">
+        <v>22</v>
+      </c>
+      <c r="H292">
+        <v>2011</v>
+      </c>
+      <c r="I292">
+        <v>2011</v>
+      </c>
+      <c r="J292" t="s">
+        <v>499</v>
+      </c>
+      <c r="K292" t="s">
+        <v>34</v>
+      </c>
+      <c r="L292" t="s">
+        <v>1537</v>
+      </c>
+      <c r="M292" t="s">
+        <v>493</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1538</v>
+      </c>
+      <c r="P292" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
+      <c r="A293" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B293" t="s">
+        <v>490</v>
+      </c>
+      <c r="C293" t="s">
+        <v>491</v>
+      </c>
+      <c r="D293" t="s">
+        <v>78</v>
+      </c>
+      <c r="E293" t="s">
+        <v>20</v>
+      </c>
+      <c r="F293" t="s">
+        <v>21</v>
+      </c>
+      <c r="G293" t="s">
+        <v>22</v>
+      </c>
+      <c r="H293">
+        <v>1993</v>
+      </c>
+      <c r="I293">
+        <v>2009</v>
+      </c>
+      <c r="J293" t="s">
+        <v>111</v>
+      </c>
+      <c r="K293" t="s">
+        <v>34</v>
+      </c>
+      <c r="L293" t="s">
+        <v>492</v>
+      </c>
+      <c r="M293" t="s">
+        <v>493</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1540</v>
+      </c>
+      <c r="P293" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
+      <c r="A294" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C294" t="s">
+        <v>491</v>
+      </c>
+      <c r="D294" t="s">
+        <v>143</v>
+      </c>
+      <c r="E294" t="s">
+        <v>20</v>
+      </c>
+      <c r="F294" t="s">
+        <v>21</v>
+      </c>
+      <c r="G294" t="s">
+        <v>22</v>
+      </c>
+      <c r="H294">
+        <v>1994</v>
+      </c>
+      <c r="I294">
         <v>2003</v>
       </c>
-      <c r="H254">
+      <c r="J294" t="s">
+        <v>499</v>
+      </c>
+      <c r="K294" t="s">
+        <v>34</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1543</v>
+      </c>
+      <c r="M294" t="s">
+        <v>493</v>
+      </c>
+      <c r="N294" t="s">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1544</v>
+      </c>
+      <c r="P294" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
+      <c r="A295" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C295" t="s">
+        <v>483</v>
+      </c>
+      <c r="D295" t="s">
+        <v>78</v>
+      </c>
+      <c r="E295" t="s">
+        <v>20</v>
+      </c>
+      <c r="F295" t="s">
+        <v>21</v>
+      </c>
+      <c r="G295" t="s">
+        <v>22</v>
+      </c>
+      <c r="H295">
+        <v>2011</v>
+      </c>
+      <c r="I295">
+        <v>2022</v>
+      </c>
+      <c r="J295" t="s">
+        <v>981</v>
+      </c>
+      <c r="K295" t="s">
+        <v>34</v>
+      </c>
+      <c r="L295" t="s">
+        <v>1547</v>
+      </c>
+      <c r="M295" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N295" t="s">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1548</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
+      <c r="A296" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C296" t="s">
+        <v>483</v>
+      </c>
+      <c r="D296" t="s">
+        <v>355</v>
+      </c>
+      <c r="E296" t="s">
+        <v>20</v>
+      </c>
+      <c r="F296" t="s">
+        <v>21</v>
+      </c>
+      <c r="G296" t="s">
+        <v>8</v>
+      </c>
+      <c r="H296">
+        <v>2014</v>
+      </c>
+      <c r="I296">
+        <v>2022</v>
+      </c>
+      <c r="J296" t="s">
+        <v>981</v>
+      </c>
+      <c r="K296" t="s">
+        <v>34</v>
+      </c>
+      <c r="L296" t="s">
+        <v>1552</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1553</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
+      <c r="A297" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B297" t="s">
+        <v>527</v>
+      </c>
+      <c r="C297" t="s">
+        <v>491</v>
+      </c>
+      <c r="D297" t="s">
+        <v>224</v>
+      </c>
+      <c r="E297" t="s">
+        <v>20</v>
+      </c>
+      <c r="F297" t="s">
+        <v>21</v>
+      </c>
+      <c r="G297" t="s">
+        <v>22</v>
+      </c>
+      <c r="H297">
         <v>2010</v>
       </c>
-      <c r="I254" t="s">
-[...37 lines deleted...]
-      <c r="G255">
+      <c r="I297">
+        <v>2010</v>
+      </c>
+      <c r="J297" t="s">
+        <v>111</v>
+      </c>
+      <c r="K297" t="s">
+        <v>34</v>
+      </c>
+      <c r="L297" t="s">
+        <v>528</v>
+      </c>
+      <c r="M297" t="s">
+        <v>493</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1556</v>
+      </c>
+      <c r="P297" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16">
+      <c r="A298" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B298" t="s">
+        <v>497</v>
+      </c>
+      <c r="C298" t="s">
+        <v>491</v>
+      </c>
+      <c r="D298" t="s">
+        <v>498</v>
+      </c>
+      <c r="E298" t="s">
+        <v>20</v>
+      </c>
+      <c r="F298" t="s">
+        <v>21</v>
+      </c>
+      <c r="G298" t="s">
+        <v>22</v>
+      </c>
+      <c r="H298">
+        <v>2012</v>
+      </c>
+      <c r="I298">
+        <v>2012</v>
+      </c>
+      <c r="J298" t="s">
+        <v>499</v>
+      </c>
+      <c r="K298" t="s">
+        <v>34</v>
+      </c>
+      <c r="L298"/>
+      <c r="M298" t="s">
+        <v>493</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
+        <v>1558</v>
+      </c>
+      <c r="P298" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16">
+      <c r="A299" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C299" t="s">
+        <v>491</v>
+      </c>
+      <c r="D299" t="s">
+        <v>347</v>
+      </c>
+      <c r="E299" t="s">
+        <v>20</v>
+      </c>
+      <c r="F299" t="s">
+        <v>21</v>
+      </c>
+      <c r="G299" t="s">
+        <v>22</v>
+      </c>
+      <c r="H299">
         <v>2002</v>
       </c>
-      <c r="H255">
+      <c r="I299">
+        <v>2007</v>
+      </c>
+      <c r="J299" t="s">
+        <v>499</v>
+      </c>
+      <c r="K299" t="s">
+        <v>34</v>
+      </c>
+      <c r="L299" t="s">
+        <v>532</v>
+      </c>
+      <c r="M299" t="s">
+        <v>493</v>
+      </c>
+      <c r="N299" t="s">
+        <v>27</v>
+      </c>
+      <c r="O299" t="s">
+        <v>1561</v>
+      </c>
+      <c r="P299" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16">
+      <c r="A300" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C300" t="s">
+        <v>491</v>
+      </c>
+      <c r="D300" t="s">
+        <v>286</v>
+      </c>
+      <c r="E300" t="s">
+        <v>20</v>
+      </c>
+      <c r="F300" t="s">
+        <v>21</v>
+      </c>
+      <c r="G300" t="s">
+        <v>22</v>
+      </c>
+      <c r="H300">
+        <v>2011</v>
+      </c>
+      <c r="I300">
+        <v>2015</v>
+      </c>
+      <c r="J300" t="s">
+        <v>499</v>
+      </c>
+      <c r="K300" t="s">
+        <v>34</v>
+      </c>
+      <c r="L300"/>
+      <c r="M300" t="s">
+        <v>493</v>
+      </c>
+      <c r="N300" t="s">
+        <v>27</v>
+      </c>
+      <c r="O300" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P300" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16">
+      <c r="A301" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B301" t="s">
+        <v>507</v>
+      </c>
+      <c r="C301" t="s">
+        <v>491</v>
+      </c>
+      <c r="D301" t="s">
+        <v>508</v>
+      </c>
+      <c r="E301" t="s">
+        <v>20</v>
+      </c>
+      <c r="F301" t="s">
+        <v>21</v>
+      </c>
+      <c r="G301" t="s">
+        <v>22</v>
+      </c>
+      <c r="H301">
+        <v>2012</v>
+      </c>
+      <c r="I301">
+        <v>2012</v>
+      </c>
+      <c r="J301" t="s">
+        <v>509</v>
+      </c>
+      <c r="K301" t="s">
+        <v>34</v>
+      </c>
+      <c r="L301"/>
+      <c r="M301" t="s">
+        <v>493</v>
+      </c>
+      <c r="N301" t="s">
+        <v>27</v>
+      </c>
+      <c r="O301" t="s">
+        <v>1566</v>
+      </c>
+      <c r="P301" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16">
+      <c r="A302" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B302" t="s">
+        <v>535</v>
+      </c>
+      <c r="C302" t="s">
+        <v>491</v>
+      </c>
+      <c r="D302" t="s">
+        <v>957</v>
+      </c>
+      <c r="E302" t="s">
+        <v>20</v>
+      </c>
+      <c r="F302" t="s">
+        <v>21</v>
+      </c>
+      <c r="G302" t="s">
+        <v>22</v>
+      </c>
+      <c r="H302">
+        <v>1994</v>
+      </c>
+      <c r="I302">
+        <v>2003</v>
+      </c>
+      <c r="J302" t="s">
+        <v>111</v>
+      </c>
+      <c r="K302" t="s">
+        <v>34</v>
+      </c>
+      <c r="L302"/>
+      <c r="M302" t="s">
+        <v>493</v>
+      </c>
+      <c r="N302" t="s">
+        <v>27</v>
+      </c>
+      <c r="O302" t="s">
+        <v>1568</v>
+      </c>
+      <c r="P302" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16">
+      <c r="A303" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C303" t="s">
+        <v>491</v>
+      </c>
+      <c r="D303" t="s">
+        <v>143</v>
+      </c>
+      <c r="E303" t="s">
+        <v>20</v>
+      </c>
+      <c r="F303" t="s">
+        <v>21</v>
+      </c>
+      <c r="G303" t="s">
+        <v>22</v>
+      </c>
+      <c r="H303">
+        <v>1994</v>
+      </c>
+      <c r="I303">
+        <v>2004</v>
+      </c>
+      <c r="J303" t="s">
+        <v>499</v>
+      </c>
+      <c r="K303" t="s">
+        <v>34</v>
+      </c>
+      <c r="L303" t="s">
+        <v>1571</v>
+      </c>
+      <c r="M303" t="s">
+        <v>493</v>
+      </c>
+      <c r="N303" t="s">
+        <v>27</v>
+      </c>
+      <c r="O303" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P303" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16">
+      <c r="A304" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C304" t="s">
+        <v>491</v>
+      </c>
+      <c r="D304" t="s">
+        <v>476</v>
+      </c>
+      <c r="E304" t="s">
+        <v>20</v>
+      </c>
+      <c r="F304" t="s">
+        <v>21</v>
+      </c>
+      <c r="G304" t="s">
+        <v>22</v>
+      </c>
+      <c r="H304">
+        <v>2004</v>
+      </c>
+      <c r="I304">
+        <v>2010</v>
+      </c>
+      <c r="J304" t="s">
+        <v>111</v>
+      </c>
+      <c r="K304" t="s">
+        <v>34</v>
+      </c>
+      <c r="L304"/>
+      <c r="M304" t="s">
+        <v>493</v>
+      </c>
+      <c r="N304" t="s">
+        <v>27</v>
+      </c>
+      <c r="O304" t="s">
+        <v>1575</v>
+      </c>
+      <c r="P304" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16">
+      <c r="A305" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B305" t="s">
+        <v>523</v>
+      </c>
+      <c r="C305" t="s">
+        <v>491</v>
+      </c>
+      <c r="D305" t="s">
+        <v>198</v>
+      </c>
+      <c r="E305" t="s">
+        <v>20</v>
+      </c>
+      <c r="F305" t="s">
+        <v>21</v>
+      </c>
+      <c r="G305" t="s">
+        <v>22</v>
+      </c>
+      <c r="H305">
+        <v>2010</v>
+      </c>
+      <c r="I305">
+        <v>2015</v>
+      </c>
+      <c r="J305" t="s">
+        <v>499</v>
+      </c>
+      <c r="K305" t="s">
+        <v>199</v>
+      </c>
+      <c r="L305" t="s">
+        <v>524</v>
+      </c>
+      <c r="M305" t="s">
+        <v>493</v>
+      </c>
+      <c r="N305" t="s">
+        <v>27</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1577</v>
+      </c>
+      <c r="P305" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16">
+      <c r="A306" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C306" t="s">
+        <v>483</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E306" t="s">
+        <v>20</v>
+      </c>
+      <c r="F306" t="s">
+        <v>21</v>
+      </c>
+      <c r="G306" t="s">
+        <v>8</v>
+      </c>
+      <c r="H306">
+        <v>2015</v>
+      </c>
+      <c r="I306">
+        <v>2019</v>
+      </c>
+      <c r="J306" t="s">
+        <v>981</v>
+      </c>
+      <c r="K306" t="s">
+        <v>34</v>
+      </c>
+      <c r="L306" t="s">
+        <v>1581</v>
+      </c>
+      <c r="M306" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N306" t="s">
+        <v>27</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1582</v>
+      </c>
+      <c r="P306" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16">
+      <c r="A307" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C307" t="s">
+        <v>483</v>
+      </c>
+      <c r="D307" t="s">
+        <v>957</v>
+      </c>
+      <c r="E307" t="s">
+        <v>20</v>
+      </c>
+      <c r="F307" t="s">
+        <v>21</v>
+      </c>
+      <c r="G307" t="s">
+        <v>8</v>
+      </c>
+      <c r="H307">
+        <v>2015</v>
+      </c>
+      <c r="I307">
+        <v>2024</v>
+      </c>
+      <c r="J307" t="s">
+        <v>601</v>
+      </c>
+      <c r="K307" t="s">
+        <v>34</v>
+      </c>
+      <c r="L307"/>
+      <c r="M307" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N307" t="s">
+        <v>27</v>
+      </c>
+      <c r="O307" t="s">
+        <v>1585</v>
+      </c>
+      <c r="P307" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16">
+      <c r="A308" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C308" t="s">
+        <v>491</v>
+      </c>
+      <c r="D308" t="s">
+        <v>269</v>
+      </c>
+      <c r="E308" t="s">
+        <v>20</v>
+      </c>
+      <c r="F308" t="s">
+        <v>21</v>
+      </c>
+      <c r="G308" t="s">
+        <v>22</v>
+      </c>
+      <c r="H308">
         <v>2002</v>
       </c>
-      <c r="I255" t="s">
-[...40 lines deleted...]
-      <c r="H256">
+      <c r="I308">
+        <v>2006</v>
+      </c>
+      <c r="J308" t="s">
+        <v>499</v>
+      </c>
+      <c r="K308" t="s">
+        <v>34</v>
+      </c>
+      <c r="L308" t="s">
+        <v>504</v>
+      </c>
+      <c r="M308" t="s">
+        <v>493</v>
+      </c>
+      <c r="N308" t="s">
+        <v>27</v>
+      </c>
+      <c r="O308" t="s">
+        <v>1588</v>
+      </c>
+      <c r="P308" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16">
+      <c r="A309" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C309" t="s">
+        <v>109</v>
+      </c>
+      <c r="D309" t="s">
+        <v>251</v>
+      </c>
+      <c r="E309" t="s">
+        <v>20</v>
+      </c>
+      <c r="F309" t="s">
+        <v>21</v>
+      </c>
+      <c r="G309" t="s">
+        <v>22</v>
+      </c>
+      <c r="H309">
+        <v>2003</v>
+      </c>
+      <c r="I309">
+        <v>2018</v>
+      </c>
+      <c r="J309" t="s">
+        <v>120</v>
+      </c>
+      <c r="K309" t="s">
+        <v>34</v>
+      </c>
+      <c r="L309" t="s">
+        <v>1591</v>
+      </c>
+      <c r="M309" t="s">
+        <v>113</v>
+      </c>
+      <c r="N309" t="s">
+        <v>27</v>
+      </c>
+      <c r="O309" t="s">
+        <v>1592</v>
+      </c>
+      <c r="P309" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16">
+      <c r="A310" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C310" t="s">
+        <v>109</v>
+      </c>
+      <c r="D310" t="s">
+        <v>304</v>
+      </c>
+      <c r="E310" t="s">
+        <v>20</v>
+      </c>
+      <c r="F310" t="s">
+        <v>21</v>
+      </c>
+      <c r="G310" t="s">
+        <v>22</v>
+      </c>
+      <c r="H310">
+        <v>2005</v>
+      </c>
+      <c r="I310">
+        <v>2018</v>
+      </c>
+      <c r="J310" t="s">
+        <v>120</v>
+      </c>
+      <c r="K310" t="s">
+        <v>199</v>
+      </c>
+      <c r="L310" t="s">
+        <v>1595</v>
+      </c>
+      <c r="M310" t="s">
+        <v>113</v>
+      </c>
+      <c r="N310" t="s">
+        <v>27</v>
+      </c>
+      <c r="O310" t="s">
+        <v>1596</v>
+      </c>
+      <c r="P310" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16">
+      <c r="A311" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B311" t="s">
+        <v>539</v>
+      </c>
+      <c r="C311" t="s">
+        <v>491</v>
+      </c>
+      <c r="D311" t="s">
+        <v>540</v>
+      </c>
+      <c r="E311" t="s">
+        <v>20</v>
+      </c>
+      <c r="F311" t="s">
+        <v>21</v>
+      </c>
+      <c r="G311" t="s">
+        <v>22</v>
+      </c>
+      <c r="H311">
+        <v>2001</v>
+      </c>
+      <c r="I311">
+        <v>2010</v>
+      </c>
+      <c r="J311" t="s">
+        <v>499</v>
+      </c>
+      <c r="K311" t="s">
+        <v>199</v>
+      </c>
+      <c r="L311" t="s">
+        <v>541</v>
+      </c>
+      <c r="M311" t="s">
+        <v>493</v>
+      </c>
+      <c r="N311" t="s">
+        <v>27</v>
+      </c>
+      <c r="O311" t="s">
+        <v>1598</v>
+      </c>
+      <c r="P311" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16">
+      <c r="A312" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B312" t="s">
+        <v>544</v>
+      </c>
+      <c r="C312" t="s">
+        <v>491</v>
+      </c>
+      <c r="D312" t="s">
+        <v>96</v>
+      </c>
+      <c r="E312" t="s">
+        <v>20</v>
+      </c>
+      <c r="F312" t="s">
+        <v>21</v>
+      </c>
+      <c r="G312" t="s">
+        <v>22</v>
+      </c>
+      <c r="H312">
         <v>2009</v>
       </c>
-      <c r="I256" t="s">
-[...40 lines deleted...]
-      <c r="H257">
+      <c r="I312">
+        <v>2014</v>
+      </c>
+      <c r="J312" t="s">
+        <v>111</v>
+      </c>
+      <c r="K312" t="s">
+        <v>34</v>
+      </c>
+      <c r="L312" t="s">
+        <v>545</v>
+      </c>
+      <c r="M312" t="s">
+        <v>493</v>
+      </c>
+      <c r="N312" t="s">
+        <v>27</v>
+      </c>
+      <c r="O312" t="s">
+        <v>1600</v>
+      </c>
+      <c r="P312" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16">
+      <c r="A313" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C313" t="s">
+        <v>637</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E313" t="s">
+        <v>20</v>
+      </c>
+      <c r="F313" t="s">
+        <v>119</v>
+      </c>
+      <c r="G313" t="s">
+        <v>22</v>
+      </c>
+      <c r="H313">
+        <v>2022</v>
+      </c>
+      <c r="I313">
+        <v>2024</v>
+      </c>
+      <c r="J313" t="s">
+        <v>433</v>
+      </c>
+      <c r="K313" t="s">
+        <v>34</v>
+      </c>
+      <c r="L313" t="s">
+        <v>1605</v>
+      </c>
+      <c r="M313" t="s">
+        <v>1606</v>
+      </c>
+      <c r="N313" t="s">
+        <v>27</v>
+      </c>
+      <c r="O313" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P313" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16">
+      <c r="A314" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D314" t="s">
+        <v>96</v>
+      </c>
+      <c r="E314" t="s">
+        <v>20</v>
+      </c>
+      <c r="F314" t="s">
+        <v>21</v>
+      </c>
+      <c r="G314" t="s">
+        <v>22</v>
+      </c>
+      <c r="H314">
         <v>2010</v>
       </c>
-      <c r="I257" t="s">
-[...1480 lines deleted...]
-      <c r="H291">
+      <c r="I314">
         <v>2010</v>
       </c>
-      <c r="I291" t="s">
-[...995 lines deleted...]
-      </c>
       <c r="J314" t="s">
-        <v>29</v>
+        <v>1475</v>
       </c>
       <c r="K314" t="s">
-        <v>1077</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L314"/>
       <c r="M314" t="s">
-        <v>24</v>
+        <v>1612</v>
       </c>
       <c r="N314" t="s">
-        <v>1078</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O314" t="s">
+        <v>1613</v>
+      </c>
+      <c r="P314" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16">
       <c r="A315" t="s">
-        <v>1079</v>
+        <v>1615</v>
       </c>
       <c r="B315" t="s">
-        <v>340</v>
+        <v>1616</v>
       </c>
       <c r="C315" t="s">
-        <v>329</v>
+        <v>491</v>
       </c>
       <c r="D315" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="E315" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F315" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>21</v>
+      </c>
+      <c r="G315" t="s">
+        <v>22</v>
       </c>
       <c r="H315">
         <v>2010</v>
       </c>
-      <c r="I315" t="s">
-        <v>84</v>
+      <c r="I315">
+        <v>2012</v>
       </c>
       <c r="J315" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="K315" t="s">
+        <v>34</v>
+      </c>
+      <c r="L315"/>
       <c r="M315" t="s">
-        <v>24</v>
+        <v>493</v>
       </c>
       <c r="N315" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O315" t="s">
+        <v>1617</v>
+      </c>
+      <c r="P315" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1081</v>
+        <v>1618</v>
       </c>
       <c r="B316" t="s">
-        <v>340</v>
+        <v>1619</v>
       </c>
       <c r="C316" t="s">
-        <v>147</v>
+        <v>491</v>
       </c>
       <c r="D316" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E316" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F316" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G316" t="s">
+        <v>22</v>
       </c>
       <c r="H316">
+        <v>1992</v>
+      </c>
+      <c r="I316">
+        <v>2004</v>
+      </c>
+      <c r="J316" t="s">
+        <v>111</v>
+      </c>
+      <c r="K316" t="s">
+        <v>34</v>
+      </c>
+      <c r="L316" t="s">
+        <v>528</v>
+      </c>
+      <c r="M316" t="s">
+        <v>493</v>
+      </c>
+      <c r="N316" t="s">
+        <v>27</v>
+      </c>
+      <c r="O316" t="s">
+        <v>1620</v>
+      </c>
+      <c r="P316" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16">
+      <c r="A317" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C317" t="s">
+        <v>483</v>
+      </c>
+      <c r="D317" t="s">
+        <v>224</v>
+      </c>
+      <c r="E317" t="s">
+        <v>20</v>
+      </c>
+      <c r="F317" t="s">
+        <v>21</v>
+      </c>
+      <c r="G317" t="s">
+        <v>22</v>
+      </c>
+      <c r="H317">
+        <v>2011</v>
+      </c>
+      <c r="I317">
+        <v>2022</v>
+      </c>
+      <c r="J317" t="s">
+        <v>981</v>
+      </c>
+      <c r="K317" t="s">
+        <v>34</v>
+      </c>
+      <c r="L317" t="s">
+        <v>1624</v>
+      </c>
+      <c r="M317" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N317" t="s">
+        <v>27</v>
+      </c>
+      <c r="O317" t="s">
+        <v>1625</v>
+      </c>
+      <c r="P317" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16">
+      <c r="A318" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C318" t="s">
+        <v>483</v>
+      </c>
+      <c r="D318" t="s">
+        <v>224</v>
+      </c>
+      <c r="E318" t="s">
+        <v>20</v>
+      </c>
+      <c r="F318" t="s">
+        <v>21</v>
+      </c>
+      <c r="G318" t="s">
+        <v>22</v>
+      </c>
+      <c r="H318">
+        <v>2011</v>
+      </c>
+      <c r="I318">
+        <v>2025</v>
+      </c>
+      <c r="J318" t="s">
+        <v>601</v>
+      </c>
+      <c r="K318" t="s">
+        <v>34</v>
+      </c>
+      <c r="L318"/>
+      <c r="M318" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N318" t="s">
+        <v>27</v>
+      </c>
+      <c r="O318" t="s">
+        <v>1628</v>
+      </c>
+      <c r="P318" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16">
+      <c r="A319" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C319" t="s">
+        <v>491</v>
+      </c>
+      <c r="D319" t="s">
+        <v>799</v>
+      </c>
+      <c r="E319" t="s">
+        <v>20</v>
+      </c>
+      <c r="F319" t="s">
+        <v>21</v>
+      </c>
+      <c r="G319" t="s">
+        <v>22</v>
+      </c>
+      <c r="H319">
         <v>2015</v>
       </c>
-      <c r="I316" t="s">
-[...37 lines deleted...]
-      <c r="G317">
+      <c r="I319">
+        <v>2019</v>
+      </c>
+      <c r="J319" t="s">
+        <v>60</v>
+      </c>
+      <c r="K319" t="s">
+        <v>34</v>
+      </c>
+      <c r="L319"/>
+      <c r="M319" t="s">
+        <v>1631</v>
+      </c>
+      <c r="N319" t="s">
+        <v>27</v>
+      </c>
+      <c r="O319" t="s">
+        <v>1632</v>
+      </c>
+      <c r="P319" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16">
+      <c r="A320" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C320" t="s">
+        <v>483</v>
+      </c>
+      <c r="D320" t="s">
+        <v>78</v>
+      </c>
+      <c r="E320" t="s">
+        <v>20</v>
+      </c>
+      <c r="F320" t="s">
+        <v>21</v>
+      </c>
+      <c r="G320" t="s">
+        <v>8</v>
+      </c>
+      <c r="H320">
+        <v>2011</v>
+      </c>
+      <c r="I320">
+        <v>2022</v>
+      </c>
+      <c r="J320" t="s">
+        <v>981</v>
+      </c>
+      <c r="K320" t="s">
+        <v>34</v>
+      </c>
+      <c r="L320" t="s">
+        <v>1636</v>
+      </c>
+      <c r="M320" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N320" t="s">
+        <v>27</v>
+      </c>
+      <c r="O320" t="s">
+        <v>1637</v>
+      </c>
+      <c r="P320" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C321" t="s">
+        <v>483</v>
+      </c>
+      <c r="D321" t="s">
+        <v>78</v>
+      </c>
+      <c r="E321" t="s">
+        <v>20</v>
+      </c>
+      <c r="F321" t="s">
+        <v>21</v>
+      </c>
+      <c r="G321" t="s">
+        <v>22</v>
+      </c>
+      <c r="H321">
+        <v>2011</v>
+      </c>
+      <c r="I321">
+        <v>2025</v>
+      </c>
+      <c r="J321" t="s">
+        <v>601</v>
+      </c>
+      <c r="K321" t="s">
+        <v>34</v>
+      </c>
+      <c r="L321"/>
+      <c r="M321" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N321" t="s">
+        <v>27</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1640</v>
+      </c>
+      <c r="P321" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16">
+      <c r="A322" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C322" t="s">
+        <v>491</v>
+      </c>
+      <c r="D322" t="s">
+        <v>170</v>
+      </c>
+      <c r="E322" t="s">
+        <v>20</v>
+      </c>
+      <c r="F322" t="s">
+        <v>21</v>
+      </c>
+      <c r="G322" t="s">
+        <v>22</v>
+      </c>
+      <c r="H322">
+        <v>2012</v>
+      </c>
+      <c r="I322">
+        <v>2012</v>
+      </c>
+      <c r="J322" t="s">
+        <v>499</v>
+      </c>
+      <c r="K322" t="s">
+        <v>34</v>
+      </c>
+      <c r="L322"/>
+      <c r="M322" t="s">
+        <v>493</v>
+      </c>
+      <c r="N322" t="s">
+        <v>27</v>
+      </c>
+      <c r="O322" t="s">
+        <v>1643</v>
+      </c>
+      <c r="P322" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16">
+      <c r="A323" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C323" t="s">
+        <v>491</v>
+      </c>
+      <c r="D323" t="s">
+        <v>388</v>
+      </c>
+      <c r="E323" t="s">
+        <v>20</v>
+      </c>
+      <c r="F323" t="s">
+        <v>21</v>
+      </c>
+      <c r="G323" t="s">
+        <v>22</v>
+      </c>
+      <c r="H323">
+        <v>2012</v>
+      </c>
+      <c r="I323">
+        <v>2016</v>
+      </c>
+      <c r="J323" t="s">
+        <v>499</v>
+      </c>
+      <c r="K323" t="s">
+        <v>34</v>
+      </c>
+      <c r="L323"/>
+      <c r="M323" t="s">
+        <v>493</v>
+      </c>
+      <c r="N323" t="s">
+        <v>27</v>
+      </c>
+      <c r="O323" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P323" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16">
+      <c r="A324" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C324" t="s">
+        <v>491</v>
+      </c>
+      <c r="D324" t="s">
+        <v>388</v>
+      </c>
+      <c r="E324" t="s">
+        <v>20</v>
+      </c>
+      <c r="F324" t="s">
+        <v>21</v>
+      </c>
+      <c r="G324" t="s">
+        <v>22</v>
+      </c>
+      <c r="H324">
+        <v>2012</v>
+      </c>
+      <c r="I324">
         <v>2015</v>
       </c>
-      <c r="H317">
-[...82 lines deleted...]
-      <c r="G319">
+      <c r="J324" t="s">
+        <v>499</v>
+      </c>
+      <c r="K324" t="s">
+        <v>34</v>
+      </c>
+      <c r="L324"/>
+      <c r="M324" t="s">
+        <v>493</v>
+      </c>
+      <c r="N324" t="s">
+        <v>27</v>
+      </c>
+      <c r="O324" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P324" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16">
+      <c r="A325" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C325" t="s">
+        <v>491</v>
+      </c>
+      <c r="D325" t="s">
+        <v>269</v>
+      </c>
+      <c r="E325" t="s">
+        <v>20</v>
+      </c>
+      <c r="F325" t="s">
+        <v>21</v>
+      </c>
+      <c r="G325" t="s">
+        <v>22</v>
+      </c>
+      <c r="H325">
         <v>2002</v>
       </c>
-      <c r="H319">
+      <c r="I325">
+        <v>2004</v>
+      </c>
+      <c r="J325" t="s">
+        <v>499</v>
+      </c>
+      <c r="K325" t="s">
+        <v>34</v>
+      </c>
+      <c r="L325" t="s">
+        <v>504</v>
+      </c>
+      <c r="M325" t="s">
+        <v>493</v>
+      </c>
+      <c r="N325" t="s">
+        <v>27</v>
+      </c>
+      <c r="O325" t="s">
+        <v>1651</v>
+      </c>
+      <c r="P325" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16">
+      <c r="A326" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C326" t="s">
+        <v>109</v>
+      </c>
+      <c r="D326" t="s">
+        <v>137</v>
+      </c>
+      <c r="E326" t="s">
+        <v>20</v>
+      </c>
+      <c r="F326" t="s">
+        <v>21</v>
+      </c>
+      <c r="G326" t="s">
+        <v>22</v>
+      </c>
+      <c r="H326">
+        <v>2002</v>
+      </c>
+      <c r="I326">
         <v>2006</v>
       </c>
-      <c r="I319" t="s">
-[...307 lines deleted...]
-      </c>
       <c r="J326" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K326"/>
+        <v>120</v>
+      </c>
+      <c r="K326" t="s">
+        <v>34</v>
+      </c>
       <c r="L326" t="s">
-        <v>342</v>
+        <v>1654</v>
       </c>
       <c r="M326" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="N326" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O326" t="s">
+        <v>1655</v>
+      </c>
+      <c r="P326" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16">
       <c r="A327" t="s">
-        <v>1111</v>
+        <v>1657</v>
       </c>
       <c r="B327" t="s">
-        <v>340</v>
+        <v>1658</v>
       </c>
       <c r="C327" t="s">
-        <v>165</v>
+        <v>109</v>
       </c>
       <c r="D327" t="s">
-        <v>17</v>
+        <v>388</v>
       </c>
       <c r="E327" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F327" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>21</v>
+      </c>
+      <c r="G327" t="s">
+        <v>22</v>
       </c>
       <c r="H327">
         <v>2004</v>
       </c>
-      <c r="I327" t="s">
-        <v>84</v>
+      <c r="I327">
+        <v>2011</v>
       </c>
       <c r="J327" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="K327" t="s">
-        <v>367</v>
+        <v>34</v>
       </c>
       <c r="L327" t="s">
-        <v>342</v>
+        <v>1659</v>
       </c>
       <c r="M327" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="N327" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O327" t="s">
+        <v>1660</v>
+      </c>
+      <c r="P327" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1113</v>
+        <v>1662</v>
       </c>
       <c r="B328" t="s">
-        <v>334</v>
+        <v>1663</v>
       </c>
       <c r="C328" t="s">
-        <v>165</v>
+        <v>1664</v>
       </c>
       <c r="D328" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="E328" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F328" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G328">
+        <v>21</v>
+      </c>
+      <c r="G328" t="s">
+        <v>22</v>
+      </c>
+      <c r="H328">
+        <v>2003</v>
+      </c>
+      <c r="I328">
+        <v>2005</v>
+      </c>
+      <c r="J328" t="s">
+        <v>60</v>
+      </c>
+      <c r="K328" t="s">
+        <v>34</v>
+      </c>
+      <c r="L328"/>
+      <c r="M328" t="s">
+        <v>1665</v>
+      </c>
+      <c r="N328" t="s">
+        <v>27</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1666</v>
+      </c>
+      <c r="P328" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16">
+      <c r="A329" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B329"/>
+      <c r="C329" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D329" t="s">
+        <v>498</v>
+      </c>
+      <c r="E329" t="s">
+        <v>20</v>
+      </c>
+      <c r="F329" t="s">
+        <v>21</v>
+      </c>
+      <c r="G329" t="s">
+        <v>22</v>
+      </c>
+      <c r="H329">
         <v>2011</v>
       </c>
-      <c r="H328">
-[...40 lines deleted...]
-      <c r="G329">
+      <c r="I329">
+        <v>2018</v>
+      </c>
+      <c r="J329" t="s">
+        <v>60</v>
+      </c>
+      <c r="K329" t="s">
+        <v>34</v>
+      </c>
+      <c r="L329"/>
+      <c r="M329" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N329" t="s">
+        <v>27</v>
+      </c>
+      <c r="O329" t="s">
+        <v>1670</v>
+      </c>
+      <c r="P329" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16">
+      <c r="A330" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D330" t="s">
+        <v>953</v>
+      </c>
+      <c r="E330" t="s">
+        <v>20</v>
+      </c>
+      <c r="F330" t="s">
+        <v>21</v>
+      </c>
+      <c r="G330" t="s">
+        <v>22</v>
+      </c>
+      <c r="H330">
+        <v>2001</v>
+      </c>
+      <c r="I330">
+        <v>2018</v>
+      </c>
+      <c r="J330" t="s">
+        <v>60</v>
+      </c>
+      <c r="K330" t="s">
+        <v>34</v>
+      </c>
+      <c r="L330"/>
+      <c r="M330" t="s">
+        <v>1665</v>
+      </c>
+      <c r="N330" t="s">
+        <v>27</v>
+      </c>
+      <c r="O330" t="s">
+        <v>1673</v>
+      </c>
+      <c r="P330" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16">
+      <c r="A331" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D331" t="s">
+        <v>137</v>
+      </c>
+      <c r="E331" t="s">
+        <v>20</v>
+      </c>
+      <c r="F331" t="s">
+        <v>21</v>
+      </c>
+      <c r="G331" t="s">
+        <v>22</v>
+      </c>
+      <c r="H331">
+        <v>2002</v>
+      </c>
+      <c r="I331">
+        <v>2016</v>
+      </c>
+      <c r="J331" t="s">
+        <v>60</v>
+      </c>
+      <c r="K331" t="s">
+        <v>34</v>
+      </c>
+      <c r="L331"/>
+      <c r="M331" t="s">
+        <v>1665</v>
+      </c>
+      <c r="N331" t="s">
+        <v>27</v>
+      </c>
+      <c r="O331" t="s">
+        <v>1676</v>
+      </c>
+      <c r="P331" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16">
+      <c r="A332" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D332" t="s">
+        <v>224</v>
+      </c>
+      <c r="E332" t="s">
+        <v>20</v>
+      </c>
+      <c r="F332" t="s">
+        <v>21</v>
+      </c>
+      <c r="G332" t="s">
+        <v>22</v>
+      </c>
+      <c r="H332">
+        <v>2000</v>
+      </c>
+      <c r="I332">
+        <v>2018</v>
+      </c>
+      <c r="J332" t="s">
+        <v>60</v>
+      </c>
+      <c r="K332" t="s">
+        <v>34</v>
+      </c>
+      <c r="L332"/>
+      <c r="M332" t="s">
+        <v>1665</v>
+      </c>
+      <c r="N332" t="s">
+        <v>27</v>
+      </c>
+      <c r="O332" t="s">
+        <v>1679</v>
+      </c>
+      <c r="P332" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16">
+      <c r="A333" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C333" t="s">
+        <v>109</v>
+      </c>
+      <c r="D333" t="s">
+        <v>380</v>
+      </c>
+      <c r="E333" t="s">
+        <v>20</v>
+      </c>
+      <c r="F333" t="s">
+        <v>21</v>
+      </c>
+      <c r="G333" t="s">
+        <v>22</v>
+      </c>
+      <c r="H333">
+        <v>2005</v>
+      </c>
+      <c r="I333">
         <v>2011</v>
       </c>
-      <c r="H329">
-[...174 lines deleted...]
-      </c>
       <c r="J333" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K333"/>
+        <v>120</v>
+      </c>
+      <c r="K333" t="s">
+        <v>34</v>
+      </c>
       <c r="L333" t="s">
-        <v>342</v>
+        <v>1682</v>
       </c>
       <c r="M333" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="N333" t="s">
-        <v>1127</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O333" t="s">
+        <v>1683</v>
+      </c>
+      <c r="P333" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1128</v>
+        <v>1685</v>
       </c>
       <c r="B334" t="s">
-        <v>340</v>
+        <v>1686</v>
       </c>
       <c r="C334" t="s">
-        <v>271</v>
+        <v>637</v>
       </c>
       <c r="D334" t="s">
-        <v>17</v>
+        <v>1687</v>
       </c>
       <c r="E334" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F334" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>119</v>
+      </c>
+      <c r="G334" t="s">
+        <v>22</v>
       </c>
       <c r="H334">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I334"/>
       <c r="J334" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K334"/>
+        <v>60</v>
+      </c>
+      <c r="K334" t="s">
+        <v>34</v>
+      </c>
       <c r="L334" t="s">
-        <v>342</v>
+        <v>1688</v>
       </c>
       <c r="M334" t="s">
-        <v>24</v>
+        <v>1689</v>
       </c>
       <c r="N334" t="s">
-        <v>1129</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O334" t="s">
+        <v>1690</v>
+      </c>
+      <c r="P334" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1128</v>
+        <v>1692</v>
       </c>
       <c r="B335" t="s">
-        <v>340</v>
+        <v>1693</v>
       </c>
       <c r="C335" t="s">
-        <v>271</v>
+        <v>637</v>
       </c>
       <c r="D335" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E335" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F335" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>119</v>
+      </c>
+      <c r="G335" t="s">
+        <v>22</v>
       </c>
       <c r="H335">
         <v>2015</v>
       </c>
-      <c r="I335" t="s">
-        <v>346</v>
+      <c r="I335">
+        <v>2018</v>
       </c>
       <c r="J335" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K335"/>
+        <v>60</v>
+      </c>
+      <c r="K335" t="s">
+        <v>34</v>
+      </c>
       <c r="L335" t="s">
-        <v>342</v>
+        <v>1694</v>
       </c>
       <c r="M335" t="s">
-        <v>24</v>
+        <v>1606</v>
       </c>
       <c r="N335" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O335" t="s">
+        <v>1695</v>
+      </c>
+      <c r="P335" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1131</v>
+        <v>1697</v>
       </c>
       <c r="B336" t="s">
-        <v>340</v>
+        <v>1698</v>
       </c>
       <c r="C336" t="s">
-        <v>194</v>
+        <v>637</v>
       </c>
       <c r="D336" t="s">
-        <v>17</v>
+        <v>606</v>
       </c>
       <c r="E336" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F336" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G336">
+        <v>42</v>
+      </c>
+      <c r="G336" t="s">
+        <v>22</v>
+      </c>
+      <c r="H336">
+        <v>2013</v>
+      </c>
+      <c r="I336">
+        <v>2016</v>
+      </c>
+      <c r="J336" t="s">
+        <v>60</v>
+      </c>
+      <c r="K336" t="s">
+        <v>34</v>
+      </c>
+      <c r="L336" t="s">
+        <v>1699</v>
+      </c>
+      <c r="M336" t="s">
+        <v>1606</v>
+      </c>
+      <c r="N336" t="s">
+        <v>27</v>
+      </c>
+      <c r="O336" t="s">
+        <v>1700</v>
+      </c>
+      <c r="P336" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16">
+      <c r="A337" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D337" t="s">
+        <v>311</v>
+      </c>
+      <c r="E337" t="s">
+        <v>20</v>
+      </c>
+      <c r="F337" t="s">
+        <v>312</v>
+      </c>
+      <c r="G337" t="s">
+        <v>22</v>
+      </c>
+      <c r="H337">
+        <v>2019</v>
+      </c>
+      <c r="I337">
+        <v>2022</v>
+      </c>
+      <c r="J337" t="s">
+        <v>1705</v>
+      </c>
+      <c r="K337" t="s">
+        <v>252</v>
+      </c>
+      <c r="L337" t="s">
+        <v>314</v>
+      </c>
+      <c r="M337" t="s">
+        <v>1706</v>
+      </c>
+      <c r="N337" t="s">
+        <v>316</v>
+      </c>
+      <c r="O337" t="s">
+        <v>1707</v>
+      </c>
+      <c r="P337" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16">
+      <c r="A338" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D338" t="s">
+        <v>78</v>
+      </c>
+      <c r="E338" t="s">
+        <v>20</v>
+      </c>
+      <c r="F338" t="s">
+        <v>21</v>
+      </c>
+      <c r="G338" t="s">
+        <v>22</v>
+      </c>
+      <c r="H338">
+        <v>2007</v>
+      </c>
+      <c r="I338">
+        <v>2022</v>
+      </c>
+      <c r="J338" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K338" t="s">
+        <v>34</v>
+      </c>
+      <c r="L338"/>
+      <c r="M338" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N338" t="s">
+        <v>27</v>
+      </c>
+      <c r="O338" t="s">
+        <v>1712</v>
+      </c>
+      <c r="P338" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16">
+      <c r="A339" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D339" t="s">
+        <v>96</v>
+      </c>
+      <c r="E339" t="s">
+        <v>20</v>
+      </c>
+      <c r="F339" t="s">
+        <v>21</v>
+      </c>
+      <c r="G339" t="s">
+        <v>22</v>
+      </c>
+      <c r="H339">
+        <v>2006</v>
+      </c>
+      <c r="I339">
+        <v>2010</v>
+      </c>
+      <c r="J339" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K339" t="s">
+        <v>34</v>
+      </c>
+      <c r="L339"/>
+      <c r="M339" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N339" t="s">
+        <v>27</v>
+      </c>
+      <c r="O339" t="s">
+        <v>1716</v>
+      </c>
+      <c r="P339" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16">
+      <c r="A340" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D340" t="s">
+        <v>96</v>
+      </c>
+      <c r="E340" t="s">
+        <v>20</v>
+      </c>
+      <c r="F340" t="s">
+        <v>21</v>
+      </c>
+      <c r="G340" t="s">
+        <v>22</v>
+      </c>
+      <c r="H340">
+        <v>2006</v>
+      </c>
+      <c r="I340">
+        <v>2010</v>
+      </c>
+      <c r="J340" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K340" t="s">
+        <v>34</v>
+      </c>
+      <c r="L340"/>
+      <c r="M340" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N340" t="s">
+        <v>27</v>
+      </c>
+      <c r="O340" t="s">
+        <v>1720</v>
+      </c>
+      <c r="P340" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16">
+      <c r="A341" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D341" t="s">
+        <v>304</v>
+      </c>
+      <c r="E341" t="s">
+        <v>20</v>
+      </c>
+      <c r="F341" t="s">
+        <v>21</v>
+      </c>
+      <c r="G341" t="s">
+        <v>22</v>
+      </c>
+      <c r="H341">
+        <v>2008</v>
+      </c>
+      <c r="I341">
+        <v>2011</v>
+      </c>
+      <c r="J341" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K341" t="s">
+        <v>199</v>
+      </c>
+      <c r="L341"/>
+      <c r="M341" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N341" t="s">
+        <v>27</v>
+      </c>
+      <c r="O341" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P341" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16">
+      <c r="A342" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D342" t="s">
+        <v>298</v>
+      </c>
+      <c r="E342" t="s">
+        <v>20</v>
+      </c>
+      <c r="F342" t="s">
+        <v>21</v>
+      </c>
+      <c r="G342" t="s">
+        <v>22</v>
+      </c>
+      <c r="H342">
+        <v>2007</v>
+      </c>
+      <c r="I342">
+        <v>2011</v>
+      </c>
+      <c r="J342" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K342" t="s">
+        <v>199</v>
+      </c>
+      <c r="L342"/>
+      <c r="M342" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N342" t="s">
+        <v>27</v>
+      </c>
+      <c r="O342" t="s">
+        <v>1728</v>
+      </c>
+      <c r="P342" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16">
+      <c r="A343" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D343" t="s">
+        <v>59</v>
+      </c>
+      <c r="E343" t="s">
+        <v>20</v>
+      </c>
+      <c r="F343" t="s">
+        <v>21</v>
+      </c>
+      <c r="G343" t="s">
+        <v>22</v>
+      </c>
+      <c r="H343">
+        <v>2007</v>
+      </c>
+      <c r="I343">
+        <v>2018</v>
+      </c>
+      <c r="J343" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K343" t="s">
+        <v>34</v>
+      </c>
+      <c r="L343"/>
+      <c r="M343" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N343" t="s">
+        <v>27</v>
+      </c>
+      <c r="O343" t="s">
+        <v>1732</v>
+      </c>
+      <c r="P343" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16">
+      <c r="A344" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D344" t="s">
+        <v>137</v>
+      </c>
+      <c r="E344" t="s">
+        <v>20</v>
+      </c>
+      <c r="F344" t="s">
+        <v>21</v>
+      </c>
+      <c r="G344" t="s">
+        <v>22</v>
+      </c>
+      <c r="H344">
         <v>2002</v>
       </c>
-      <c r="H336">
+      <c r="I344">
+        <v>2017</v>
+      </c>
+      <c r="J344" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K344" t="s">
+        <v>34</v>
+      </c>
+      <c r="L344" t="s">
+        <v>1736</v>
+      </c>
+      <c r="M344" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N344" t="s">
+        <v>27</v>
+      </c>
+      <c r="O344" t="s">
+        <v>1737</v>
+      </c>
+      <c r="P344" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16">
+      <c r="A345" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D345" t="s">
+        <v>158</v>
+      </c>
+      <c r="E345" t="s">
+        <v>20</v>
+      </c>
+      <c r="F345" t="s">
+        <v>21</v>
+      </c>
+      <c r="G345" t="s">
+        <v>22</v>
+      </c>
+      <c r="H345">
+        <v>2008</v>
+      </c>
+      <c r="I345">
+        <v>2017</v>
+      </c>
+      <c r="J345" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K345" t="s">
+        <v>34</v>
+      </c>
+      <c r="L345" t="s">
+        <v>1741</v>
+      </c>
+      <c r="M345" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N345" t="s">
+        <v>27</v>
+      </c>
+      <c r="O345" t="s">
+        <v>1742</v>
+      </c>
+      <c r="P345" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16">
+      <c r="A346" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D346" t="s">
+        <v>708</v>
+      </c>
+      <c r="E346" t="s">
+        <v>20</v>
+      </c>
+      <c r="F346" t="s">
+        <v>21</v>
+      </c>
+      <c r="G346" t="s">
+        <v>22</v>
+      </c>
+      <c r="H346">
+        <v>2014</v>
+      </c>
+      <c r="I346">
+        <v>2025</v>
+      </c>
+      <c r="J346" t="s">
+        <v>601</v>
+      </c>
+      <c r="K346" t="s">
+        <v>34</v>
+      </c>
+      <c r="L346"/>
+      <c r="M346" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N346" t="s">
+        <v>27</v>
+      </c>
+      <c r="O346" t="s">
+        <v>1748</v>
+      </c>
+      <c r="P346" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16">
+      <c r="A347" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D347" t="s">
+        <v>269</v>
+      </c>
+      <c r="E347" t="s">
+        <v>20</v>
+      </c>
+      <c r="F347" t="s">
+        <v>119</v>
+      </c>
+      <c r="G347" t="s">
+        <v>22</v>
+      </c>
+      <c r="H347">
+        <v>2010</v>
+      </c>
+      <c r="I347">
+        <v>2016</v>
+      </c>
+      <c r="J347" t="s">
+        <v>981</v>
+      </c>
+      <c r="K347" t="s">
+        <v>34</v>
+      </c>
+      <c r="L347" t="s">
+        <v>1752</v>
+      </c>
+      <c r="M347" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N347" t="s">
+        <v>27</v>
+      </c>
+      <c r="O347" t="s">
+        <v>1753</v>
+      </c>
+      <c r="P347" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16">
+      <c r="A348" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E348" t="s">
+        <v>20</v>
+      </c>
+      <c r="F348" t="s">
+        <v>21</v>
+      </c>
+      <c r="G348" t="s">
+        <v>22</v>
+      </c>
+      <c r="H348">
         <v>2004</v>
       </c>
-      <c r="I336" t="s">
-[...40 lines deleted...]
-      <c r="H337">
+      <c r="I348">
+        <v>2015</v>
+      </c>
+      <c r="J348" t="s">
+        <v>601</v>
+      </c>
+      <c r="K348" t="s">
+        <v>34</v>
+      </c>
+      <c r="L348" t="s">
+        <v>1758</v>
+      </c>
+      <c r="M348" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N348" t="s">
+        <v>27</v>
+      </c>
+      <c r="O348" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P348" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16">
+      <c r="A349" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D349" t="s">
+        <v>708</v>
+      </c>
+      <c r="E349" t="s">
+        <v>20</v>
+      </c>
+      <c r="F349" t="s">
+        <v>21</v>
+      </c>
+      <c r="G349" t="s">
+        <v>22</v>
+      </c>
+      <c r="H349">
+        <v>1996</v>
+      </c>
+      <c r="I349">
+        <v>2005</v>
+      </c>
+      <c r="J349" t="s">
+        <v>33</v>
+      </c>
+      <c r="K349" t="s">
+        <v>34</v>
+      </c>
+      <c r="L349" t="s">
+        <v>1761</v>
+      </c>
+      <c r="M349" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N349" t="s">
+        <v>27</v>
+      </c>
+      <c r="O349" t="s">
+        <v>1763</v>
+      </c>
+      <c r="P349" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16">
+      <c r="A350" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D350" t="s">
+        <v>184</v>
+      </c>
+      <c r="E350" t="s">
+        <v>20</v>
+      </c>
+      <c r="F350" t="s">
+        <v>119</v>
+      </c>
+      <c r="G350" t="s">
+        <v>22</v>
+      </c>
+      <c r="H350">
         <v>2006</v>
       </c>
-      <c r="I337" t="s">
-[...37 lines deleted...]
-      <c r="G338">
+      <c r="I350">
+        <v>2025</v>
+      </c>
+      <c r="J350" t="s">
+        <v>601</v>
+      </c>
+      <c r="K350" t="s">
+        <v>34</v>
+      </c>
+      <c r="L350" t="s">
+        <v>1767</v>
+      </c>
+      <c r="M350" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N350" t="s">
+        <v>27</v>
+      </c>
+      <c r="O350" t="s">
+        <v>1768</v>
+      </c>
+      <c r="P350" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16">
+      <c r="A351" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E351" t="s">
+        <v>20</v>
+      </c>
+      <c r="F351" t="s">
+        <v>21</v>
+      </c>
+      <c r="G351" t="s">
+        <v>22</v>
+      </c>
+      <c r="H351">
+        <v>1997</v>
+      </c>
+      <c r="I351">
+        <v>2005</v>
+      </c>
+      <c r="J351" t="s">
+        <v>981</v>
+      </c>
+      <c r="K351" t="s">
+        <v>34</v>
+      </c>
+      <c r="L351"/>
+      <c r="M351" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N351" t="s">
+        <v>36</v>
+      </c>
+      <c r="O351" t="s">
+        <v>1772</v>
+      </c>
+      <c r="P351" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16">
+      <c r="A352" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E352" t="s">
+        <v>20</v>
+      </c>
+      <c r="F352" t="s">
+        <v>21</v>
+      </c>
+      <c r="G352" t="s">
+        <v>8</v>
+      </c>
+      <c r="H352">
         <v>2004</v>
       </c>
-      <c r="H338">
+      <c r="I352">
+        <v>2025</v>
+      </c>
+      <c r="J352" t="s">
+        <v>601</v>
+      </c>
+      <c r="K352" t="s">
+        <v>34</v>
+      </c>
+      <c r="L352" t="s">
+        <v>1776</v>
+      </c>
+      <c r="M352" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N352" t="s">
+        <v>27</v>
+      </c>
+      <c r="O352" t="s">
+        <v>1777</v>
+      </c>
+      <c r="P352" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16">
+      <c r="A353" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D353" t="s">
+        <v>137</v>
+      </c>
+      <c r="E353" t="s">
+        <v>20</v>
+      </c>
+      <c r="F353" t="s">
+        <v>21</v>
+      </c>
+      <c r="G353" t="s">
+        <v>8</v>
+      </c>
+      <c r="H353">
+        <v>2016</v>
+      </c>
+      <c r="I353">
+        <v>2025</v>
+      </c>
+      <c r="J353" t="s">
+        <v>601</v>
+      </c>
+      <c r="K353" t="s">
+        <v>34</v>
+      </c>
+      <c r="L353" t="s">
+        <v>1781</v>
+      </c>
+      <c r="M353" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N353" t="s">
+        <v>27</v>
+      </c>
+      <c r="O353" t="s">
+        <v>1782</v>
+      </c>
+      <c r="P353" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16">
+      <c r="A354" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D354" t="s">
+        <v>96</v>
+      </c>
+      <c r="E354" t="s">
+        <v>20</v>
+      </c>
+      <c r="F354" t="s">
+        <v>21</v>
+      </c>
+      <c r="G354" t="s">
+        <v>22</v>
+      </c>
+      <c r="H354">
+        <v>2012</v>
+      </c>
+      <c r="I354">
+        <v>2013</v>
+      </c>
+      <c r="J354" t="s">
+        <v>981</v>
+      </c>
+      <c r="K354" t="s">
+        <v>34</v>
+      </c>
+      <c r="L354" t="s">
+        <v>1784</v>
+      </c>
+      <c r="M354" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N354" t="s">
+        <v>27</v>
+      </c>
+      <c r="O354" t="s">
+        <v>1786</v>
+      </c>
+      <c r="P354" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16">
+      <c r="A355" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D355" t="s">
+        <v>78</v>
+      </c>
+      <c r="E355" t="s">
+        <v>20</v>
+      </c>
+      <c r="F355" t="s">
+        <v>21</v>
+      </c>
+      <c r="G355" t="s">
+        <v>22</v>
+      </c>
+      <c r="H355">
+        <v>1995</v>
+      </c>
+      <c r="I355">
+        <v>2017</v>
+      </c>
+      <c r="J355" t="s">
+        <v>981</v>
+      </c>
+      <c r="K355" t="s">
+        <v>34</v>
+      </c>
+      <c r="L355" t="s">
+        <v>1788</v>
+      </c>
+      <c r="M355" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N355" t="s">
+        <v>27</v>
+      </c>
+      <c r="O355" t="s">
+        <v>1790</v>
+      </c>
+      <c r="P355" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16">
+      <c r="A356" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D356" t="s">
+        <v>78</v>
+      </c>
+      <c r="E356" t="s">
+        <v>20</v>
+      </c>
+      <c r="F356" t="s">
+        <v>21</v>
+      </c>
+      <c r="G356" t="s">
+        <v>22</v>
+      </c>
+      <c r="H356">
+        <v>1995</v>
+      </c>
+      <c r="I356">
+        <v>2018</v>
+      </c>
+      <c r="J356" t="s">
+        <v>981</v>
+      </c>
+      <c r="K356" t="s">
+        <v>34</v>
+      </c>
+      <c r="L356"/>
+      <c r="M356" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N356" t="s">
+        <v>27</v>
+      </c>
+      <c r="O356" t="s">
+        <v>1794</v>
+      </c>
+      <c r="P356" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16">
+      <c r="A357" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D357" t="s">
+        <v>957</v>
+      </c>
+      <c r="E357" t="s">
+        <v>20</v>
+      </c>
+      <c r="F357" t="s">
+        <v>21</v>
+      </c>
+      <c r="G357" t="s">
+        <v>22</v>
+      </c>
+      <c r="H357">
+        <v>2010</v>
+      </c>
+      <c r="I357">
+        <v>2018</v>
+      </c>
+      <c r="J357" t="s">
+        <v>981</v>
+      </c>
+      <c r="K357" t="s">
+        <v>34</v>
+      </c>
+      <c r="L357" t="s">
+        <v>1796</v>
+      </c>
+      <c r="M357" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N357" t="s">
+        <v>27</v>
+      </c>
+      <c r="O357" t="s">
+        <v>1798</v>
+      </c>
+      <c r="P357" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16">
+      <c r="A358" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D358" t="s">
+        <v>606</v>
+      </c>
+      <c r="E358" t="s">
+        <v>20</v>
+      </c>
+      <c r="F358" t="s">
+        <v>21</v>
+      </c>
+      <c r="G358" t="s">
+        <v>22</v>
+      </c>
+      <c r="H358">
+        <v>2012</v>
+      </c>
+      <c r="I358">
+        <v>2017</v>
+      </c>
+      <c r="J358" t="s">
+        <v>111</v>
+      </c>
+      <c r="K358" t="s">
+        <v>34</v>
+      </c>
+      <c r="L358" t="s">
+        <v>1800</v>
+      </c>
+      <c r="M358" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N358" t="s">
+        <v>27</v>
+      </c>
+      <c r="O358" t="s">
+        <v>1802</v>
+      </c>
+      <c r="P358" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16">
+      <c r="A359" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D359" t="s">
+        <v>158</v>
+      </c>
+      <c r="E359" t="s">
+        <v>20</v>
+      </c>
+      <c r="F359" t="s">
+        <v>119</v>
+      </c>
+      <c r="G359" t="s">
+        <v>22</v>
+      </c>
+      <c r="H359">
+        <v>2014</v>
+      </c>
+      <c r="I359">
+        <v>2024</v>
+      </c>
+      <c r="J359" t="s">
+        <v>1807</v>
+      </c>
+      <c r="K359" t="s">
+        <v>34</v>
+      </c>
+      <c r="L359" t="s">
+        <v>1808</v>
+      </c>
+      <c r="M359" t="s">
+        <v>1809</v>
+      </c>
+      <c r="N359" t="s">
+        <v>27</v>
+      </c>
+      <c r="O359" t="s">
+        <v>1810</v>
+      </c>
+      <c r="P359" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16">
+      <c r="A360" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D360" t="s">
+        <v>536</v>
+      </c>
+      <c r="E360" t="s">
+        <v>20</v>
+      </c>
+      <c r="F360" t="s">
+        <v>119</v>
+      </c>
+      <c r="G360" t="s">
+        <v>22</v>
+      </c>
+      <c r="H360">
+        <v>2020</v>
+      </c>
+      <c r="I360">
+        <v>2024</v>
+      </c>
+      <c r="J360" t="s">
+        <v>1807</v>
+      </c>
+      <c r="K360" t="s">
+        <v>34</v>
+      </c>
+      <c r="L360" t="s">
+        <v>1814</v>
+      </c>
+      <c r="M360" t="s">
+        <v>1809</v>
+      </c>
+      <c r="N360" t="s">
+        <v>27</v>
+      </c>
+      <c r="O360" t="s">
+        <v>1815</v>
+      </c>
+      <c r="P360" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16">
+      <c r="A361" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D361" t="s">
+        <v>618</v>
+      </c>
+      <c r="E361" t="s">
+        <v>20</v>
+      </c>
+      <c r="F361" t="s">
+        <v>119</v>
+      </c>
+      <c r="G361" t="s">
+        <v>22</v>
+      </c>
+      <c r="H361">
+        <v>2007</v>
+      </c>
+      <c r="I361">
+        <v>2013</v>
+      </c>
+      <c r="J361" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K361" t="s">
+        <v>34</v>
+      </c>
+      <c r="L361" t="s">
+        <v>1820</v>
+      </c>
+      <c r="M361" t="s">
+        <v>1821</v>
+      </c>
+      <c r="N361" t="s">
+        <v>27</v>
+      </c>
+      <c r="O361" t="s">
+        <v>1822</v>
+      </c>
+      <c r="P361" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16">
+      <c r="A362" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D362" t="s">
+        <v>606</v>
+      </c>
+      <c r="E362" t="s">
+        <v>20</v>
+      </c>
+      <c r="F362" t="s">
+        <v>42</v>
+      </c>
+      <c r="G362" t="s">
+        <v>22</v>
+      </c>
+      <c r="H362">
+        <v>2007</v>
+      </c>
+      <c r="I362">
+        <v>2015</v>
+      </c>
+      <c r="J362" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K362" t="s">
+        <v>34</v>
+      </c>
+      <c r="L362" t="s">
+        <v>1826</v>
+      </c>
+      <c r="M362" t="s">
+        <v>1821</v>
+      </c>
+      <c r="N362" t="s">
+        <v>27</v>
+      </c>
+      <c r="O362" t="s">
+        <v>1827</v>
+      </c>
+      <c r="P362" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16">
+      <c r="A363" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D363" t="s">
+        <v>78</v>
+      </c>
+      <c r="E363" t="s">
+        <v>20</v>
+      </c>
+      <c r="F363" t="s">
+        <v>119</v>
+      </c>
+      <c r="G363" t="s">
+        <v>22</v>
+      </c>
+      <c r="H363">
+        <v>1993</v>
+      </c>
+      <c r="I363">
+        <v>2007</v>
+      </c>
+      <c r="J363" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K363" t="s">
+        <v>34</v>
+      </c>
+      <c r="L363" t="s">
+        <v>1831</v>
+      </c>
+      <c r="M363" t="s">
+        <v>1821</v>
+      </c>
+      <c r="N363" t="s">
+        <v>27</v>
+      </c>
+      <c r="O363" t="s">
+        <v>1832</v>
+      </c>
+      <c r="P363" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16">
+      <c r="A364" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D364" t="s">
+        <v>78</v>
+      </c>
+      <c r="E364" t="s">
+        <v>20</v>
+      </c>
+      <c r="F364" t="s">
+        <v>42</v>
+      </c>
+      <c r="G364" t="s">
+        <v>22</v>
+      </c>
+      <c r="H364">
+        <v>2008</v>
+      </c>
+      <c r="I364">
+        <v>2015</v>
+      </c>
+      <c r="J364" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K364" t="s">
+        <v>34</v>
+      </c>
+      <c r="L364"/>
+      <c r="M364" t="s">
+        <v>1500</v>
+      </c>
+      <c r="N364" t="s">
+        <v>27</v>
+      </c>
+      <c r="O364" t="s">
+        <v>1836</v>
+      </c>
+      <c r="P364" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16">
+      <c r="A365" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D365" t="s">
+        <v>143</v>
+      </c>
+      <c r="E365" t="s">
+        <v>20</v>
+      </c>
+      <c r="F365" t="s">
+        <v>42</v>
+      </c>
+      <c r="G365" t="s">
+        <v>22</v>
+      </c>
+      <c r="H365">
         <v>2011</v>
       </c>
-      <c r="I338" t="s">
-[...79 lines deleted...]
-      <c r="G340">
+      <c r="I365">
+        <v>2014</v>
+      </c>
+      <c r="J365" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K365" t="s">
+        <v>34</v>
+      </c>
+      <c r="L365" t="s">
+        <v>1840</v>
+      </c>
+      <c r="M365" t="s">
+        <v>1500</v>
+      </c>
+      <c r="N365" t="s">
+        <v>27</v>
+      </c>
+      <c r="O365" t="s">
+        <v>1841</v>
+      </c>
+      <c r="P365" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16">
+      <c r="A366" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D366" t="s">
+        <v>618</v>
+      </c>
+      <c r="E366" t="s">
+        <v>20</v>
+      </c>
+      <c r="F366" t="s">
+        <v>42</v>
+      </c>
+      <c r="G366" t="s">
+        <v>22</v>
+      </c>
+      <c r="H366">
+        <v>1999</v>
+      </c>
+      <c r="I366">
+        <v>2012</v>
+      </c>
+      <c r="J366" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K366" t="s">
+        <v>34</v>
+      </c>
+      <c r="L366" t="s">
+        <v>1845</v>
+      </c>
+      <c r="M366" t="s">
+        <v>1500</v>
+      </c>
+      <c r="N366" t="s">
+        <v>27</v>
+      </c>
+      <c r="O366" t="s">
+        <v>1846</v>
+      </c>
+      <c r="P366" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16">
+      <c r="A367" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D367" t="s">
+        <v>269</v>
+      </c>
+      <c r="E367" t="s">
+        <v>20</v>
+      </c>
+      <c r="F367" t="s">
+        <v>42</v>
+      </c>
+      <c r="G367" t="s">
+        <v>22</v>
+      </c>
+      <c r="H367">
+        <v>2007</v>
+      </c>
+      <c r="I367">
         <v>2011</v>
       </c>
-      <c r="H340">
-[...1166 lines deleted...]
-      </c>
       <c r="J367" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>1499</v>
+      </c>
+      <c r="K367" t="s">
+        <v>34</v>
+      </c>
+      <c r="L367"/>
       <c r="M367" t="s">
-        <v>24</v>
+        <v>1500</v>
       </c>
       <c r="N367" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O367" t="s">
+        <v>1850</v>
+      </c>
+      <c r="P367" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16">
       <c r="A368" t="s">
-        <v>1220</v>
+        <v>1852</v>
       </c>
       <c r="B368" t="s">
-        <v>1191</v>
+        <v>1853</v>
       </c>
       <c r="C368" t="s">
-        <v>677</v>
+        <v>1854</v>
       </c>
       <c r="D368" t="s">
-        <v>17</v>
+        <v>536</v>
       </c>
       <c r="E368" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F368" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>119</v>
+      </c>
+      <c r="G368" t="s">
+        <v>22</v>
       </c>
       <c r="H368">
         <v>2018</v>
       </c>
-      <c r="I368" t="s">
-        <v>699</v>
+      <c r="I368">
+        <v>2019</v>
       </c>
       <c r="J368" t="s">
-        <v>29</v>
+        <v>1475</v>
       </c>
       <c r="K368" t="s">
-        <v>1220</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L368"/>
       <c r="M368" t="s">
+        <v>1855</v>
+      </c>
+      <c r="N368" t="s">
+        <v>27</v>
+      </c>
+      <c r="O368" t="s">
+        <v>1856</v>
+      </c>
+      <c r="P368" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16">
+      <c r="A369" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D369" t="s">
+        <v>59</v>
+      </c>
+      <c r="E369" t="s">
+        <v>20</v>
+      </c>
+      <c r="F369" t="s">
+        <v>42</v>
+      </c>
+      <c r="G369" t="s">
+        <v>22</v>
+      </c>
+      <c r="H369">
+        <v>2005</v>
+      </c>
+      <c r="I369">
+        <v>2013</v>
+      </c>
+      <c r="J369" t="s">
+        <v>313</v>
+      </c>
+      <c r="K369" t="s">
+        <v>34</v>
+      </c>
+      <c r="L369" t="s">
+        <v>1861</v>
+      </c>
+      <c r="M369" t="s">
+        <v>1862</v>
+      </c>
+      <c r="N369" t="s">
+        <v>27</v>
+      </c>
+      <c r="O369" t="s">
+        <v>1863</v>
+      </c>
+      <c r="P369" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16">
+      <c r="A370" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E370" t="s">
+        <v>20</v>
+      </c>
+      <c r="F370" t="s">
+        <v>119</v>
+      </c>
+      <c r="G370" t="s">
+        <v>22</v>
+      </c>
+      <c r="H370">
+        <v>2017</v>
+      </c>
+      <c r="I370">
+        <v>2021</v>
+      </c>
+      <c r="J370" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K370" t="s">
+        <v>1869</v>
+      </c>
+      <c r="L370" t="s">
+        <v>1870</v>
+      </c>
+      <c r="M370" t="s">
+        <v>1871</v>
+      </c>
+      <c r="N370" t="s">
+        <v>36</v>
+      </c>
+      <c r="O370" t="s">
+        <v>1872</v>
+      </c>
+      <c r="P370" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16">
+      <c r="A371" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D371" t="s">
+        <v>78</v>
+      </c>
+      <c r="E371" t="s">
+        <v>20</v>
+      </c>
+      <c r="F371" t="s">
+        <v>119</v>
+      </c>
+      <c r="G371" t="s">
+        <v>22</v>
+      </c>
+      <c r="H371">
+        <v>2015</v>
+      </c>
+      <c r="I371">
+        <v>2018</v>
+      </c>
+      <c r="J371" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K371" t="s">
+        <v>34</v>
+      </c>
+      <c r="L371" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M371" t="s">
+        <v>1878</v>
+      </c>
+      <c r="N371" t="s">
+        <v>27</v>
+      </c>
+      <c r="O371" t="s">
+        <v>1879</v>
+      </c>
+      <c r="P371" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16">
+      <c r="A372" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E372" t="s">
+        <v>20</v>
+      </c>
+      <c r="F372" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G372" t="s">
+        <v>8</v>
+      </c>
+      <c r="H372">
+        <v>2015</v>
+      </c>
+      <c r="I372">
+        <v>2024</v>
+      </c>
+      <c r="J372" t="s">
+        <v>731</v>
+      </c>
+      <c r="K372" t="s">
+        <v>34</v>
+      </c>
+      <c r="L372" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M372" t="s">
+        <v>1887</v>
+      </c>
+      <c r="N372" t="s">
+        <v>27</v>
+      </c>
+      <c r="O372" t="s">
+        <v>1888</v>
+      </c>
+      <c r="P372" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16">
+      <c r="A373" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C373" t="s">
+        <v>491</v>
+      </c>
+      <c r="D373" t="s">
+        <v>205</v>
+      </c>
+      <c r="E373" t="s">
+        <v>20</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G373" t="s">
+        <v>8</v>
+      </c>
+      <c r="H373">
+        <v>2004</v>
+      </c>
+      <c r="I373">
+        <v>2024</v>
+      </c>
+      <c r="J373" t="s">
+        <v>731</v>
+      </c>
+      <c r="K373" t="s">
+        <v>34</v>
+      </c>
+      <c r="L373" t="s">
+        <v>1892</v>
+      </c>
+      <c r="M373" t="s">
+        <v>1887</v>
+      </c>
+      <c r="N373" t="s">
+        <v>27</v>
+      </c>
+      <c r="O373" t="s">
+        <v>1893</v>
+      </c>
+      <c r="P373" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16">
+      <c r="A374" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C374" t="s">
+        <v>491</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E374" t="s">
+        <v>20</v>
+      </c>
+      <c r="F374" t="s">
+        <v>119</v>
+      </c>
+      <c r="G374" t="s">
+        <v>8</v>
+      </c>
+      <c r="H374">
+        <v>2011</v>
+      </c>
+      <c r="I374">
+        <v>2024</v>
+      </c>
+      <c r="J374" t="s">
+        <v>731</v>
+      </c>
+      <c r="K374" t="s">
+        <v>34</v>
+      </c>
+      <c r="L374" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M374" t="s">
+        <v>1887</v>
+      </c>
+      <c r="N374" t="s">
+        <v>27</v>
+      </c>
+      <c r="O374" t="s">
+        <v>1898</v>
+      </c>
+      <c r="P374" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16">
+      <c r="A375" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E375" t="s">
+        <v>20</v>
+      </c>
+      <c r="F375" t="s">
+        <v>21</v>
+      </c>
+      <c r="G375" t="s">
+        <v>22</v>
+      </c>
+      <c r="H375">
+        <v>2009</v>
+      </c>
+      <c r="I375">
+        <v>2016</v>
+      </c>
+      <c r="J375" t="s">
+        <v>33</v>
+      </c>
+      <c r="K375" t="s">
+        <v>34</v>
+      </c>
+      <c r="L375"/>
+      <c r="M375" t="s">
+        <v>1904</v>
+      </c>
+      <c r="N375" t="s">
+        <v>27</v>
+      </c>
+      <c r="O375" t="s">
+        <v>1905</v>
+      </c>
+      <c r="P375" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16">
+      <c r="A376" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D376" t="s">
+        <v>59</v>
+      </c>
+      <c r="E376" t="s">
+        <v>20</v>
+      </c>
+      <c r="F376" t="s">
+        <v>119</v>
+      </c>
+      <c r="G376" t="s">
+        <v>22</v>
+      </c>
+      <c r="H376">
+        <v>2013</v>
+      </c>
+      <c r="I376">
+        <v>2015</v>
+      </c>
+      <c r="J376" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K376" t="s">
+        <v>34</v>
+      </c>
+      <c r="L376" t="s">
+        <v>1909</v>
+      </c>
+      <c r="M376" t="s">
+        <v>1500</v>
+      </c>
+      <c r="N376" t="s">
+        <v>27</v>
+      </c>
+      <c r="O376" t="s">
+        <v>1910</v>
+      </c>
+      <c r="P376" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16">
+      <c r="A377" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D377" t="s">
+        <v>96</v>
+      </c>
+      <c r="E377" t="s">
+        <v>20</v>
+      </c>
+      <c r="F377" t="s">
+        <v>21</v>
+      </c>
+      <c r="G377" t="s">
+        <v>22</v>
+      </c>
+      <c r="H377">
+        <v>2013</v>
+      </c>
+      <c r="I377">
+        <v>2020</v>
+      </c>
+      <c r="J377" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K377" t="s">
+        <v>34</v>
+      </c>
+      <c r="L377" t="s">
+        <v>1915</v>
+      </c>
+      <c r="M377" t="s">
+        <v>1916</v>
+      </c>
+      <c r="N377" t="s">
+        <v>27</v>
+      </c>
+      <c r="O377" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P377" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16">
+      <c r="A378" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E378" t="s">
+        <v>20</v>
+      </c>
+      <c r="F378" t="s">
+        <v>21</v>
+      </c>
+      <c r="G378" t="s">
+        <v>22</v>
+      </c>
+      <c r="H378">
+        <v>2009</v>
+      </c>
+      <c r="I378">
+        <v>2013</v>
+      </c>
+      <c r="J378" t="s">
+        <v>33</v>
+      </c>
+      <c r="K378" t="s">
+        <v>34</v>
+      </c>
+      <c r="L378"/>
+      <c r="M378" t="s">
+        <v>1904</v>
+      </c>
+      <c r="N378" t="s">
+        <v>27</v>
+      </c>
+      <c r="O378" t="s">
+        <v>1922</v>
+      </c>
+      <c r="P378" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16">
+      <c r="A379" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1927</v>
+      </c>
+      <c r="E379" t="s">
+        <v>20</v>
+      </c>
+      <c r="F379" t="s">
+        <v>42</v>
+      </c>
+      <c r="G379" t="s">
+        <v>22</v>
+      </c>
+      <c r="H379">
+        <v>2008</v>
+      </c>
+      <c r="I379">
+        <v>2013</v>
+      </c>
+      <c r="J379" t="s">
+        <v>111</v>
+      </c>
+      <c r="K379" t="s">
+        <v>34</v>
+      </c>
+      <c r="L379" t="s">
+        <v>25</v>
+      </c>
+      <c r="M379" t="s">
+        <v>1928</v>
+      </c>
+      <c r="N379" t="s">
+        <v>27</v>
+      </c>
+      <c r="O379" t="s">
+        <v>1929</v>
+      </c>
+      <c r="P379" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16">
+      <c r="A380" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E380" t="s">
+        <v>20</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1935</v>
+      </c>
+      <c r="G380" t="s">
+        <v>22</v>
+      </c>
+      <c r="H380">
+        <v>1982</v>
+      </c>
+      <c r="I380">
+        <v>2024</v>
+      </c>
+      <c r="J380" t="s">
+        <v>356</v>
+      </c>
+      <c r="K380" t="s">
         <v>24</v>
       </c>
-      <c r="N368" t="s">
-[...22 lines deleted...]
-      <c r="G369">
+      <c r="L380"/>
+      <c r="M380" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N380" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O380" t="s">
+        <v>1938</v>
+      </c>
+      <c r="P380" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16">
+      <c r="A381" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D381" t="s">
+        <v>59</v>
+      </c>
+      <c r="E381" t="s">
+        <v>20</v>
+      </c>
+      <c r="F381" t="s">
+        <v>42</v>
+      </c>
+      <c r="G381" t="s">
+        <v>22</v>
+      </c>
+      <c r="H381">
+        <v>2015</v>
+      </c>
+      <c r="I381">
+        <v>2019</v>
+      </c>
+      <c r="J381" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K381" t="s">
+        <v>34</v>
+      </c>
+      <c r="L381"/>
+      <c r="M381" t="s">
+        <v>1942</v>
+      </c>
+      <c r="N381" t="s">
+        <v>27</v>
+      </c>
+      <c r="O381" t="s">
+        <v>1943</v>
+      </c>
+      <c r="P381" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16">
+      <c r="A382" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D382" t="s">
+        <v>78</v>
+      </c>
+      <c r="E382" t="s">
+        <v>20</v>
+      </c>
+      <c r="F382" t="s">
+        <v>119</v>
+      </c>
+      <c r="G382" t="s">
+        <v>22</v>
+      </c>
+      <c r="H382">
+        <v>2013</v>
+      </c>
+      <c r="I382">
+        <v>2018</v>
+      </c>
+      <c r="J382" t="s">
+        <v>111</v>
+      </c>
+      <c r="K382" t="s">
+        <v>34</v>
+      </c>
+      <c r="L382" t="s">
+        <v>1948</v>
+      </c>
+      <c r="M382" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N382" t="s">
+        <v>27</v>
+      </c>
+      <c r="O382" t="s">
+        <v>1950</v>
+      </c>
+      <c r="P382" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16">
+      <c r="A383" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D383" t="s">
+        <v>536</v>
+      </c>
+      <c r="E383" t="s">
+        <v>20</v>
+      </c>
+      <c r="F383" t="s">
+        <v>119</v>
+      </c>
+      <c r="G383" t="s">
+        <v>22</v>
+      </c>
+      <c r="H383">
+        <v>2016</v>
+      </c>
+      <c r="I383">
+        <v>2019</v>
+      </c>
+      <c r="J383" t="s">
+        <v>111</v>
+      </c>
+      <c r="K383" t="s">
+        <v>34</v>
+      </c>
+      <c r="L383"/>
+      <c r="M383" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N383" t="s">
+        <v>27</v>
+      </c>
+      <c r="O383" t="s">
+        <v>1954</v>
+      </c>
+      <c r="P383" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16">
+      <c r="A384" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D384" t="s">
+        <v>355</v>
+      </c>
+      <c r="E384" t="s">
+        <v>20</v>
+      </c>
+      <c r="F384" t="s">
+        <v>119</v>
+      </c>
+      <c r="G384" t="s">
+        <v>22</v>
+      </c>
+      <c r="H384">
+        <v>2018</v>
+      </c>
+      <c r="I384">
+        <v>2018</v>
+      </c>
+      <c r="J384" t="s">
+        <v>111</v>
+      </c>
+      <c r="K384" t="s">
+        <v>34</v>
+      </c>
+      <c r="L384"/>
+      <c r="M384" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N384" t="s">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
+        <v>1958</v>
+      </c>
+      <c r="P384" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16">
+      <c r="A385" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D385" t="s">
+        <v>304</v>
+      </c>
+      <c r="E385" t="s">
+        <v>20</v>
+      </c>
+      <c r="F385" t="s">
+        <v>119</v>
+      </c>
+      <c r="G385" t="s">
+        <v>22</v>
+      </c>
+      <c r="H385">
+        <v>2018</v>
+      </c>
+      <c r="I385">
+        <v>2018</v>
+      </c>
+      <c r="J385" t="s">
+        <v>111</v>
+      </c>
+      <c r="K385" t="s">
+        <v>1961</v>
+      </c>
+      <c r="L385"/>
+      <c r="M385" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N385" t="s">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
+        <v>1962</v>
+      </c>
+      <c r="P385" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16">
+      <c r="A386" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D386" t="s">
+        <v>413</v>
+      </c>
+      <c r="E386" t="s">
+        <v>20</v>
+      </c>
+      <c r="F386" t="s">
+        <v>119</v>
+      </c>
+      <c r="G386" t="s">
+        <v>22</v>
+      </c>
+      <c r="H386">
+        <v>2007</v>
+      </c>
+      <c r="I386">
+        <v>2018</v>
+      </c>
+      <c r="J386" t="s">
+        <v>111</v>
+      </c>
+      <c r="K386" t="s">
+        <v>34</v>
+      </c>
+      <c r="L386" t="s">
+        <v>1965</v>
+      </c>
+      <c r="M386" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N386" t="s">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
+        <v>1966</v>
+      </c>
+      <c r="P386" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16">
+      <c r="A387" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D387" t="s">
+        <v>59</v>
+      </c>
+      <c r="E387" t="s">
+        <v>20</v>
+      </c>
+      <c r="F387" t="s">
+        <v>119</v>
+      </c>
+      <c r="G387" t="s">
+        <v>22</v>
+      </c>
+      <c r="H387">
+        <v>2007</v>
+      </c>
+      <c r="I387">
+        <v>2018</v>
+      </c>
+      <c r="J387" t="s">
+        <v>111</v>
+      </c>
+      <c r="K387" t="s">
+        <v>34</v>
+      </c>
+      <c r="L387" t="s">
+        <v>1968</v>
+      </c>
+      <c r="M387" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N387" t="s">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
+        <v>1969</v>
+      </c>
+      <c r="P387" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16">
+      <c r="A388" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D388" t="s">
+        <v>536</v>
+      </c>
+      <c r="E388" t="s">
+        <v>20</v>
+      </c>
+      <c r="F388" t="s">
+        <v>119</v>
+      </c>
+      <c r="G388" t="s">
+        <v>22</v>
+      </c>
+      <c r="H388">
+        <v>2016</v>
+      </c>
+      <c r="I388">
+        <v>2019</v>
+      </c>
+      <c r="J388" t="s">
+        <v>111</v>
+      </c>
+      <c r="K388" t="s">
+        <v>34</v>
+      </c>
+      <c r="L388"/>
+      <c r="M388" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N388" t="s">
+        <v>27</v>
+      </c>
+      <c r="O388" t="s">
+        <v>1972</v>
+      </c>
+      <c r="P388" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16">
+      <c r="A389" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C389" t="s">
+        <v>631</v>
+      </c>
+      <c r="D389" t="s">
+        <v>380</v>
+      </c>
+      <c r="E389" t="s">
+        <v>20</v>
+      </c>
+      <c r="F389" t="s">
+        <v>119</v>
+      </c>
+      <c r="G389" t="s">
+        <v>22</v>
+      </c>
+      <c r="H389">
+        <v>2007</v>
+      </c>
+      <c r="I389">
+        <v>2011</v>
+      </c>
+      <c r="J389" t="s">
+        <v>60</v>
+      </c>
+      <c r="K389" t="s">
+        <v>34</v>
+      </c>
+      <c r="L389" t="s">
+        <v>1975</v>
+      </c>
+      <c r="M389" t="s">
+        <v>1976</v>
+      </c>
+      <c r="N389" t="s">
+        <v>27</v>
+      </c>
+      <c r="O389" t="s">
+        <v>1977</v>
+      </c>
+      <c r="P389" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16">
+      <c r="A390" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C390" t="s">
+        <v>631</v>
+      </c>
+      <c r="D390" t="s">
+        <v>606</v>
+      </c>
+      <c r="E390" t="s">
+        <v>20</v>
+      </c>
+      <c r="F390" t="s">
+        <v>119</v>
+      </c>
+      <c r="G390" t="s">
+        <v>22</v>
+      </c>
+      <c r="H390">
+        <v>2006</v>
+      </c>
+      <c r="I390">
+        <v>2015</v>
+      </c>
+      <c r="J390" t="s">
+        <v>60</v>
+      </c>
+      <c r="K390" t="s">
+        <v>34</v>
+      </c>
+      <c r="L390"/>
+      <c r="M390" t="s">
+        <v>632</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
+        <v>1981</v>
+      </c>
+      <c r="P390" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16">
+      <c r="A391" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C391" t="s">
+        <v>631</v>
+      </c>
+      <c r="D391" t="s">
+        <v>286</v>
+      </c>
+      <c r="E391" t="s">
+        <v>20</v>
+      </c>
+      <c r="F391" t="s">
+        <v>21</v>
+      </c>
+      <c r="G391" t="s">
+        <v>22</v>
+      </c>
+      <c r="H391">
+        <v>2016</v>
+      </c>
+      <c r="I391">
+        <v>2016</v>
+      </c>
+      <c r="J391" t="s">
+        <v>60</v>
+      </c>
+      <c r="K391" t="s">
+        <v>34</v>
+      </c>
+      <c r="L391"/>
+      <c r="M391" t="s">
+        <v>1976</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
+        <v>1985</v>
+      </c>
+      <c r="P391" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16">
+      <c r="A392" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C392" t="s">
+        <v>631</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1428</v>
+      </c>
+      <c r="E392" t="s">
+        <v>20</v>
+      </c>
+      <c r="F392" t="s">
+        <v>21</v>
+      </c>
+      <c r="G392" t="s">
+        <v>22</v>
+      </c>
+      <c r="H392">
         <v>2012</v>
       </c>
-      <c r="H369">
+      <c r="I392">
+        <v>2013</v>
+      </c>
+      <c r="J392" t="s">
+        <v>60</v>
+      </c>
+      <c r="K392" t="s">
+        <v>34</v>
+      </c>
+      <c r="L392" t="s">
+        <v>1989</v>
+      </c>
+      <c r="M392" t="s">
+        <v>1976</v>
+      </c>
+      <c r="N392" t="s">
+        <v>27</v>
+      </c>
+      <c r="O392" t="s">
+        <v>1990</v>
+      </c>
+      <c r="P392" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16">
+      <c r="A393" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C393" t="s">
+        <v>631</v>
+      </c>
+      <c r="D393" t="s">
+        <v>251</v>
+      </c>
+      <c r="E393" t="s">
+        <v>20</v>
+      </c>
+      <c r="F393" t="s">
+        <v>119</v>
+      </c>
+      <c r="G393" t="s">
+        <v>22</v>
+      </c>
+      <c r="H393">
+        <v>1986</v>
+      </c>
+      <c r="I393">
+        <v>2012</v>
+      </c>
+      <c r="J393" t="s">
+        <v>60</v>
+      </c>
+      <c r="K393" t="s">
+        <v>1994</v>
+      </c>
+      <c r="L393"/>
+      <c r="M393" t="s">
+        <v>1995</v>
+      </c>
+      <c r="N393" t="s">
+        <v>27</v>
+      </c>
+      <c r="O393" t="s">
+        <v>1996</v>
+      </c>
+      <c r="P393" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16">
+      <c r="A394" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C394" t="s">
+        <v>631</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E394" t="s">
+        <v>20</v>
+      </c>
+      <c r="F394" t="s">
+        <v>21</v>
+      </c>
+      <c r="G394" t="s">
+        <v>22</v>
+      </c>
+      <c r="H394">
+        <v>1986</v>
+      </c>
+      <c r="I394">
+        <v>2014</v>
+      </c>
+      <c r="J394" t="s">
+        <v>60</v>
+      </c>
+      <c r="K394" t="s">
+        <v>34</v>
+      </c>
+      <c r="L394"/>
+      <c r="M394" t="s">
+        <v>1976</v>
+      </c>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
+        <v>2000</v>
+      </c>
+      <c r="P394" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16">
+      <c r="A395" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B395" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C395" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D395" t="s">
+        <v>606</v>
+      </c>
+      <c r="E395" t="s">
+        <v>20</v>
+      </c>
+      <c r="F395" t="s">
+        <v>119</v>
+      </c>
+      <c r="G395" t="s">
+        <v>22</v>
+      </c>
+      <c r="H395">
+        <v>2002</v>
+      </c>
+      <c r="I395">
+        <v>2016</v>
+      </c>
+      <c r="J395" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K395" t="s">
+        <v>34</v>
+      </c>
+      <c r="L395" t="s">
+        <v>2005</v>
+      </c>
+      <c r="M395" t="s">
+        <v>2006</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
+        <v>2007</v>
+      </c>
+      <c r="P395" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16">
+      <c r="A396" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B396" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D396" t="s">
+        <v>708</v>
+      </c>
+      <c r="E396" t="s">
+        <v>20</v>
+      </c>
+      <c r="F396" t="s">
+        <v>21</v>
+      </c>
+      <c r="G396" t="s">
+        <v>22</v>
+      </c>
+      <c r="H396">
+        <v>2000</v>
+      </c>
+      <c r="I396">
+        <v>2014</v>
+      </c>
+      <c r="J396" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K396" t="s">
+        <v>34</v>
+      </c>
+      <c r="L396" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M396" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N396" t="s">
+        <v>27</v>
+      </c>
+      <c r="O396" t="s">
+        <v>2012</v>
+      </c>
+      <c r="P396" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16">
+      <c r="A397" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B397" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E397" t="s">
+        <v>20</v>
+      </c>
+      <c r="F397" t="s">
+        <v>21</v>
+      </c>
+      <c r="G397" t="s">
+        <v>22</v>
+      </c>
+      <c r="H397">
+        <v>1997</v>
+      </c>
+      <c r="I397">
+        <v>2014</v>
+      </c>
+      <c r="J397" t="s">
+        <v>981</v>
+      </c>
+      <c r="K397" t="s">
+        <v>34</v>
+      </c>
+      <c r="L397" t="s">
+        <v>2016</v>
+      </c>
+      <c r="M397" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N397" t="s">
+        <v>27</v>
+      </c>
+      <c r="O397" t="s">
         <v>2017</v>
       </c>
-      <c r="I369" t="s">
-[...37 lines deleted...]
-      <c r="G370">
+      <c r="P397" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16">
+      <c r="A398" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B398" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D398" t="s">
+        <v>708</v>
+      </c>
+      <c r="E398" t="s">
+        <v>20</v>
+      </c>
+      <c r="F398" t="s">
+        <v>119</v>
+      </c>
+      <c r="G398" t="s">
+        <v>22</v>
+      </c>
+      <c r="H398">
+        <v>1994</v>
+      </c>
+      <c r="I398">
         <v>2014</v>
       </c>
-      <c r="H370">
+      <c r="J398" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K398" t="s">
+        <v>34</v>
+      </c>
+      <c r="L398" t="s">
+        <v>2021</v>
+      </c>
+      <c r="M398" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N398" t="s">
+        <v>27</v>
+      </c>
+      <c r="O398" t="s">
+        <v>2022</v>
+      </c>
+      <c r="P398" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16">
+      <c r="A399" t="s">
         <v>2024</v>
       </c>
-      <c r="I370" t="s">
-[...37 lines deleted...]
-      <c r="G371">
+      <c r="B399" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D399" t="s">
+        <v>2026</v>
+      </c>
+      <c r="E399" t="s">
+        <v>20</v>
+      </c>
+      <c r="F399" t="s">
+        <v>119</v>
+      </c>
+      <c r="G399" t="s">
+        <v>22</v>
+      </c>
+      <c r="H399">
+        <v>2002</v>
+      </c>
+      <c r="I399">
+        <v>2007</v>
+      </c>
+      <c r="J399" t="s">
+        <v>981</v>
+      </c>
+      <c r="K399" t="s">
+        <v>34</v>
+      </c>
+      <c r="L399" t="s">
+        <v>2027</v>
+      </c>
+      <c r="M399" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N399" t="s">
+        <v>27</v>
+      </c>
+      <c r="O399" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P399" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16">
+      <c r="A400" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B400" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D400" t="s">
+        <v>137</v>
+      </c>
+      <c r="E400" t="s">
+        <v>20</v>
+      </c>
+      <c r="F400" t="s">
+        <v>21</v>
+      </c>
+      <c r="G400" t="s">
+        <v>22</v>
+      </c>
+      <c r="H400">
+        <v>2010</v>
+      </c>
+      <c r="I400">
+        <v>2016</v>
+      </c>
+      <c r="J400" t="s">
+        <v>981</v>
+      </c>
+      <c r="K400" t="s">
+        <v>34</v>
+      </c>
+      <c r="L400" t="s">
+        <v>2032</v>
+      </c>
+      <c r="M400" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N400" t="s">
+        <v>36</v>
+      </c>
+      <c r="O400" t="s">
+        <v>2033</v>
+      </c>
+      <c r="P400" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16">
+      <c r="A401" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B401" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D401" t="s">
+        <v>2037</v>
+      </c>
+      <c r="E401" t="s">
+        <v>20</v>
+      </c>
+      <c r="F401" t="s">
+        <v>21</v>
+      </c>
+      <c r="G401" t="s">
+        <v>22</v>
+      </c>
+      <c r="H401">
+        <v>2008</v>
+      </c>
+      <c r="I401"/>
+      <c r="J401" t="s">
+        <v>981</v>
+      </c>
+      <c r="K401" t="s">
+        <v>34</v>
+      </c>
+      <c r="L401" t="s">
+        <v>2038</v>
+      </c>
+      <c r="M401" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N401" t="s">
+        <v>36</v>
+      </c>
+      <c r="O401" t="s">
+        <v>2039</v>
+      </c>
+      <c r="P401" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16">
+      <c r="A402" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B402" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D402" t="s">
+        <v>78</v>
+      </c>
+      <c r="E402" t="s">
+        <v>20</v>
+      </c>
+      <c r="F402" t="s">
+        <v>119</v>
+      </c>
+      <c r="G402" t="s">
+        <v>22</v>
+      </c>
+      <c r="H402">
+        <v>1995</v>
+      </c>
+      <c r="I402">
+        <v>2008</v>
+      </c>
+      <c r="J402" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K402" t="s">
+        <v>34</v>
+      </c>
+      <c r="L402" t="s">
+        <v>2043</v>
+      </c>
+      <c r="M402" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N402" t="s">
+        <v>27</v>
+      </c>
+      <c r="O402" t="s">
+        <v>2044</v>
+      </c>
+      <c r="P402" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16">
+      <c r="A403" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B403" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D403" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E403" t="s">
+        <v>20</v>
+      </c>
+      <c r="F403" t="s">
+        <v>119</v>
+      </c>
+      <c r="G403" t="s">
+        <v>22</v>
+      </c>
+      <c r="H403">
+        <v>2008</v>
+      </c>
+      <c r="I403">
+        <v>2014</v>
+      </c>
+      <c r="J403" t="s">
+        <v>981</v>
+      </c>
+      <c r="K403" t="s">
+        <v>34</v>
+      </c>
+      <c r="L403" t="s">
+        <v>2049</v>
+      </c>
+      <c r="M403" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N403" t="s">
+        <v>27</v>
+      </c>
+      <c r="O403" t="s">
+        <v>2050</v>
+      </c>
+      <c r="P403" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16">
+      <c r="A404" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B404" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D404" t="s">
+        <v>78</v>
+      </c>
+      <c r="E404" t="s">
+        <v>20</v>
+      </c>
+      <c r="F404" t="s">
+        <v>119</v>
+      </c>
+      <c r="G404" t="s">
+        <v>22</v>
+      </c>
+      <c r="H404">
+        <v>1995</v>
+      </c>
+      <c r="I404">
+        <v>2010</v>
+      </c>
+      <c r="J404" t="s">
+        <v>499</v>
+      </c>
+      <c r="K404" t="s">
+        <v>34</v>
+      </c>
+      <c r="L404" t="s">
+        <v>2054</v>
+      </c>
+      <c r="M404" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N404" t="s">
+        <v>27</v>
+      </c>
+      <c r="O404" t="s">
+        <v>2055</v>
+      </c>
+      <c r="P404" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16">
+      <c r="A405" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B405" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D405" t="s">
+        <v>78</v>
+      </c>
+      <c r="E405" t="s">
+        <v>20</v>
+      </c>
+      <c r="F405" t="s">
+        <v>119</v>
+      </c>
+      <c r="G405" t="s">
+        <v>22</v>
+      </c>
+      <c r="H405">
+        <v>1995</v>
+      </c>
+      <c r="I405">
+        <v>2016</v>
+      </c>
+      <c r="J405" t="s">
+        <v>981</v>
+      </c>
+      <c r="K405" t="s">
+        <v>34</v>
+      </c>
+      <c r="L405"/>
+      <c r="M405" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N405" t="s">
+        <v>27</v>
+      </c>
+      <c r="O405" t="s">
+        <v>2059</v>
+      </c>
+      <c r="P405" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16">
+      <c r="A406" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B406" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C406" t="s">
+        <v>455</v>
+      </c>
+      <c r="D406" t="s">
+        <v>258</v>
+      </c>
+      <c r="E406" t="s">
+        <v>20</v>
+      </c>
+      <c r="F406" t="s">
+        <v>21</v>
+      </c>
+      <c r="G406" t="s">
+        <v>22</v>
+      </c>
+      <c r="H406">
+        <v>2017</v>
+      </c>
+      <c r="I406">
+        <v>2021</v>
+      </c>
+      <c r="J406" t="s">
+        <v>458</v>
+      </c>
+      <c r="K406" t="s">
+        <v>34</v>
+      </c>
+      <c r="L406" t="s">
+        <v>2063</v>
+      </c>
+      <c r="M406" t="s">
+        <v>459</v>
+      </c>
+      <c r="N406" t="s">
+        <v>27</v>
+      </c>
+      <c r="O406" t="s">
+        <v>2064</v>
+      </c>
+      <c r="P406" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16">
+      <c r="A407" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B407" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C407" t="s">
+        <v>455</v>
+      </c>
+      <c r="D407" t="s">
+        <v>258</v>
+      </c>
+      <c r="E407" t="s">
+        <v>20</v>
+      </c>
+      <c r="F407" t="s">
+        <v>21</v>
+      </c>
+      <c r="G407" t="s">
+        <v>22</v>
+      </c>
+      <c r="H407">
+        <v>2017</v>
+      </c>
+      <c r="I407">
+        <v>2021</v>
+      </c>
+      <c r="J407" t="s">
+        <v>458</v>
+      </c>
+      <c r="K407" t="s">
+        <v>34</v>
+      </c>
+      <c r="L407" t="s">
+        <v>2063</v>
+      </c>
+      <c r="M407" t="s">
+        <v>459</v>
+      </c>
+      <c r="N407" t="s">
+        <v>27</v>
+      </c>
+      <c r="O407" t="s">
+        <v>2068</v>
+      </c>
+      <c r="P407" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16">
+      <c r="A408" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B408" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C408" t="s">
+        <v>455</v>
+      </c>
+      <c r="D408" t="s">
+        <v>137</v>
+      </c>
+      <c r="E408" t="s">
+        <v>20</v>
+      </c>
+      <c r="F408" t="s">
+        <v>21</v>
+      </c>
+      <c r="G408" t="s">
+        <v>22</v>
+      </c>
+      <c r="H408">
+        <v>2005</v>
+      </c>
+      <c r="I408">
+        <v>2015</v>
+      </c>
+      <c r="J408" t="s">
+        <v>458</v>
+      </c>
+      <c r="K408" t="s">
+        <v>34</v>
+      </c>
+      <c r="L408" t="s">
+        <v>2072</v>
+      </c>
+      <c r="M408" t="s">
+        <v>459</v>
+      </c>
+      <c r="N408" t="s">
+        <v>36</v>
+      </c>
+      <c r="O408" t="s">
+        <v>2073</v>
+      </c>
+      <c r="P408" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16">
+      <c r="A409" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B409" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C409" t="s">
+        <v>455</v>
+      </c>
+      <c r="D409" t="s">
+        <v>660</v>
+      </c>
+      <c r="E409" t="s">
+        <v>20</v>
+      </c>
+      <c r="F409" t="s">
+        <v>119</v>
+      </c>
+      <c r="G409" t="s">
+        <v>22</v>
+      </c>
+      <c r="H409">
+        <v>2007</v>
+      </c>
+      <c r="I409">
         <v>2020</v>
       </c>
-      <c r="H371">
-[...875 lines deleted...]
-      <c r="J391" t="s">
+      <c r="J409" t="s">
+        <v>458</v>
+      </c>
+      <c r="K409" t="s">
+        <v>34</v>
+      </c>
+      <c r="L409" t="s">
+        <v>2077</v>
+      </c>
+      <c r="M409" t="s">
+        <v>459</v>
+      </c>
+      <c r="N409" t="s">
+        <v>27</v>
+      </c>
+      <c r="O409" t="s">
+        <v>2078</v>
+      </c>
+      <c r="P409" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16">
+      <c r="A410" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B410" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C410" t="s">
+        <v>455</v>
+      </c>
+      <c r="D410" t="s">
+        <v>59</v>
+      </c>
+      <c r="E410" t="s">
+        <v>20</v>
+      </c>
+      <c r="F410" t="s">
         <v>21</v>
       </c>
-      <c r="K391"/>
-[...804 lines deleted...]
-        <v>2002</v>
+      <c r="G410" t="s">
+        <v>22</v>
       </c>
       <c r="H410">
         <v>2007</v>
       </c>
-      <c r="I410" t="s">
-        <v>699</v>
+      <c r="I410">
+        <v>2015</v>
       </c>
       <c r="J410" t="s">
-        <v>29</v>
+        <v>458</v>
       </c>
       <c r="K410" t="s">
-        <v>1375</v>
+        <v>34</v>
       </c>
       <c r="L410" t="s">
-        <v>1192</v>
+        <v>2082</v>
       </c>
       <c r="M410" t="s">
-        <v>24</v>
+        <v>459</v>
       </c>
       <c r="N410" t="s">
-        <v>1376</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O410" t="s">
+        <v>2083</v>
+      </c>
+      <c r="P410" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16">
       <c r="A411" t="s">
-        <v>1377</v>
+        <v>2085</v>
       </c>
       <c r="B411" t="s">
-        <v>1191</v>
+        <v>2086</v>
       </c>
       <c r="C411" t="s">
-        <v>103</v>
+        <v>455</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E411" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F411" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G411" t="s">
+        <v>22</v>
       </c>
       <c r="H411">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>699</v>
+        <v>2007</v>
+      </c>
+      <c r="I411">
+        <v>2020</v>
       </c>
       <c r="J411" t="s">
-        <v>29</v>
+        <v>458</v>
       </c>
       <c r="K411" t="s">
-        <v>1378</v>
+        <v>34</v>
       </c>
       <c r="L411" t="s">
-        <v>1192</v>
+        <v>2087</v>
       </c>
       <c r="M411" t="s">
-        <v>31</v>
+        <v>459</v>
       </c>
       <c r="N411" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O411" t="s">
+        <v>2088</v>
+      </c>
+      <c r="P411" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16">
       <c r="A412" t="s">
-        <v>1380</v>
+        <v>2090</v>
       </c>
       <c r="B412" t="s">
-        <v>1191</v>
+        <v>2091</v>
       </c>
       <c r="C412" t="s">
-        <v>1381</v>
+        <v>455</v>
       </c>
       <c r="D412" t="s">
-        <v>17</v>
+        <v>618</v>
       </c>
       <c r="E412" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F412" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G412">
+        <v>21</v>
+      </c>
+      <c r="G412" t="s">
+        <v>22</v>
+      </c>
+      <c r="H412">
         <v>2008</v>
       </c>
-      <c r="H412"/>
-[...1 lines deleted...]
-        <v>699</v>
+      <c r="I412">
+        <v>2015</v>
       </c>
       <c r="J412" t="s">
-        <v>29</v>
+        <v>458</v>
       </c>
       <c r="K412" t="s">
-        <v>1382</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L412"/>
       <c r="M412" t="s">
-        <v>31</v>
+        <v>459</v>
       </c>
       <c r="N412" t="s">
-        <v>1383</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O412" t="s">
+        <v>2092</v>
+      </c>
+      <c r="P412" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16">
       <c r="A413" t="s">
-        <v>1384</v>
+        <v>2094</v>
       </c>
       <c r="B413" t="s">
-        <v>1191</v>
+        <v>2095</v>
       </c>
       <c r="C413" t="s">
-        <v>61</v>
+        <v>455</v>
       </c>
       <c r="D413" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E413" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F413" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>21</v>
+      </c>
+      <c r="G413" t="s">
+        <v>22</v>
       </c>
       <c r="H413">
         <v>2008</v>
       </c>
-      <c r="I413" t="s">
-        <v>773</v>
+      <c r="I413">
+        <v>2015</v>
       </c>
       <c r="J413" t="s">
-        <v>29</v>
+        <v>458</v>
       </c>
       <c r="K413" t="s">
-        <v>1385</v>
+        <v>34</v>
       </c>
       <c r="L413" t="s">
-        <v>1192</v>
+        <v>2096</v>
       </c>
       <c r="M413" t="s">
+        <v>459</v>
+      </c>
+      <c r="N413" t="s">
+        <v>27</v>
+      </c>
+      <c r="O413" t="s">
+        <v>2097</v>
+      </c>
+      <c r="P413" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16">
+      <c r="A414" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B414" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C414" t="s">
+        <v>455</v>
+      </c>
+      <c r="D414" t="s">
+        <v>251</v>
+      </c>
+      <c r="E414" t="s">
+        <v>20</v>
+      </c>
+      <c r="F414" t="s">
+        <v>21</v>
+      </c>
+      <c r="G414" t="s">
+        <v>22</v>
+      </c>
+      <c r="H414">
+        <v>2009</v>
+      </c>
+      <c r="I414">
+        <v>2018</v>
+      </c>
+      <c r="J414" t="s">
+        <v>458</v>
+      </c>
+      <c r="K414" t="s">
+        <v>34</v>
+      </c>
+      <c r="L414"/>
+      <c r="M414" t="s">
+        <v>459</v>
+      </c>
+      <c r="N414" t="s">
+        <v>27</v>
+      </c>
+      <c r="O414" t="s">
+        <v>2101</v>
+      </c>
+      <c r="P414" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16">
+      <c r="A415" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B415" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C415" t="s">
+        <v>455</v>
+      </c>
+      <c r="D415" t="s">
+        <v>143</v>
+      </c>
+      <c r="E415" t="s">
+        <v>20</v>
+      </c>
+      <c r="F415" t="s">
+        <v>21</v>
+      </c>
+      <c r="G415" t="s">
+        <v>22</v>
+      </c>
+      <c r="H415">
+        <v>2009</v>
+      </c>
+      <c r="I415">
+        <v>2013</v>
+      </c>
+      <c r="J415" t="s">
+        <v>458</v>
+      </c>
+      <c r="K415" t="s">
+        <v>34</v>
+      </c>
+      <c r="L415" t="s">
+        <v>2096</v>
+      </c>
+      <c r="M415" t="s">
+        <v>459</v>
+      </c>
+      <c r="N415" t="s">
+        <v>27</v>
+      </c>
+      <c r="O415" t="s">
+        <v>2105</v>
+      </c>
+      <c r="P415" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16">
+      <c r="A416" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B416" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C416" t="s">
+        <v>455</v>
+      </c>
+      <c r="D416" t="s">
+        <v>618</v>
+      </c>
+      <c r="E416" t="s">
+        <v>20</v>
+      </c>
+      <c r="F416" t="s">
+        <v>21</v>
+      </c>
+      <c r="G416" t="s">
+        <v>22</v>
+      </c>
+      <c r="H416">
+        <v>2009</v>
+      </c>
+      <c r="I416">
+        <v>2013</v>
+      </c>
+      <c r="J416" t="s">
+        <v>458</v>
+      </c>
+      <c r="K416" t="s">
+        <v>34</v>
+      </c>
+      <c r="L416"/>
+      <c r="M416" t="s">
+        <v>459</v>
+      </c>
+      <c r="N416" t="s">
+        <v>27</v>
+      </c>
+      <c r="O416" t="s">
+        <v>2109</v>
+      </c>
+      <c r="P416" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16">
+      <c r="A417" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B417" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C417" t="s">
+        <v>455</v>
+      </c>
+      <c r="D417" t="s">
+        <v>205</v>
+      </c>
+      <c r="E417" t="s">
+        <v>20</v>
+      </c>
+      <c r="F417" t="s">
+        <v>21</v>
+      </c>
+      <c r="G417" t="s">
+        <v>22</v>
+      </c>
+      <c r="H417">
+        <v>2015</v>
+      </c>
+      <c r="I417">
+        <v>2015</v>
+      </c>
+      <c r="J417" t="s">
+        <v>458</v>
+      </c>
+      <c r="K417" t="s">
+        <v>34</v>
+      </c>
+      <c r="L417"/>
+      <c r="M417" t="s">
+        <v>459</v>
+      </c>
+      <c r="N417" t="s">
+        <v>27</v>
+      </c>
+      <c r="O417" t="s">
+        <v>2113</v>
+      </c>
+      <c r="P417" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16">
+      <c r="A418" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B418" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C418" t="s">
+        <v>455</v>
+      </c>
+      <c r="D418" t="s">
+        <v>388</v>
+      </c>
+      <c r="E418" t="s">
+        <v>20</v>
+      </c>
+      <c r="F418" t="s">
+        <v>21</v>
+      </c>
+      <c r="G418" t="s">
+        <v>22</v>
+      </c>
+      <c r="H418">
+        <v>2010</v>
+      </c>
+      <c r="I418">
+        <v>2015</v>
+      </c>
+      <c r="J418" t="s">
+        <v>458</v>
+      </c>
+      <c r="K418" t="s">
+        <v>34</v>
+      </c>
+      <c r="L418"/>
+      <c r="M418" t="s">
+        <v>459</v>
+      </c>
+      <c r="N418" t="s">
+        <v>36</v>
+      </c>
+      <c r="O418" t="s">
+        <v>2117</v>
+      </c>
+      <c r="P418" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16">
+      <c r="A419" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B419" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C419" t="s">
+        <v>455</v>
+      </c>
+      <c r="D419" t="s">
+        <v>269</v>
+      </c>
+      <c r="E419" t="s">
+        <v>20</v>
+      </c>
+      <c r="F419" t="s">
+        <v>21</v>
+      </c>
+      <c r="G419" t="s">
+        <v>22</v>
+      </c>
+      <c r="H419">
+        <v>2010</v>
+      </c>
+      <c r="I419">
+        <v>2013</v>
+      </c>
+      <c r="J419" t="s">
+        <v>458</v>
+      </c>
+      <c r="K419" t="s">
+        <v>34</v>
+      </c>
+      <c r="L419" t="s">
+        <v>2121</v>
+      </c>
+      <c r="M419" t="s">
+        <v>459</v>
+      </c>
+      <c r="N419" t="s">
+        <v>27</v>
+      </c>
+      <c r="O419" t="s">
+        <v>2122</v>
+      </c>
+      <c r="P419" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16">
+      <c r="A420" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B420" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C420" t="s">
+        <v>455</v>
+      </c>
+      <c r="D420" t="s">
+        <v>540</v>
+      </c>
+      <c r="E420" t="s">
+        <v>20</v>
+      </c>
+      <c r="F420" t="s">
+        <v>21</v>
+      </c>
+      <c r="G420" t="s">
+        <v>22</v>
+      </c>
+      <c r="H420">
+        <v>2010</v>
+      </c>
+      <c r="I420">
+        <v>2019</v>
+      </c>
+      <c r="J420" t="s">
+        <v>458</v>
+      </c>
+      <c r="K420" t="s">
+        <v>2126</v>
+      </c>
+      <c r="L420"/>
+      <c r="M420" t="s">
+        <v>459</v>
+      </c>
+      <c r="N420" t="s">
+        <v>27</v>
+      </c>
+      <c r="O420" t="s">
+        <v>2127</v>
+      </c>
+      <c r="P420" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16">
+      <c r="A421" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B421" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C421" t="s">
+        <v>455</v>
+      </c>
+      <c r="D421" t="s">
+        <v>540</v>
+      </c>
+      <c r="E421" t="s">
+        <v>20</v>
+      </c>
+      <c r="F421" t="s">
+        <v>21</v>
+      </c>
+      <c r="G421" t="s">
+        <v>22</v>
+      </c>
+      <c r="H421">
+        <v>2010</v>
+      </c>
+      <c r="I421">
+        <v>2019</v>
+      </c>
+      <c r="J421" t="s">
+        <v>638</v>
+      </c>
+      <c r="K421" t="s">
+        <v>2126</v>
+      </c>
+      <c r="L421"/>
+      <c r="M421" t="s">
+        <v>459</v>
+      </c>
+      <c r="N421" t="s">
+        <v>36</v>
+      </c>
+      <c r="O421" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P421" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16">
+      <c r="A422" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B422" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C422" t="s">
+        <v>455</v>
+      </c>
+      <c r="D422" t="s">
+        <v>765</v>
+      </c>
+      <c r="E422" t="s">
+        <v>20</v>
+      </c>
+      <c r="F422" t="s">
+        <v>21</v>
+      </c>
+      <c r="G422" t="s">
+        <v>22</v>
+      </c>
+      <c r="H422">
+        <v>2012</v>
+      </c>
+      <c r="I422">
+        <v>2015</v>
+      </c>
+      <c r="J422" t="s">
+        <v>458</v>
+      </c>
+      <c r="K422" t="s">
+        <v>34</v>
+      </c>
+      <c r="L422" t="s">
+        <v>2134</v>
+      </c>
+      <c r="M422" t="s">
+        <v>459</v>
+      </c>
+      <c r="N422" t="s">
+        <v>27</v>
+      </c>
+      <c r="O422" t="s">
+        <v>2135</v>
+      </c>
+      <c r="P422" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16">
+      <c r="A423" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B423" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C423" t="s">
+        <v>455</v>
+      </c>
+      <c r="D423" t="s">
+        <v>292</v>
+      </c>
+      <c r="E423" t="s">
+        <v>20</v>
+      </c>
+      <c r="F423" t="s">
+        <v>21</v>
+      </c>
+      <c r="G423" t="s">
+        <v>22</v>
+      </c>
+      <c r="H423">
+        <v>2012</v>
+      </c>
+      <c r="I423">
+        <v>2015</v>
+      </c>
+      <c r="J423" t="s">
+        <v>458</v>
+      </c>
+      <c r="K423" t="s">
+        <v>34</v>
+      </c>
+      <c r="L423" t="s">
+        <v>2134</v>
+      </c>
+      <c r="M423" t="s">
+        <v>459</v>
+      </c>
+      <c r="N423" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" t="s">
+        <v>2139</v>
+      </c>
+      <c r="P423" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16">
+      <c r="A424" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B424" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C424" t="s">
+        <v>455</v>
+      </c>
+      <c r="D424" t="s">
+        <v>170</v>
+      </c>
+      <c r="E424" t="s">
+        <v>20</v>
+      </c>
+      <c r="F424" t="s">
+        <v>21</v>
+      </c>
+      <c r="G424" t="s">
+        <v>22</v>
+      </c>
+      <c r="H424">
+        <v>2012</v>
+      </c>
+      <c r="I424">
+        <v>2021</v>
+      </c>
+      <c r="J424" t="s">
+        <v>638</v>
+      </c>
+      <c r="K424" t="s">
+        <v>34</v>
+      </c>
+      <c r="L424"/>
+      <c r="M424" t="s">
+        <v>459</v>
+      </c>
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
+        <v>2143</v>
+      </c>
+      <c r="P424" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16">
+      <c r="A425" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B425" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C425" t="s">
+        <v>455</v>
+      </c>
+      <c r="D425" t="s">
+        <v>170</v>
+      </c>
+      <c r="E425" t="s">
+        <v>20</v>
+      </c>
+      <c r="F425" t="s">
+        <v>21</v>
+      </c>
+      <c r="G425" t="s">
+        <v>22</v>
+      </c>
+      <c r="H425">
+        <v>2012</v>
+      </c>
+      <c r="I425">
+        <v>2015</v>
+      </c>
+      <c r="J425" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K425" t="s">
+        <v>34</v>
+      </c>
+      <c r="L425"/>
+      <c r="M425" t="s">
+        <v>459</v>
+      </c>
+      <c r="N425" t="s">
+        <v>27</v>
+      </c>
+      <c r="O425" t="s">
+        <v>2147</v>
+      </c>
+      <c r="P425" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="426" spans="1:16">
+      <c r="A426" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D426" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E426" t="s">
+        <v>20</v>
+      </c>
+      <c r="F426" t="s">
+        <v>42</v>
+      </c>
+      <c r="G426" t="s">
+        <v>22</v>
+      </c>
+      <c r="H426">
+        <v>2009</v>
+      </c>
+      <c r="I426">
+        <v>2016</v>
+      </c>
+      <c r="J426" t="s">
+        <v>33</v>
+      </c>
+      <c r="K426" t="s">
         <v>24</v>
       </c>
-      <c r="N413" t="s">
-[...16 lines deleted...]
-      <c r="E414" t="s">
+      <c r="L426"/>
+      <c r="M426" t="s">
+        <v>1904</v>
+      </c>
+      <c r="N426" t="s">
+        <v>27</v>
+      </c>
+      <c r="O426" t="s">
+        <v>2151</v>
+      </c>
+      <c r="P426" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16">
+      <c r="A427" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B427" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C427" t="s">
+        <v>631</v>
+      </c>
+      <c r="D427" t="s">
+        <v>799</v>
+      </c>
+      <c r="E427" t="s">
+        <v>20</v>
+      </c>
+      <c r="F427" t="s">
+        <v>21</v>
+      </c>
+      <c r="G427" t="s">
+        <v>22</v>
+      </c>
+      <c r="H427">
+        <v>2011</v>
+      </c>
+      <c r="I427">
+        <v>2011</v>
+      </c>
+      <c r="J427" t="s">
+        <v>60</v>
+      </c>
+      <c r="K427" t="s">
+        <v>34</v>
+      </c>
+      <c r="L427" t="s">
+        <v>2155</v>
+      </c>
+      <c r="M427" t="s">
+        <v>1976</v>
+      </c>
+      <c r="N427" t="s">
+        <v>27</v>
+      </c>
+      <c r="O427" t="s">
+        <v>2156</v>
+      </c>
+      <c r="P427" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16">
+      <c r="A428" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B428" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C428" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D428" t="s">
         <v>90</v>
       </c>
-      <c r="F414" t="s">
-[...5 lines deleted...]
-      <c r="H414">
+      <c r="E428" t="s">
+        <v>20</v>
+      </c>
+      <c r="F428" t="s">
+        <v>21</v>
+      </c>
+      <c r="G428" t="s">
+        <v>22</v>
+      </c>
+      <c r="H428">
+        <v>1997</v>
+      </c>
+      <c r="I428">
+        <v>2022</v>
+      </c>
+      <c r="J428" t="s">
+        <v>981</v>
+      </c>
+      <c r="K428" t="s">
+        <v>34</v>
+      </c>
+      <c r="L428"/>
+      <c r="M428" t="s">
+        <v>2161</v>
+      </c>
+      <c r="N428" t="s">
+        <v>27</v>
+      </c>
+      <c r="O428" t="s">
+        <v>2162</v>
+      </c>
+      <c r="P428" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16">
+      <c r="A429" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B429" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C429" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D429" t="s">
+        <v>78</v>
+      </c>
+      <c r="E429" t="s">
+        <v>20</v>
+      </c>
+      <c r="F429" t="s">
+        <v>21</v>
+      </c>
+      <c r="G429" t="s">
+        <v>22</v>
+      </c>
+      <c r="H429">
+        <v>2003</v>
+      </c>
+      <c r="I429">
+        <v>2013</v>
+      </c>
+      <c r="J429" t="s">
+        <v>1705</v>
+      </c>
+      <c r="K429" t="s">
+        <v>34</v>
+      </c>
+      <c r="L429"/>
+      <c r="M429" t="s">
+        <v>2161</v>
+      </c>
+      <c r="N429" t="s">
+        <v>27</v>
+      </c>
+      <c r="O429" t="s">
+        <v>2166</v>
+      </c>
+      <c r="P429" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16">
+      <c r="A430" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B430" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C430" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D430" t="s">
+        <v>224</v>
+      </c>
+      <c r="E430" t="s">
+        <v>20</v>
+      </c>
+      <c r="F430" t="s">
+        <v>119</v>
+      </c>
+      <c r="G430" t="s">
+        <v>22</v>
+      </c>
+      <c r="H430">
+        <v>2004</v>
+      </c>
+      <c r="I430">
+        <v>2021</v>
+      </c>
+      <c r="J430" t="s">
+        <v>638</v>
+      </c>
+      <c r="K430" t="s">
+        <v>34</v>
+      </c>
+      <c r="L430"/>
+      <c r="M430" t="s">
+        <v>2161</v>
+      </c>
+      <c r="N430" t="s">
+        <v>27</v>
+      </c>
+      <c r="O430" t="s">
+        <v>2170</v>
+      </c>
+      <c r="P430" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16">
+      <c r="A431" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B431" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C431" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D431" t="s">
+        <v>143</v>
+      </c>
+      <c r="E431" t="s">
+        <v>20</v>
+      </c>
+      <c r="F431" t="s">
+        <v>21</v>
+      </c>
+      <c r="G431" t="s">
+        <v>22</v>
+      </c>
+      <c r="H431">
+        <v>1978</v>
+      </c>
+      <c r="I431">
+        <v>2017</v>
+      </c>
+      <c r="J431" t="s">
+        <v>981</v>
+      </c>
+      <c r="K431" t="s">
+        <v>34</v>
+      </c>
+      <c r="L431"/>
+      <c r="M431" t="s">
+        <v>2161</v>
+      </c>
+      <c r="N431" t="s">
+        <v>27</v>
+      </c>
+      <c r="O431" t="s">
+        <v>2174</v>
+      </c>
+      <c r="P431" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16">
+      <c r="A432" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B432" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C432" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D432" t="s">
+        <v>59</v>
+      </c>
+      <c r="E432" t="s">
+        <v>20</v>
+      </c>
+      <c r="F432" t="s">
+        <v>119</v>
+      </c>
+      <c r="G432" t="s">
+        <v>22</v>
+      </c>
+      <c r="H432">
+        <v>2007</v>
+      </c>
+      <c r="I432">
+        <v>2012</v>
+      </c>
+      <c r="J432" t="s">
+        <v>111</v>
+      </c>
+      <c r="K432" t="s">
+        <v>34</v>
+      </c>
+      <c r="L432" t="s">
+        <v>2179</v>
+      </c>
+      <c r="M432" t="s">
+        <v>2180</v>
+      </c>
+      <c r="N432" t="s">
+        <v>27</v>
+      </c>
+      <c r="O432" t="s">
+        <v>2181</v>
+      </c>
+      <c r="P432" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16">
+      <c r="A433" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B433" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C433" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E433" t="s">
+        <v>20</v>
+      </c>
+      <c r="F433" t="s">
+        <v>42</v>
+      </c>
+      <c r="G433" t="s">
+        <v>22</v>
+      </c>
+      <c r="H433">
+        <v>2011</v>
+      </c>
+      <c r="I433">
         <v>2014</v>
       </c>
-      <c r="I414" t="s">
-[...11 lines deleted...]
-      <c r="M414" t="s">
+      <c r="J433" t="s">
+        <v>981</v>
+      </c>
+      <c r="K433" t="s">
         <v>24</v>
       </c>
-      <c r="N414" t="s">
-[...25 lines deleted...]
-      <c r="H415">
+      <c r="L433" t="s">
+        <v>2186</v>
+      </c>
+      <c r="M433" t="s">
+        <v>2187</v>
+      </c>
+      <c r="N433" t="s">
+        <v>27</v>
+      </c>
+      <c r="O433" t="s">
+        <v>2188</v>
+      </c>
+      <c r="P433" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="434" spans="1:16">
+      <c r="A434" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B434" t="s">
+        <v>309</v>
+      </c>
+      <c r="C434" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D434" t="s">
+        <v>311</v>
+      </c>
+      <c r="E434" t="s">
+        <v>20</v>
+      </c>
+      <c r="F434" t="s">
+        <v>312</v>
+      </c>
+      <c r="G434" t="s">
+        <v>22</v>
+      </c>
+      <c r="H434">
+        <v>2016</v>
+      </c>
+      <c r="I434">
+        <v>2017</v>
+      </c>
+      <c r="J434" t="s">
+        <v>313</v>
+      </c>
+      <c r="K434" t="s">
+        <v>252</v>
+      </c>
+      <c r="L434" t="s">
+        <v>314</v>
+      </c>
+      <c r="M434" t="s">
+        <v>2192</v>
+      </c>
+      <c r="N434" t="s">
+        <v>316</v>
+      </c>
+      <c r="O434" t="s">
+        <v>2193</v>
+      </c>
+      <c r="P434" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="435" spans="1:16">
+      <c r="A435" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B435" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C435" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D435" t="s">
+        <v>59</v>
+      </c>
+      <c r="E435" t="s">
+        <v>20</v>
+      </c>
+      <c r="F435" t="s">
+        <v>119</v>
+      </c>
+      <c r="G435" t="s">
+        <v>22</v>
+      </c>
+      <c r="H435">
+        <v>2013</v>
+      </c>
+      <c r="I435">
+        <v>2020</v>
+      </c>
+      <c r="J435" t="s">
+        <v>206</v>
+      </c>
+      <c r="K435" t="s">
+        <v>34</v>
+      </c>
+      <c r="L435" t="s">
+        <v>2198</v>
+      </c>
+      <c r="M435" t="s">
+        <v>2199</v>
+      </c>
+      <c r="N435" t="s">
+        <v>27</v>
+      </c>
+      <c r="O435" t="s">
+        <v>2200</v>
+      </c>
+      <c r="P435" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="436" spans="1:16">
+      <c r="A436" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B436" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C436" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D436" t="s">
+        <v>78</v>
+      </c>
+      <c r="E436" t="s">
+        <v>20</v>
+      </c>
+      <c r="F436" t="s">
+        <v>119</v>
+      </c>
+      <c r="G436" t="s">
+        <v>22</v>
+      </c>
+      <c r="H436">
+        <v>2011</v>
+      </c>
+      <c r="I436">
+        <v>2019</v>
+      </c>
+      <c r="J436" t="s">
+        <v>206</v>
+      </c>
+      <c r="K436" t="s">
+        <v>34</v>
+      </c>
+      <c r="L436" t="s">
+        <v>2204</v>
+      </c>
+      <c r="M436" t="s">
+        <v>2199</v>
+      </c>
+      <c r="N436" t="s">
+        <v>27</v>
+      </c>
+      <c r="O436" t="s">
+        <v>2205</v>
+      </c>
+      <c r="P436" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="437" spans="1:16">
+      <c r="A437" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B437" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C437" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D437" t="s">
+        <v>251</v>
+      </c>
+      <c r="E437" t="s">
+        <v>20</v>
+      </c>
+      <c r="F437" t="s">
+        <v>119</v>
+      </c>
+      <c r="G437" t="s">
+        <v>22</v>
+      </c>
+      <c r="H437">
+        <v>2014</v>
+      </c>
+      <c r="I437">
+        <v>2015</v>
+      </c>
+      <c r="J437" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K437" t="s">
+        <v>34</v>
+      </c>
+      <c r="L437"/>
+      <c r="M437" t="s">
+        <v>2199</v>
+      </c>
+      <c r="N437" t="s">
+        <v>27</v>
+      </c>
+      <c r="O437" t="s">
+        <v>2209</v>
+      </c>
+      <c r="P437" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="438" spans="1:16">
+      <c r="A438" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B438" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C438" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D438" t="s">
+        <v>170</v>
+      </c>
+      <c r="E438" t="s">
+        <v>20</v>
+      </c>
+      <c r="F438" t="s">
+        <v>119</v>
+      </c>
+      <c r="G438" t="s">
+        <v>22</v>
+      </c>
+      <c r="H438">
+        <v>2016</v>
+      </c>
+      <c r="I438">
+        <v>2019</v>
+      </c>
+      <c r="J438" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K438" t="s">
+        <v>34</v>
+      </c>
+      <c r="L438"/>
+      <c r="M438" t="s">
+        <v>2199</v>
+      </c>
+      <c r="N438" t="s">
+        <v>27</v>
+      </c>
+      <c r="O438" t="s">
+        <v>2213</v>
+      </c>
+      <c r="P438" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="439" spans="1:16">
+      <c r="A439" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B439" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C439" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D439" t="s">
+        <v>251</v>
+      </c>
+      <c r="E439" t="s">
+        <v>20</v>
+      </c>
+      <c r="F439" t="s">
+        <v>21</v>
+      </c>
+      <c r="G439" t="s">
+        <v>22</v>
+      </c>
+      <c r="H439">
+        <v>2009</v>
+      </c>
+      <c r="I439">
+        <v>2011</v>
+      </c>
+      <c r="J439" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K439" t="s">
+        <v>34</v>
+      </c>
+      <c r="L439" t="s">
+        <v>2218</v>
+      </c>
+      <c r="M439" t="s">
+        <v>2219</v>
+      </c>
+      <c r="N439" t="s">
+        <v>27</v>
+      </c>
+      <c r="O439" t="s">
+        <v>2220</v>
+      </c>
+      <c r="P439" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="440" spans="1:16">
+      <c r="A440" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B440" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C440" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D440" t="s">
+        <v>547</v>
+      </c>
+      <c r="E440" t="s">
+        <v>20</v>
+      </c>
+      <c r="F440" t="s">
+        <v>21</v>
+      </c>
+      <c r="G440" t="s">
+        <v>22</v>
+      </c>
+      <c r="H440">
+        <v>2014</v>
+      </c>
+      <c r="I440">
+        <v>2018</v>
+      </c>
+      <c r="J440" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K440" t="s">
+        <v>34</v>
+      </c>
+      <c r="L440" t="s">
+        <v>2224</v>
+      </c>
+      <c r="M440" t="s">
+        <v>2219</v>
+      </c>
+      <c r="N440" t="s">
+        <v>27</v>
+      </c>
+      <c r="O440" t="s">
+        <v>2225</v>
+      </c>
+      <c r="P440" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="441" spans="1:16">
+      <c r="A441" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B441" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C441" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D441" t="s">
+        <v>96</v>
+      </c>
+      <c r="E441" t="s">
+        <v>20</v>
+      </c>
+      <c r="F441" t="s">
+        <v>21</v>
+      </c>
+      <c r="G441" t="s">
+        <v>22</v>
+      </c>
+      <c r="H441">
         <v>2010</v>
       </c>
-      <c r="I415" t="s">
-[...474 lines deleted...]
-      <c r="H426">
+      <c r="I441">
+        <v>2014</v>
+      </c>
+      <c r="J441" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K441" t="s">
+        <v>34</v>
+      </c>
+      <c r="L441" t="s">
+        <v>2230</v>
+      </c>
+      <c r="M441" t="s">
+        <v>2231</v>
+      </c>
+      <c r="N441" t="s">
+        <v>27</v>
+      </c>
+      <c r="O441" t="s">
+        <v>2232</v>
+      </c>
+      <c r="P441" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16">
+      <c r="A442" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B442" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C442" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D442" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E442" t="s">
+        <v>20</v>
+      </c>
+      <c r="F442" t="s">
+        <v>119</v>
+      </c>
+      <c r="G442" t="s">
+        <v>22</v>
+      </c>
+      <c r="H442">
+        <v>2012</v>
+      </c>
+      <c r="I442">
+        <v>2014</v>
+      </c>
+      <c r="J442" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K442" t="s">
+        <v>34</v>
+      </c>
+      <c r="L442" t="s">
+        <v>2237</v>
+      </c>
+      <c r="M442" t="s">
+        <v>2231</v>
+      </c>
+      <c r="N442" t="s">
+        <v>27</v>
+      </c>
+      <c r="O442" t="s">
+        <v>2238</v>
+      </c>
+      <c r="P442" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16">
+      <c r="A443" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B443" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C443" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D443" t="s">
+        <v>618</v>
+      </c>
+      <c r="E443" t="s">
+        <v>20</v>
+      </c>
+      <c r="F443" t="s">
+        <v>21</v>
+      </c>
+      <c r="G443" t="s">
+        <v>22</v>
+      </c>
+      <c r="H443">
+        <v>2012</v>
+      </c>
+      <c r="I443">
+        <v>2014</v>
+      </c>
+      <c r="J443" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K443" t="s">
+        <v>34</v>
+      </c>
+      <c r="L443" t="s">
+        <v>2242</v>
+      </c>
+      <c r="M443" t="s">
+        <v>2231</v>
+      </c>
+      <c r="N443" t="s">
+        <v>27</v>
+      </c>
+      <c r="O443" t="s">
+        <v>2243</v>
+      </c>
+      <c r="P443" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="444" spans="1:16">
+      <c r="A444" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B444" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C444" t="s">
+        <v>455</v>
+      </c>
+      <c r="D444" t="s">
+        <v>96</v>
+      </c>
+      <c r="E444" t="s">
+        <v>20</v>
+      </c>
+      <c r="F444" t="s">
+        <v>21</v>
+      </c>
+      <c r="G444" t="s">
+        <v>22</v>
+      </c>
+      <c r="H444">
+        <v>2011</v>
+      </c>
+      <c r="I444">
         <v>2013</v>
       </c>
-      <c r="I426" t="s">
-[...767 lines deleted...]
-      </c>
       <c r="J444" t="s">
-        <v>29</v>
+        <v>1499</v>
       </c>
       <c r="K444" t="s">
-        <v>1466</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L444"/>
       <c r="M444" t="s">
-        <v>24</v>
+        <v>459</v>
       </c>
       <c r="N444" t="s">
-        <v>1468</v>
-[...521 lines deleted...]
-        <v>1511</v>
+        <v>27</v>
+      </c>
+      <c r="O444" t="s">
+        <v>2247</v>
+      </c>
+      <c r="P444" t="s">
+        <v>2248</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>