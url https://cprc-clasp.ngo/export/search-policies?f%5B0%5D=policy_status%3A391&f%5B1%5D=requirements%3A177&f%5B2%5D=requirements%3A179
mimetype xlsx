--- v1 (2025-11-29)
+++ v2 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2232">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,50 +131,86 @@
   <si>
     <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
@@ -185,182 +221,149 @@
   <si>
     <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...19 lines deleted...]
-    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...13 lines deleted...]
-  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
@@ -379,87 +382,87 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>MEPL covers some single phase heat pump|air conditioners.</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
   </si>
   <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
     <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
@@ -849,50 +852,53 @@
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
     <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
   </si>
   <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
@@ -1343,53 +1349,50 @@
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
-  </si>
-[...1 lines deleted...]
-    <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
@@ -1855,68 +1858,50 @@
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
   </si>
   <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
     <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
-[...16 lines deleted...]
-  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
@@ -1971,87 +1956,84 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
     <t>Electric refrigerators and food-freezers for household purposes</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
     <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
@@ -2248,123 +2230,126 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -2819,50 +2804,53 @@
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
@@ -2903,194 +2891,165 @@
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>MS 1220:2010
-[...7 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
-[...30 lines deleted...]
-  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -3465,90 +3424,122 @@
   <si>
     <t>https://www.legislation.gov.au/Series/F2019L00968</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
     <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2012L02135</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
@@ -4772,57 +4763,57 @@
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
@@ -5043,180 +5034,153 @@
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
   </si>
   <si>
     <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...25 lines deleted...]
-  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
     <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
     <t>Transformers smaller than 1500kVA</t>
   </si>
@@ -5693,93 +5657,84 @@
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
     <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
     <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>January 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
     <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
   </si>
   <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...1 lines deleted...]
-  <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
   <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
@@ -6753,62 +6708,50 @@
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for printers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
     <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
   <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
     <t>It covers computers</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
@@ -7420,51 +7363,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P444"/>
+  <dimension ref="A1:P439"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -7604,21802 +7547,21556 @@
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>36</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2003</v>
+        <v>1980</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
       <c r="L5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2016</v>
       </c>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2017</v>
       </c>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
         <v>73</v>
       </c>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
         <v>2018</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
         <v>83</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2003</v>
       </c>
       <c r="I10">
         <v>2023</v>
       </c>
       <c r="J10" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="M10" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H11">
         <v>2003</v>
       </c>
       <c r="I11">
         <v>2006</v>
       </c>
       <c r="J11" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="D12" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2008</v>
+        <v>1979</v>
       </c>
       <c r="I12">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
       <c r="M12" t="s">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>1979</v>
+        <v>2003</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
         <v>108</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="I14">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
         <v>112</v>
       </c>
-      <c r="M14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D15" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="I15">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D16" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="I16">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>1997</v>
+        <v>1986</v>
       </c>
       <c r="I17">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="J17" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>113</v>
+        <v>137</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="P17" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
         <v>135</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>1986</v>
+        <v>2006</v>
       </c>
       <c r="I18">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="J18" t="s">
         <v>33</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
       <c r="M18" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I19">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="M19" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20">
         <v>2016</v>
       </c>
       <c r="J20" t="s">
-        <v>149</v>
+        <v>33</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="M20" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D21" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
+        <v>1998</v>
+      </c>
+      <c r="I21">
         <v>2012</v>
-      </c>
-[...1 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="J21" t="s">
         <v>33</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C22" t="s">
-        <v>136</v>
+        <v>161</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="I22">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J22" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>163</v>
+      </c>
       <c r="M22" t="s">
-        <v>138</v>
+        <v>164</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="P22" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
         <v>161</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="I23">
         <v>2021</v>
       </c>
       <c r="J23" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="M23" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="P23" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B24" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="C24" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D24" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I24">
         <v>2021</v>
       </c>
       <c r="J24" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="M24" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="P24" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
         <v>175</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" t="s">
         <v>176</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2016</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="M25" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="P25" t="s">
         <v>180</v>
       </c>
+      <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B26" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C26" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D26" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I26">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>60</v>
+        <v>184</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="M26" t="s">
-        <v>165</v>
+        <v>186</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="P26"/>
+        <v>187</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D27" t="s">
-        <v>184</v>
+        <v>136</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I27">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
+        <v>192</v>
+      </c>
+      <c r="M27" t="s">
         <v>186</v>
       </c>
-      <c r="M27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="P27" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D28" t="s">
-        <v>137</v>
+        <v>197</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2008</v>
       </c>
       <c r="I28">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L28" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="M28" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="P28" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B29" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D29" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J29" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="K29" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="M29" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="P29" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D30" t="s">
-        <v>205</v>
+        <v>157</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I30">
         <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="M30" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="P30" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B31" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C31" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D31" t="s">
-        <v>158</v>
+        <v>216</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I31">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>192</v>
+        <v>217</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="M31" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="P31" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B32" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C32" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D32" t="s">
+        <v>223</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2005</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
         <v>217</v>
       </c>
-      <c r="E32" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="M32" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="P32" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B33" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C33" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="I33">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J33" t="s">
-        <v>218</v>
+        <v>191</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="M33" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N33" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O33" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="P33" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B34" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C34" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>230</v>
+        <v>83</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="I34">
         <v>2010</v>
       </c>
       <c r="J34" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="M34" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N34" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="P34" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B35" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C35" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D35" t="s">
-        <v>78</v>
+        <v>169</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="I35">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J35" t="s">
-        <v>192</v>
+        <v>217</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="M35" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="P35" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B36" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C36" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D36" t="s">
-        <v>170</v>
+        <v>244</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J36" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>171</v>
+        <v>245</v>
       </c>
       <c r="M36" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="P36" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B37" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C37" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I37">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>218</v>
+        <v>118</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="L37" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="M37" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="P37" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B38" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C38" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J38" t="s">
-        <v>120</v>
+        <v>191</v>
       </c>
       <c r="K38" t="s">
-        <v>252</v>
+        <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="M38" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="P38" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B39" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D39" t="s">
-        <v>258</v>
+        <v>109</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="M39" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="P39" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B40" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C40" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D40" t="s">
-        <v>110</v>
+        <v>268</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="I40">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J40" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="M40" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="P40" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B41" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C41" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D41" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="M41" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="P41" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B42" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C42" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D42" t="s">
-        <v>96</v>
+        <v>280</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2008</v>
       </c>
       <c r="I42">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="M42" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="P42" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B43" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D43" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2008</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="M43" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="P43" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="B44" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="C44" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D44" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I44">
         <v>2015</v>
       </c>
       <c r="J44" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="M44" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="P44" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="B45" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="C45" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D45" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2009</v>
       </c>
       <c r="I45">
         <v>2015</v>
       </c>
       <c r="J45" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K45" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L45" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="M45" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="P45" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B46" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C46" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D46" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I46">
         <v>2015</v>
       </c>
       <c r="J46" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K46" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="M46" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N46" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O46" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="P46" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="B47" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="C47" t="s">
-        <v>162</v>
+        <v>310</v>
       </c>
       <c r="D47" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>312</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I47">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J47" t="s">
-        <v>192</v>
+        <v>313</v>
       </c>
       <c r="K47" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="L47" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="M47" t="s">
-        <v>187</v>
+        <v>315</v>
       </c>
       <c r="N47" t="s">
-        <v>36</v>
+        <v>316</v>
       </c>
       <c r="O47" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="P47" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="B48" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="C48" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="D48" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>312</v>
+        <v>52</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I48">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J48" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="K48" t="s">
-        <v>252</v>
+        <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="M48" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="N48" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="P48" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>319</v>
       </c>
       <c r="B49" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="C49" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D49" t="s">
         <v>322</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2010</v>
       </c>
       <c r="I49">
         <v>2019</v>
       </c>
       <c r="J49" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
         <v>324</v>
       </c>
-      <c r="M49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M49"/>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="P49" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="B50" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C50" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D50" t="s">
-        <v>322</v>
+        <v>268</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="I50">
         <v>2019</v>
       </c>
       <c r="J50" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="M50"/>
+        <v>335</v>
+      </c>
+      <c r="M50" t="s">
+        <v>325</v>
+      </c>
       <c r="N50" t="s">
-        <v>27</v>
+        <v>336</v>
       </c>
       <c r="O50" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="P50" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B51" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C51" t="s">
         <v>321</v>
       </c>
       <c r="D51" t="s">
-        <v>269</v>
+        <v>341</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="I51">
         <v>2019</v>
       </c>
       <c r="J51" t="s">
-        <v>323</v>
+        <v>342</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
-      <c r="L51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
         <v>325</v>
       </c>
       <c r="N51" t="s">
-        <v>336</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="P51" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B52" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C52" t="s">
         <v>321</v>
       </c>
       <c r="D52" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="I52">
         <v>2019</v>
       </c>
       <c r="J52" t="s">
-        <v>342</v>
+        <v>323</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>325</v>
       </c>
       <c r="N52" t="s">
-        <v>27</v>
+        <v>336</v>
       </c>
       <c r="O52" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="P52" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>345</v>
       </c>
       <c r="B53" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C53" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D53" t="s">
         <v>347</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1997</v>
       </c>
       <c r="I53">
         <v>2019</v>
       </c>
       <c r="J53" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53"/>
-      <c r="M53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M53"/>
       <c r="N53" t="s">
         <v>336</v>
       </c>
       <c r="O53" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="P53" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="B54" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C54" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D54" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="I54">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="J54" t="s">
-        <v>330</v>
+        <v>356</v>
       </c>
       <c r="K54" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="M54"/>
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>357</v>
+      </c>
+      <c r="M54" t="s">
+        <v>325</v>
+      </c>
       <c r="N54" t="s">
-        <v>336</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="P54" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="B55" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="C55" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D55" t="s">
         <v>355</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>1995</v>
       </c>
       <c r="I55">
-        <v>2023</v>
+        <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>356</v>
+        <v>330</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
         <v>357</v>
       </c>
-      <c r="M55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M55"/>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="P55" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B56" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C56" t="s">
-        <v>329</v>
+        <v>366</v>
       </c>
       <c r="D56" t="s">
-        <v>355</v>
+        <v>298</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>1995</v>
+        <v>1979</v>
       </c>
       <c r="I56">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J56" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
-      <c r="L56" t="s">
-[...2 lines deleted...]
-      <c r="M56"/>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>325</v>
+      </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="P56" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>364</v>
       </c>
       <c r="B57" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C57" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="D57" t="s">
         <v>298</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>1979</v>
       </c>
       <c r="I57">
         <v>2013</v>
       </c>
       <c r="J57" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
-      <c r="M57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M57"/>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="P57" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="B58" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="C58" t="s">
-        <v>370</v>
+        <v>321</v>
       </c>
       <c r="D58" t="s">
-        <v>298</v>
+        <v>375</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>1979</v>
+        <v>2009</v>
       </c>
       <c r="I58">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J58" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="K58" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L58"/>
-      <c r="M58"/>
+      <c r="M58" t="s">
+        <v>325</v>
+      </c>
       <c r="N58" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O58" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="P58" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B59" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C59" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D59" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2009</v>
       </c>
       <c r="I59">
         <v>2019</v>
       </c>
       <c r="J59" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
-      <c r="M59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M59"/>
       <c r="N59" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="P59" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>378</v>
       </c>
       <c r="B60" t="s">
         <v>379</v>
       </c>
       <c r="C60" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D60" t="s">
         <v>380</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>383</v>
       </c>
       <c r="H60">
         <v>2009</v>
       </c>
       <c r="I60">
         <v>2019</v>
       </c>
       <c r="J60" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
-      <c r="M60"/>
+      <c r="M60" t="s">
+        <v>325</v>
+      </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="P60" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="B61" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C61" t="s">
         <v>321</v>
       </c>
       <c r="D61" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>383</v>
+        <v>22</v>
       </c>
       <c r="H61">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I61">
         <v>2019</v>
       </c>
       <c r="J61" t="s">
         <v>323</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
-      <c r="L61"/>
+      <c r="L61" t="s">
+        <v>389</v>
+      </c>
       <c r="M61" t="s">
-        <v>325</v>
+        <v>390</v>
       </c>
       <c r="N61" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O61" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="P61" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>386</v>
       </c>
       <c r="B62" t="s">
         <v>387</v>
       </c>
       <c r="C62" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D62" t="s">
         <v>388</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62">
         <v>2019</v>
       </c>
       <c r="J62" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
-      <c r="L62" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L62"/>
+      <c r="M62"/>
       <c r="N62" t="s">
         <v>36</v>
       </c>
       <c r="O62" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="P62" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>386</v>
       </c>
       <c r="B63" t="s">
         <v>387</v>
       </c>
       <c r="C63" t="s">
         <v>329</v>
       </c>
       <c r="D63" t="s">
         <v>388</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63">
         <v>2019</v>
       </c>
       <c r="J63" t="s">
         <v>330</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
-      <c r="L63"/>
+      <c r="L63" t="s">
+        <v>389</v>
+      </c>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>36</v>
       </c>
       <c r="O63" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="P63" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
       <c r="B64" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="C64" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D64" t="s">
-        <v>388</v>
+        <v>341</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="I64">
         <v>2019</v>
       </c>
       <c r="J64" t="s">
-        <v>330</v>
+        <v>399</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
-      <c r="L64" t="s">
-[...2 lines deleted...]
-      <c r="M64"/>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>325</v>
+      </c>
       <c r="N64" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="P64" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B65" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="C65" t="s">
         <v>321</v>
       </c>
       <c r="D65" t="s">
-        <v>341</v>
+        <v>322</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="I65">
         <v>2019</v>
       </c>
       <c r="J65" t="s">
-        <v>399</v>
+        <v>323</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>325</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="P65" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B66" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>321</v>
       </c>
       <c r="D66" t="s">
-        <v>322</v>
+        <v>347</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I66">
         <v>2019</v>
       </c>
       <c r="J66" t="s">
         <v>323</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
-      <c r="L66"/>
+      <c r="L66" t="s">
+        <v>408</v>
+      </c>
       <c r="M66" t="s">
         <v>325</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="P66" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B67" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C67" t="s">
         <v>321</v>
       </c>
       <c r="D67" t="s">
-        <v>347</v>
+        <v>413</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2010</v>
       </c>
       <c r="I67">
         <v>2019</v>
       </c>
       <c r="J67" t="s">
         <v>323</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>408</v>
+        <v>335</v>
       </c>
       <c r="M67" t="s">
-        <v>325</v>
+        <v>414</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="P67" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B68" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C68" t="s">
         <v>321</v>
       </c>
       <c r="D68" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I68">
         <v>2019</v>
       </c>
       <c r="J68" t="s">
         <v>323</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>414</v>
+        <v>325</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="P68" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>417</v>
       </c>
       <c r="B69" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C69" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D69" t="s">
         <v>419</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2014</v>
       </c>
       <c r="I69">
         <v>2019</v>
       </c>
       <c r="J69" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
-      <c r="M69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M69"/>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="P69" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="B70" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C70" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D70" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I70">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="J70" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70"/>
-      <c r="M70"/>
+      <c r="M70" t="s">
+        <v>325</v>
+      </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="P70" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B71" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="C71" t="s">
         <v>321</v>
       </c>
       <c r="D71" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I71">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J71" t="s">
-        <v>323</v>
+        <v>44</v>
       </c>
       <c r="K71" t="s">
-        <v>34</v>
+        <v>433</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>325</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="P71" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="B72" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="C72" t="s">
-        <v>321</v>
+        <v>366</v>
       </c>
       <c r="D72" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="I72">
         <v>2024</v>
       </c>
       <c r="J72" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="K72" t="s">
-        <v>434</v>
+        <v>34</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>325</v>
       </c>
       <c r="N72" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O72" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="P72" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="B73" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="C73" t="s">
-        <v>366</v>
+        <v>321</v>
       </c>
       <c r="D73" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2024</v>
+        <v>1992</v>
       </c>
       <c r="I73">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="J73" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="K73" t="s">
-        <v>34</v>
+        <v>446</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>325</v>
       </c>
       <c r="N73" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="P73" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
+        <v>442</v>
+      </c>
+      <c r="B74" t="s">
         <v>443</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
+        <v>370</v>
+      </c>
+      <c r="D74" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>1992</v>
       </c>
       <c r="I74">
         <v>2013</v>
       </c>
       <c r="J74" t="s">
+        <v>44</v>
+      </c>
+      <c r="K74" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>325</v>
+        <v>449</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="P74" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="B75" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C75" t="s">
-        <v>370</v>
+        <v>454</v>
       </c>
       <c r="D75" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
+        <v>456</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="I75">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="J75" t="s">
-        <v>433</v>
+        <v>457</v>
       </c>
       <c r="K75" t="s">
-        <v>447</v>
+        <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="P75" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B76" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="C76" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="D76" t="s">
-        <v>456</v>
+        <v>223</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>457</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I76">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="J76" t="s">
-        <v>458</v>
+        <v>313</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="P76" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="B77" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C77" t="s">
-        <v>464</v>
+        <v>108</v>
       </c>
       <c r="D77" t="s">
-        <v>224</v>
+        <v>130</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="I77">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J77" t="s">
-        <v>313</v>
+        <v>118</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
-      <c r="L77"/>
+      <c r="L77" t="s">
+        <v>469</v>
+      </c>
       <c r="M77" t="s">
-        <v>465</v>
+        <v>112</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="P77" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B78" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C78" t="s">
-        <v>109</v>
+        <v>474</v>
       </c>
       <c r="D78" t="s">
-        <v>59</v>
+        <v>475</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>1986</v>
+        <v>2023</v>
       </c>
       <c r="I78">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J78" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="M78" t="s">
-        <v>113</v>
+        <v>477</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="P78" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="B79" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="C79" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="D79" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
-      <c r="H79">
-[...4 lines deleted...]
-      </c>
+      <c r="H79"/>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="M79" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="P79" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="B80" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="C80" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D80" t="s">
-        <v>484</v>
+        <v>83</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
-      <c r="H80"/>
-      <c r="I80"/>
+      <c r="H80">
+        <v>1993</v>
+      </c>
+      <c r="I80">
+        <v>2009</v>
+      </c>
       <c r="J80" t="s">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="M80" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="P80" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="B81" t="s">
+        <v>496</v>
+      </c>
+      <c r="C81" t="s">
         <v>490</v>
       </c>
-      <c r="C81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>78</v>
+        <v>497</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="I81">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J81" t="s">
-        <v>111</v>
+        <v>498</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
-      <c r="L81" t="s">
+      <c r="L81"/>
+      <c r="M81" t="s">
         <v>492</v>
       </c>
-      <c r="M81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="P81" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B82" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C82" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D82" t="s">
+        <v>268</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>52</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2000</v>
+      </c>
+      <c r="I82">
+        <v>2009</v>
+      </c>
+      <c r="J82" t="s">
         <v>498</v>
       </c>
-      <c r="E82" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
-      <c r="L82"/>
+      <c r="L82" t="s">
+        <v>503</v>
+      </c>
       <c r="M82" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="P82" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B83" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="C83" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D83" t="s">
-        <v>269</v>
+        <v>507</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="I83">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J83" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
-      <c r="L83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="P83" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B84" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="C84" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D84" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="I84">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J84" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
-      <c r="L84"/>
+      <c r="L84" t="s">
+        <v>503</v>
+      </c>
       <c r="M84" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="P84" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B85" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C85" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D85" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2000</v>
+        <v>1992</v>
       </c>
       <c r="I85">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="J85" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
-      <c r="L85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="P85" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B86" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C86" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D86" t="s">
-        <v>517</v>
+        <v>169</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="I86">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J86" t="s">
-        <v>111</v>
+        <v>498</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="P86" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B87" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C87" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D87" t="s">
-        <v>170</v>
+        <v>197</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I87">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J87" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K87" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L87"/>
+        <v>198</v>
+      </c>
+      <c r="L87" t="s">
+        <v>523</v>
+      </c>
       <c r="M87" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="P87" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B88" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C88" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D88" t="s">
-        <v>198</v>
+        <v>223</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2010</v>
       </c>
       <c r="I88">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J88" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="K88" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L88" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="M88" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="P88" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B89" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C89" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D89" t="s">
-        <v>224</v>
+        <v>347</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="I89">
         <v>2010</v>
       </c>
       <c r="J89" t="s">
-        <v>111</v>
+        <v>498</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="M89" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="P89" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B90" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="C90" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D90" t="s">
-        <v>347</v>
+        <v>535</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="I90">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="J90" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
-      <c r="L90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="P90" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B91" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C91" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D91" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="I91">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="J91" t="s">
-        <v>111</v>
+        <v>498</v>
       </c>
       <c r="K91" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L91"/>
+        <v>198</v>
+      </c>
+      <c r="L91" t="s">
+        <v>540</v>
+      </c>
       <c r="M91" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="P91" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B92" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="C92" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D92" t="s">
-        <v>540</v>
+        <v>274</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I92">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J92" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="K92" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="M92" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="P92" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
+        <v>542</v>
+      </c>
+      <c r="B93" t="s">
         <v>543</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D93" t="s">
-        <v>96</v>
+        <v>546</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="I93">
         <v>2009</v>
       </c>
       <c r="J93" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="M93" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="P93" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="B94" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="C94" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D94" t="s">
-        <v>547</v>
+        <v>223</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="I94">
         <v>2009</v>
       </c>
       <c r="J94" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>548</v>
+        <v>527</v>
       </c>
       <c r="M94" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="P94" t="s">
-        <v>495</v>
+        <v>552</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B95" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C95" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D95" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="I95">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="J95" t="s">
-        <v>111</v>
+        <v>498</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
-      <c r="L95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L95"/>
       <c r="M95" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="P95" t="s">
-        <v>553</v>
+        <v>494</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B96" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C96" t="s">
-        <v>491</v>
+        <v>161</v>
       </c>
       <c r="D96" t="s">
-        <v>205</v>
+        <v>136</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="I96">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="J96" t="s">
-        <v>499</v>
+        <v>23</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>493</v>
+        <v>558</v>
       </c>
       <c r="N96" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O96" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="P96" t="s">
-        <v>495</v>
+        <v>560</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="B97" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C97" t="s">
-        <v>162</v>
+        <v>474</v>
       </c>
       <c r="D97" t="s">
-        <v>137</v>
+        <v>563</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="I97">
         <v>2024</v>
       </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
-      <c r="L97"/>
+      <c r="L97" t="s">
+        <v>564</v>
+      </c>
       <c r="M97" t="s">
-        <v>559</v>
+        <v>477</v>
       </c>
       <c r="N97" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="P97" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B98" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="C98" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D98" t="s">
-        <v>564</v>
+        <v>169</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2009</v>
       </c>
       <c r="I98">
         <v>2024</v>
       </c>
       <c r="J98" t="s">
         <v>23</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="M98" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="P98" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B99" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C99" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D99" t="s">
-        <v>170</v>
+        <v>223</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I99">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J99" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="M99" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="P99" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B100" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C100" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D100" t="s">
-        <v>224</v>
+        <v>388</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I100">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="J100" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="M100" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="P100" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B101" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="C101" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D101" t="s">
-        <v>388</v>
+        <v>223</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="I101">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="M101" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="P101" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B102" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="C102" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D102" t="s">
-        <v>224</v>
+        <v>83</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="I102">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="J102" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="M102" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="P102" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B103" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="C103" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D103" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="I103">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="J103" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="M103" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="P103" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="B104" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="C104" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D104" t="s">
-        <v>78</v>
+        <v>599</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I104">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J104" t="s">
-        <v>23</v>
+        <v>600</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="M104" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="P104" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="B105" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="C105" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D105" t="s">
-        <v>600</v>
+        <v>250</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G105" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H105">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I105">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="J105" t="s">
-        <v>601</v>
+        <v>23</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
-      <c r="L105"/>
+      <c r="L105" t="s">
+        <v>606</v>
+      </c>
       <c r="M105" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="P105" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="B106" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C106" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D106" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I106">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="J106" t="s">
-        <v>607</v>
+        <v>71</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="M106" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="P106" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="B107" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="C107" t="s">
-        <v>475</v>
+        <v>617</v>
       </c>
       <c r="D107" t="s">
-        <v>251</v>
+        <v>618</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="I107">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="J107" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K107" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>478</v>
+        <v>619</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="P107" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="B108" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="C108" t="s">
-        <v>475</v>
+        <v>624</v>
       </c>
       <c r="D108" t="s">
-        <v>618</v>
+        <v>130</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
-        <v>2009</v>
+        <v>1986</v>
       </c>
       <c r="I108">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="J108" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
-      <c r="L108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>478</v>
+        <v>625</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="P108" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="B109" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="C109" t="s">
-        <v>624</v>
+        <v>41</v>
       </c>
       <c r="D109" t="s">
-        <v>625</v>
+        <v>83</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I109">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="J109" t="s">
-        <v>60</v>
+        <v>630</v>
       </c>
       <c r="K109" t="s">
-        <v>447</v>
+        <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="P109" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="B110" t="s">
+        <v>635</v>
+      </c>
+      <c r="C110" t="s">
+        <v>41</v>
+      </c>
+      <c r="D110" t="s">
+        <v>274</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2022</v>
+      </c>
+      <c r="I110">
+        <v>2024</v>
+      </c>
+      <c r="J110" t="s">
         <v>630</v>
-      </c>
-[...22 lines deleted...]
-        <v>60</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
+        <v>636</v>
+      </c>
+      <c r="P110" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B111" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C111" t="s">
-        <v>637</v>
+        <v>41</v>
       </c>
       <c r="D111" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
-      <c r="H111">
-[...1 lines deleted...]
-      </c>
+      <c r="H111"/>
       <c r="I111">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J111" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
+        <v>631</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
         <v>639</v>
       </c>
-      <c r="N111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P111" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
+        <v>640</v>
+      </c>
+      <c r="B112" t="s">
+        <v>641</v>
+      </c>
+      <c r="C112" t="s">
+        <v>161</v>
+      </c>
+      <c r="D112" t="s">
+        <v>223</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>383</v>
+      </c>
+      <c r="H112">
+        <v>1989</v>
+      </c>
+      <c r="I112">
+        <v>2016</v>
+      </c>
+      <c r="J112" t="s">
+        <v>205</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
         <v>642</v>
       </c>
-      <c r="B112" t="s">
+      <c r="M112" t="s">
         <v>643</v>
-      </c>
-[...29 lines deleted...]
-        <v>639</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
         <v>644</v>
       </c>
       <c r="P112" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B113" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C113" t="s">
-        <v>637</v>
+        <v>161</v>
       </c>
       <c r="D113" t="s">
-        <v>224</v>
+        <v>268</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
-        <v>2024</v>
+        <v>1989</v>
       </c>
       <c r="I113">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J113" t="s">
-        <v>638</v>
+        <v>205</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
-      <c r="L113"/>
+      <c r="L113" t="s">
+        <v>269</v>
+      </c>
       <c r="M113" t="s">
-        <v>639</v>
+        <v>186</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="P113" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B114" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C114" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D114" t="s">
-        <v>224</v>
+        <v>652</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
-        <v>383</v>
+        <v>22</v>
       </c>
       <c r="H114">
         <v>1989</v>
       </c>
       <c r="I114">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="J114" t="s">
-        <v>206</v>
+        <v>653</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="M114" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="P114" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B115" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C115" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D115" t="s">
-        <v>269</v>
+        <v>660</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="I115">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="J115" t="s">
-        <v>206</v>
+        <v>653</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
-      <c r="L115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>187</v>
+        <v>655</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="P115" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="B116" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C116" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D116" t="s">
-        <v>660</v>
+        <v>136</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I116">
         <v>2021</v>
       </c>
       <c r="J116" t="s">
-        <v>661</v>
+        <v>191</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="M116" t="s">
-        <v>663</v>
+        <v>186</v>
       </c>
       <c r="N116" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O116" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="P116" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B117" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C117" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D117" t="s">
-        <v>668</v>
+        <v>274</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="I117">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="J117" t="s">
-        <v>661</v>
+        <v>205</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
-      <c r="L117"/>
+      <c r="L117" t="s">
+        <v>670</v>
+      </c>
       <c r="M117" t="s">
-        <v>663</v>
+        <v>186</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="P117" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B118" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C118" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D118" t="s">
-        <v>137</v>
+        <v>216</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="I118">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J118" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="M118" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N118" t="s">
         <v>36</v>
       </c>
       <c r="O118" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="P118" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B119" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C119" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D119" t="s">
-        <v>96</v>
+        <v>680</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I119">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="J119" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="M119" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="P119" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B120" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C120" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D120" t="s">
-        <v>217</v>
+        <v>83</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="I120">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J120" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>683</v>
+        <v>185</v>
       </c>
       <c r="M120" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N120" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="P120" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B121" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C121" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D121" t="s">
-        <v>688</v>
+        <v>124</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I121">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="J121" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="M121" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P121" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B122" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C122" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D122" t="s">
-        <v>78</v>
+        <v>229</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>21</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="I122">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="J122" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
+        <v>695</v>
+      </c>
+      <c r="M122" t="s">
         <v>186</v>
       </c>
-      <c r="M122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N122" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O122" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="P122" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B123" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C123" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D123" t="s">
-        <v>126</v>
+        <v>700</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I123">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="J123" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="M123" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N123" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O123" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="P123" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B124" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C124" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D124" t="s">
-        <v>230</v>
+        <v>388</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="I124">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="J124" t="s">
-        <v>192</v>
+        <v>23</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="M124" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N124" t="s">
         <v>36</v>
       </c>
       <c r="O124" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="P124" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B125" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C125" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D125" t="s">
-        <v>708</v>
+        <v>197</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="I125">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J125" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K125" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L125" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="M125" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N125" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="P125" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B126" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C126" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D126" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
-        <v>22</v>
+        <v>716</v>
       </c>
       <c r="H126">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I126">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="J126" t="s">
-        <v>23</v>
+        <v>205</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="M126" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N126" t="s">
         <v>36</v>
       </c>
       <c r="O126" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="P126" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B127" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C127" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D127" t="s">
-        <v>198</v>
+        <v>722</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H127">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I127">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="J127" t="s">
-        <v>206</v>
+        <v>723</v>
       </c>
       <c r="K127" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L127" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="M127" t="s">
-        <v>187</v>
+        <v>643</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="P127" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="B128" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="C128" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D128" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I128">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="J128" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="M128" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N128" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="P128" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="B129" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="C129" t="s">
-        <v>729</v>
+        <v>161</v>
       </c>
       <c r="D129" t="s">
-        <v>730</v>
+        <v>83</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H129">
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="I129">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="J129" t="s">
-        <v>731</v>
+        <v>191</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="M129" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="P129" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B130" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C130" t="s">
-        <v>162</v>
+        <v>739</v>
       </c>
       <c r="D130" t="s">
-        <v>184</v>
+        <v>740</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2008</v>
       </c>
       <c r="I130">
-        <v>2008</v>
+        <v>2024</v>
       </c>
       <c r="J130" t="s">
-        <v>206</v>
+        <v>653</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="M130" t="s">
-        <v>187</v>
+        <v>655</v>
       </c>
       <c r="N130" t="s">
-        <v>27</v>
+        <v>742</v>
       </c>
       <c r="O130" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="P130" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="B131" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="C131" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D131" t="s">
-        <v>78</v>
+        <v>747</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I131">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="J131" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="M131" t="s">
-        <v>651</v>
+        <v>186</v>
       </c>
       <c r="N131" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O131" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="P131" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="B132" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="C132" t="s">
-        <v>729</v>
+        <v>161</v>
       </c>
       <c r="D132" t="s">
-        <v>747</v>
+        <v>250</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2008</v>
       </c>
       <c r="I132">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="J132" t="s">
-        <v>661</v>
+        <v>205</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="M132" t="s">
-        <v>663</v>
+        <v>186</v>
       </c>
       <c r="N132" t="s">
-        <v>749</v>
+        <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="P132" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="B133" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="C133" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D133" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2008</v>
       </c>
       <c r="I133">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="J133" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="M133" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N133" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="P133" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B134" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C134" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D134" t="s">
-        <v>251</v>
+        <v>292</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I134">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J134" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134" t="s">
-        <v>760</v>
+        <v>293</v>
       </c>
       <c r="M134" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="P134" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B135" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C135" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D135" t="s">
-        <v>765</v>
+        <v>169</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I135">
         <v>2016</v>
       </c>
       <c r="J135" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>766</v>
+        <v>170</v>
       </c>
       <c r="M135" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
         <v>767</v>
       </c>
       <c r="P135" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
         <v>769</v>
       </c>
       <c r="B136" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C136" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D136" t="s">
-        <v>292</v>
+        <v>771</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2010</v>
       </c>
       <c r="I136">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J136" t="s">
-        <v>206</v>
+        <v>71</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136" t="s">
-        <v>293</v>
+        <v>772</v>
       </c>
       <c r="M136" t="s">
-        <v>187</v>
+        <v>643</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="P136" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B137" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C137" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D137" t="s">
-        <v>170</v>
+        <v>777</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="I137">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J137" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K137" t="s">
-        <v>34</v>
+        <v>778</v>
       </c>
       <c r="L137" t="s">
-        <v>171</v>
+        <v>779</v>
       </c>
       <c r="M137" t="s">
-        <v>187</v>
+        <v>780</v>
       </c>
       <c r="N137" t="s">
-        <v>27</v>
+        <v>781</v>
       </c>
       <c r="O137" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="P137" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="B138" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="C138" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D138" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2010</v>
       </c>
       <c r="I138">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="J138" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
       <c r="K138" t="s">
-        <v>34</v>
+        <v>778</v>
       </c>
       <c r="L138" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="M138" t="s">
-        <v>651</v>
+        <v>780</v>
       </c>
       <c r="N138" t="s">
-        <v>27</v>
+        <v>781</v>
       </c>
       <c r="O138" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="P138" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="B139" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="C139" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D139" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2011</v>
       </c>
       <c r="I139">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J139" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K139" t="s">
-        <v>785</v>
+        <v>34</v>
       </c>
       <c r="L139" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="M139" t="s">
-        <v>787</v>
+        <v>186</v>
       </c>
       <c r="N139" t="s">
-        <v>788</v>
+        <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="P139" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="B140" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="C140" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D140" t="s">
-        <v>793</v>
+        <v>109</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I140">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J140" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K140" t="s">
-        <v>785</v>
+        <v>34</v>
       </c>
       <c r="L140" t="s">
-        <v>794</v>
+        <v>263</v>
       </c>
       <c r="M140" t="s">
-        <v>787</v>
+        <v>186</v>
       </c>
       <c r="N140" t="s">
-        <v>788</v>
+        <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="P140" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B141" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C141" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D141" t="s">
-        <v>799</v>
+        <v>109</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2011</v>
       </c>
       <c r="I141">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J141" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="M141" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="P141" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B142" t="s">
-        <v>804</v>
+        <v>249</v>
       </c>
       <c r="C142" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D142" t="s">
-        <v>110</v>
+        <v>250</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>22</v>
+        <v>383</v>
       </c>
       <c r="H142">
         <v>2011</v>
       </c>
       <c r="I142">
         <v>2012</v>
       </c>
       <c r="J142" t="s">
-        <v>206</v>
+        <v>653</v>
       </c>
       <c r="K142" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="L142" t="s">
-        <v>264</v>
+        <v>806</v>
       </c>
       <c r="M142" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="P142" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B143" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C143" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D143" t="s">
-        <v>110</v>
+        <v>811</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I143">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J143" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K143" t="s">
-        <v>34</v>
+        <v>778</v>
       </c>
       <c r="L143" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="M143" t="s">
-        <v>187</v>
+        <v>780</v>
       </c>
       <c r="N143" t="s">
-        <v>27</v>
+        <v>781</v>
       </c>
       <c r="O143" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="P143" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B144" t="s">
-        <v>250</v>
+        <v>816</v>
       </c>
       <c r="C144" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D144" t="s">
-        <v>251</v>
+        <v>817</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>383</v>
+        <v>22</v>
       </c>
       <c r="H144">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I144">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="J144" t="s">
-        <v>661</v>
+        <v>205</v>
       </c>
       <c r="K144" t="s">
-        <v>252</v>
+        <v>778</v>
       </c>
       <c r="L144" t="s">
-        <v>813</v>
+        <v>779</v>
       </c>
       <c r="M144" t="s">
-        <v>187</v>
+        <v>780</v>
       </c>
       <c r="N144" t="s">
-        <v>27</v>
+        <v>781</v>
       </c>
       <c r="O144" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="P144" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="B145" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="C145" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D145" t="s">
-        <v>818</v>
+        <v>257</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2012</v>
       </c>
       <c r="I145">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J145" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K145" t="s">
-        <v>785</v>
+        <v>34</v>
       </c>
       <c r="L145" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="M145" t="s">
-        <v>787</v>
+        <v>186</v>
       </c>
       <c r="N145" t="s">
-        <v>788</v>
+        <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="P145" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B146" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C146" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D146" t="s">
-        <v>824</v>
+        <v>274</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
+        <v>2003</v>
+      </c>
+      <c r="I146">
         <v>2013</v>
       </c>
-      <c r="I146">
-[...1 lines deleted...]
-      </c>
       <c r="J146" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K146" t="s">
-        <v>785</v>
+        <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>786</v>
+        <v>827</v>
       </c>
       <c r="M146" t="s">
-        <v>787</v>
+        <v>186</v>
       </c>
       <c r="N146" t="s">
-        <v>788</v>
+        <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="P146" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B147" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C147" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D147" t="s">
-        <v>258</v>
+        <v>599</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I147">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J147" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="M147" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="P147" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B148" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C148" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D148" t="s">
-        <v>96</v>
+        <v>250</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I148">
         <v>2013</v>
       </c>
       <c r="J148" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="M148" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="P148" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B149" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C149" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D149" t="s">
-        <v>606</v>
+        <v>274</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I149">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="J149" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="M149" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="P149" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="B150" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="C150" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D150" t="s">
-        <v>251</v>
+        <v>786</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I150">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="J150" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K150" t="s">
-        <v>34</v>
+        <v>778</v>
       </c>
       <c r="L150" t="s">
-        <v>844</v>
+        <v>812</v>
       </c>
       <c r="M150" t="s">
-        <v>187</v>
+        <v>847</v>
       </c>
       <c r="N150" t="s">
-        <v>27</v>
+        <v>781</v>
       </c>
       <c r="O150" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="P150" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="B151" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C151" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D151" t="s">
-        <v>96</v>
+        <v>852</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>22</v>
+        <v>383</v>
       </c>
       <c r="H151">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I151">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J151" t="s">
-        <v>206</v>
+        <v>653</v>
       </c>
       <c r="K151" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L151" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="M151" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="P151" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="B152" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="C152" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D152" t="s">
-        <v>793</v>
+        <v>516</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="I152">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J152" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K152" t="s">
-        <v>785</v>
+        <v>34</v>
       </c>
       <c r="L152" t="s">
-        <v>819</v>
+        <v>858</v>
       </c>
       <c r="M152" t="s">
-        <v>854</v>
+        <v>186</v>
       </c>
       <c r="N152" t="s">
-        <v>788</v>
+        <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="P152" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="B153" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C153" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D153" t="s">
-        <v>859</v>
+        <v>274</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I153">
         <v>2015</v>
       </c>
       <c r="J153" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K153" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="M153" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="P153" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B154" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C154" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D154" t="s">
-        <v>517</v>
+        <v>700</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I154">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J154" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="M154" t="s">
-        <v>187</v>
+        <v>780</v>
       </c>
       <c r="N154" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O154" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="P154" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B155" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C155" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D155" t="s">
-        <v>96</v>
+        <v>700</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2005</v>
       </c>
       <c r="I155">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J155" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="M155" t="s">
-        <v>187</v>
+        <v>780</v>
       </c>
       <c r="N155" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O155" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="P155" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="B156" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C156" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D156" t="s">
-        <v>708</v>
+        <v>878</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="I156">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="J156" t="s">
-        <v>206</v>
+        <v>71</v>
       </c>
       <c r="K156" t="s">
-        <v>34</v>
+        <v>778</v>
       </c>
       <c r="L156" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="M156" t="s">
-        <v>787</v>
+        <v>643</v>
       </c>
       <c r="N156" t="s">
-        <v>36</v>
+        <v>781</v>
       </c>
       <c r="O156" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="P156" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B157" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="C157" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D157" t="s">
-        <v>708</v>
+        <v>884</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="I157">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J157" t="s">
-        <v>206</v>
+        <v>653</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="M157" t="s">
-        <v>787</v>
+        <v>655</v>
       </c>
       <c r="N157" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="P157" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="B158" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="C158" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D158" t="s">
-        <v>885</v>
+        <v>680</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H158">
-        <v>2017</v>
+        <v>1989</v>
       </c>
       <c r="I158">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="J158" t="s">
-        <v>60</v>
+        <v>890</v>
       </c>
       <c r="K158" t="s">
-        <v>785</v>
+        <v>34</v>
       </c>
       <c r="L158" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="M158" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="N158" t="s">
-        <v>788</v>
+        <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="P158" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="B159" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="C159" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D159" t="s">
-        <v>891</v>
+        <v>347</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H159">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I159">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J159" t="s">
-        <v>661</v>
+        <v>896</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="M159" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="N159" t="s">
-        <v>27</v>
+        <v>336</v>
       </c>
       <c r="O159" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="P159" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="B160" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="C160" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D160" t="s">
-        <v>688</v>
+        <v>611</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H160">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I160">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J160" t="s">
-        <v>897</v>
+        <v>205</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="M160" t="s">
-        <v>663</v>
+        <v>186</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="P160" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B161" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C161" t="s">
-        <v>162</v>
+        <v>907</v>
       </c>
       <c r="D161" t="s">
-        <v>347</v>
+        <v>908</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G161" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H161">
         <v>2019</v>
       </c>
       <c r="I161">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="J161" t="s">
-        <v>601</v>
+        <v>313</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="M161" t="s">
-        <v>663</v>
+        <v>910</v>
       </c>
       <c r="N161" t="s">
-        <v>336</v>
+        <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="P161" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="B162" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="C162" t="s">
-        <v>162</v>
+        <v>915</v>
       </c>
       <c r="D162" t="s">
-        <v>618</v>
+        <v>916</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I162">
         <v>2013</v>
       </c>
+      <c r="I162"/>
       <c r="J162" t="s">
-        <v>206</v>
+        <v>917</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="M162" t="s">
-        <v>187</v>
+        <v>919</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>909</v>
+        <v>920</v>
       </c>
       <c r="P162" t="s">
-        <v>910</v>
+        <v>921</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>911</v>
+        <v>922</v>
       </c>
       <c r="B163" t="s">
-        <v>912</v>
+        <v>923</v>
       </c>
       <c r="C163" t="s">
-        <v>913</v>
+        <v>924</v>
       </c>
       <c r="D163" t="s">
-        <v>914</v>
+        <v>652</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="I163">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="J163" t="s">
-        <v>313</v>
+        <v>630</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="M163" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="P163" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="B164" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="C164" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D164" t="s">
-        <v>922</v>
+        <v>298</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2013</v>
       </c>
       <c r="I164">
         <v>2024</v>
       </c>
       <c r="J164" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="M164" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="P164" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="B165" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="C165" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D165" t="s">
-        <v>158</v>
+        <v>935</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2013</v>
       </c>
       <c r="I165">
         <v>2024</v>
       </c>
       <c r="J165" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="M165" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="P165" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="B166" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="C166" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D166" t="s">
-        <v>298</v>
+        <v>940</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G166" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H166">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I166">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J166" t="s">
-        <v>923</v>
+        <v>630</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="M166" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="P166" t="s">
-        <v>937</v>
+        <v>927</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="B167" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="C167" t="s">
-        <v>939</v>
+        <v>915</v>
       </c>
       <c r="D167" t="s">
-        <v>298</v>
+        <v>944</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I167"/>
+        <v>2013</v>
+      </c>
+      <c r="I167">
+        <v>2024</v>
+      </c>
       <c r="J167" t="s">
-        <v>638</v>
+        <v>917</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
-      <c r="L167"/>
+      <c r="L167" t="s">
+        <v>945</v>
+      </c>
       <c r="M167" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="P167" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="B168" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="C168" t="s">
-        <v>939</v>
+        <v>915</v>
       </c>
       <c r="D168" t="s">
-        <v>660</v>
+        <v>950</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2013</v>
       </c>
       <c r="I168">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J168" t="s">
-        <v>638</v>
+        <v>917</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="M168" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="P168" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="B169" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="C169" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="D169" t="s">
-        <v>948</v>
+        <v>223</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G169" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H169">
         <v>2013</v>
       </c>
       <c r="I169">
         <v>2024</v>
       </c>
       <c r="J169" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="M169" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="P169" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="B170" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="C170" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="D170" t="s">
-        <v>953</v>
+        <v>169</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I170">
         <v>2024</v>
       </c>
       <c r="J170" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="M170" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="P170" t="s">
-        <v>932</v>
+        <v>947</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="B171" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="C171" t="s">
-        <v>939</v>
+        <v>924</v>
       </c>
       <c r="D171" t="s">
-        <v>957</v>
+        <v>268</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I171">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J171" t="s">
-        <v>638</v>
+        <v>917</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="M171" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="P171" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="B172" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="C172" t="s">
-        <v>921</v>
+        <v>967</v>
       </c>
       <c r="D172" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I172">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J172" t="s">
-        <v>923</v>
+        <v>969</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="M172" t="s">
-        <v>925</v>
+        <v>971</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="P172" t="s">
-        <v>932</v>
+        <v>973</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
       <c r="B173" t="s">
-        <v>966</v>
+        <v>975</v>
       </c>
       <c r="C173" t="s">
-        <v>921</v>
+        <v>967</v>
       </c>
       <c r="D173" t="s">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I173">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="J173" t="s">
-        <v>923</v>
+        <v>969</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="M173" t="s">
-        <v>925</v>
+        <v>971</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="P173" t="s">
-        <v>932</v>
+        <v>978</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
+        <v>979</v>
+      </c>
+      <c r="B174" t="s">
+        <v>980</v>
+      </c>
+      <c r="C174" t="s">
+        <v>967</v>
+      </c>
+      <c r="D174" t="s">
+        <v>268</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>43</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>1989</v>
+      </c>
+      <c r="I174">
+        <v>2015</v>
+      </c>
+      <c r="J174" t="s">
         <v>969</v>
       </c>
-      <c r="B174" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174" t="s">
+        <v>981</v>
+      </c>
+      <c r="M174" t="s">
         <v>971</v>
       </c>
-      <c r="M174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="P174" t="s">
-        <v>932</v>
+        <v>983</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
       <c r="B175" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="C175" t="s">
-        <v>921</v>
+        <v>967</v>
       </c>
       <c r="D175" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="I175">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J175" t="s">
-        <v>923</v>
+        <v>969</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
       <c r="M175" t="s">
-        <v>925</v>
+        <v>971</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
       <c r="P175" t="s">
-        <v>932</v>
+        <v>988</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="B176" t="s">
-        <v>978</v>
+        <v>989</v>
       </c>
       <c r="C176" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D176" t="s">
-        <v>980</v>
+        <v>758</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I176">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J176" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="M176" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="P176" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="B177" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="C177" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D177" t="s">
-        <v>143</v>
+        <v>792</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="I177">
         <v>2012</v>
       </c>
       <c r="J177" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="M177" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="P177" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="B178" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="C178" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D178" t="s">
-        <v>269</v>
+        <v>347</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="I178">
         <v>2015</v>
       </c>
       <c r="J178" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="M178" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="P178" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="B179" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="C179" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D179" t="s">
-        <v>258</v>
+        <v>611</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="I179">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J179" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="M179" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="P179" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>996</v>
+        <v>1008</v>
       </c>
       <c r="B180" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="C180" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D180" t="s">
-        <v>765</v>
+        <v>250</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="I180">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J180" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="M180" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="P180" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="B181" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="C181" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D181" t="s">
-        <v>799</v>
+        <v>380</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I181">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J181" t="s">
-        <v>981</v>
+        <v>1015</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="M181" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="P181" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
       <c r="B182" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="C182" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D182" t="s">
-        <v>347</v>
+        <v>197</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="I182">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J182" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K182" t="s">
-        <v>34</v>
+        <v>1021</v>
       </c>
       <c r="L182" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="M182" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="P182" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="B183" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="C183" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D183" t="s">
-        <v>618</v>
+        <v>250</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="I183">
         <v>2017</v>
       </c>
       <c r="J183" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K183" t="s">
-        <v>34</v>
+        <v>1021</v>
       </c>
       <c r="L183" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="M183" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="P183" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="B184" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="C184" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D184" t="s">
-        <v>251</v>
+        <v>1030</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="I184">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="J184" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="M184" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="P184" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="B185" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="C185" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D185" t="s">
-        <v>380</v>
+        <v>124</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>21</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I185">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J185" t="s">
-        <v>1027</v>
+        <v>969</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
       <c r="M185" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="P185" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="B186" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="C186" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D186" t="s">
-        <v>198</v>
+        <v>109</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I186">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J186" t="s">
-        <v>981</v>
+        <v>1015</v>
       </c>
       <c r="K186" t="s">
-        <v>1033</v>
+        <v>34</v>
       </c>
       <c r="L186" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="M186" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="P186" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
       <c r="B187" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="C187" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D187" t="s">
-        <v>251</v>
+        <v>355</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
         <v>1989</v>
       </c>
       <c r="I187">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J187" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K187" t="s">
-        <v>1033</v>
+        <v>34</v>
       </c>
       <c r="L187" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="M187" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="P187" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="B188" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="C188" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D188" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
         <v>2009</v>
       </c>
       <c r="I188">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J188" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="M188" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="P188" t="s">
-        <v>1045</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
       <c r="B189" t="s">
-        <v>1047</v>
+        <v>1056</v>
       </c>
       <c r="C189" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D189" t="s">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I189">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J189" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189" t="s">
-        <v>1048</v>
+        <v>1057</v>
       </c>
       <c r="M189" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="P189" t="s">
-        <v>1050</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1051</v>
+        <v>1060</v>
       </c>
       <c r="B190" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="C190" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D190" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="I190">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J190" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190" t="s">
-        <v>1053</v>
+        <v>1062</v>
       </c>
       <c r="M190" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N190" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O190" t="s">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="P190" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1056</v>
+        <v>1065</v>
       </c>
       <c r="B191" t="s">
-        <v>1057</v>
+        <v>1066</v>
       </c>
       <c r="C191" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="D191" t="s">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
-        <v>1989</v>
+        <v>2004</v>
       </c>
       <c r="I191">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J191" t="s">
-        <v>981</v>
+        <v>1015</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191" t="s">
-        <v>1058</v>
+        <v>1067</v>
       </c>
       <c r="M191" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="N191" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O191" t="s">
-        <v>1059</v>
+        <v>1068</v>
       </c>
       <c r="P191" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="B192" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
       <c r="C192" t="s">
-        <v>979</v>
+        <v>924</v>
       </c>
       <c r="D192" t="s">
-        <v>1063</v>
+        <v>83</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G192" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H192">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I192">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J192" t="s">
-        <v>981</v>
+        <v>1073</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
       <c r="M192" t="s">
-        <v>983</v>
+        <v>919</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="P192" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1067</v>
+        <v>1077</v>
       </c>
       <c r="B193" t="s">
-        <v>1068</v>
+        <v>1078</v>
       </c>
       <c r="C193" t="s">
-        <v>979</v>
+        <v>924</v>
       </c>
       <c r="D193" t="s">
-        <v>170</v>
+        <v>223</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G193" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H193">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I193">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J193" t="s">
-        <v>981</v>
+        <v>1073</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193" t="s">
-        <v>1069</v>
+        <v>1079</v>
       </c>
       <c r="M193" t="s">
-        <v>983</v>
+        <v>919</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1070</v>
+        <v>1080</v>
       </c>
       <c r="P193" t="s">
-        <v>1071</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
       <c r="B194" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
       <c r="C194" t="s">
-        <v>979</v>
+        <v>924</v>
       </c>
       <c r="D194" t="s">
-        <v>137</v>
+        <v>169</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G194" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H194">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="I194">
         <v>2019</v>
       </c>
       <c r="J194" t="s">
-        <v>1027</v>
+        <v>1073</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="M194" t="s">
-        <v>983</v>
+        <v>919</v>
       </c>
       <c r="N194" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="P194" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1077</v>
+        <v>1087</v>
       </c>
       <c r="B195" t="s">
-        <v>1078</v>
+        <v>1088</v>
       </c>
       <c r="C195" t="s">
-        <v>979</v>
+        <v>1089</v>
       </c>
       <c r="D195" t="s">
-        <v>388</v>
+        <v>916</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G195" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H195">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="I195">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="J195" t="s">
-        <v>1027</v>
+        <v>1090</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="M195" t="s">
-        <v>983</v>
+        <v>1092</v>
       </c>
       <c r="N195" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1080</v>
+        <v>1093</v>
       </c>
       <c r="P195" t="s">
-        <v>1081</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1082</v>
+        <v>1095</v>
       </c>
       <c r="B196" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="C196" t="s">
-        <v>939</v>
+        <v>1097</v>
       </c>
       <c r="D196" t="s">
-        <v>78</v>
+        <v>274</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="I196">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="J196" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
-      <c r="L196" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L196"/>
       <c r="M196" t="s">
-        <v>925</v>
+        <v>1099</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1086</v>
+        <v>1100</v>
       </c>
       <c r="P196" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="B197" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="C197" t="s">
-        <v>939</v>
+        <v>1097</v>
       </c>
       <c r="D197" t="s">
-        <v>224</v>
+        <v>268</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
-        <v>2015</v>
+        <v>1984</v>
       </c>
       <c r="I197">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J197" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="M197" t="s">
-        <v>925</v>
+        <v>1099</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="P197" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
       <c r="B198" t="s">
-        <v>1094</v>
+        <v>1108</v>
       </c>
       <c r="C198" t="s">
-        <v>939</v>
+        <v>1097</v>
       </c>
       <c r="D198" t="s">
-        <v>170</v>
+        <v>83</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I198">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J198" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
       <c r="M198" t="s">
-        <v>925</v>
+        <v>1099</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1096</v>
+        <v>1110</v>
       </c>
       <c r="P198" t="s">
-        <v>1097</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D199" t="s">
+        <v>298</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>52</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2008</v>
+      </c>
+      <c r="I199">
+        <v>2021</v>
+      </c>
+      <c r="J199" t="s">
         <v>1098</v>
       </c>
-      <c r="B199" t="s">
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1114</v>
+      </c>
+      <c r="M199" t="s">
         <v>1099</v>
       </c>
-      <c r="C199" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1103</v>
+        <v>1115</v>
       </c>
       <c r="P199" t="s">
-        <v>1104</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1105</v>
+        <v>1117</v>
       </c>
       <c r="B200" t="s">
-        <v>1106</v>
+        <v>1118</v>
       </c>
       <c r="C200" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D200" t="s">
-        <v>269</v>
+        <v>244</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
-        <v>1984</v>
+        <v>2011</v>
       </c>
       <c r="I200">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J200" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200" t="s">
-        <v>1107</v>
+        <v>1119</v>
       </c>
       <c r="M200" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1108</v>
+        <v>1120</v>
       </c>
       <c r="P200" t="s">
-        <v>1109</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1110</v>
+        <v>1122</v>
       </c>
       <c r="B201" t="s">
-        <v>1111</v>
+        <v>1123</v>
       </c>
       <c r="C201" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D201" t="s">
-        <v>78</v>
+        <v>1124</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
         <v>2008</v>
       </c>
       <c r="I201">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J201" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201" t="s">
-        <v>1112</v>
+        <v>1125</v>
       </c>
       <c r="M201" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1113</v>
+        <v>1126</v>
       </c>
       <c r="P201" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="B202" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="C202" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D202" t="s">
-        <v>298</v>
+        <v>700</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I202">
         <v>2021</v>
       </c>
       <c r="J202" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202" t="s">
-        <v>1117</v>
+        <v>1130</v>
       </c>
       <c r="M202" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1118</v>
+        <v>1131</v>
       </c>
       <c r="P202" t="s">
-        <v>1119</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1120</v>
+        <v>1133</v>
       </c>
       <c r="B203" t="s">
-        <v>1121</v>
+        <v>1134</v>
       </c>
       <c r="C203" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D203" t="s">
-        <v>245</v>
+        <v>130</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="I203">
         <v>2021</v>
       </c>
       <c r="J203" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203" t="s">
-        <v>1122</v>
+        <v>1135</v>
       </c>
       <c r="M203" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1123</v>
+        <v>1136</v>
       </c>
       <c r="P203" t="s">
-        <v>1124</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1125</v>
+        <v>1138</v>
       </c>
       <c r="B204" t="s">
-        <v>1126</v>
+        <v>1139</v>
       </c>
       <c r="C204" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D204" t="s">
-        <v>1127</v>
+        <v>169</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I204">
         <v>2021</v>
       </c>
       <c r="J204" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K204" t="s">
         <v>34</v>
       </c>
       <c r="L204" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="M204" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
       <c r="P204" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1131</v>
+        <v>1143</v>
       </c>
       <c r="B205" t="s">
-        <v>1132</v>
+        <v>1144</v>
       </c>
       <c r="C205" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D205" t="s">
-        <v>708</v>
+        <v>1145</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>2010</v>
       </c>
       <c r="I205">
         <v>2021</v>
       </c>
       <c r="J205" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
       <c r="L205" t="s">
-        <v>1133</v>
+        <v>1146</v>
       </c>
       <c r="M205" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="P205" t="s">
-        <v>1135</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1136</v>
+        <v>1149</v>
       </c>
       <c r="B206" t="s">
-        <v>1137</v>
+        <v>1150</v>
       </c>
       <c r="C206" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D206" t="s">
-        <v>59</v>
+        <v>250</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="I206">
         <v>2021</v>
       </c>
       <c r="J206" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K206" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="L206" t="s">
-        <v>1138</v>
+        <v>1151</v>
       </c>
       <c r="M206" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N206" t="s">
-        <v>27</v>
+        <v>316</v>
       </c>
       <c r="O206" t="s">
-        <v>1139</v>
+        <v>1152</v>
       </c>
       <c r="P206" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
       <c r="B207" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="C207" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D207" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I207">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J207" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K207" t="s">
         <v>34</v>
       </c>
       <c r="L207" t="s">
-        <v>1143</v>
+        <v>1156</v>
       </c>
       <c r="M207" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="P207" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1146</v>
+        <v>1159</v>
       </c>
       <c r="B208" t="s">
-        <v>1147</v>
+        <v>1160</v>
       </c>
       <c r="C208" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D208" t="s">
-        <v>1148</v>
+        <v>298</v>
       </c>
       <c r="E208" t="s">
         <v>20</v>
       </c>
       <c r="F208" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I208">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J208" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K208" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L208" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="M208" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1150</v>
+        <v>1162</v>
       </c>
       <c r="P208" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="B209" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="C209" t="s">
-        <v>1100</v>
+        <v>1166</v>
       </c>
       <c r="D209" t="s">
-        <v>251</v>
+        <v>223</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="I209">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J209" t="s">
-        <v>1101</v>
+        <v>1167</v>
       </c>
       <c r="K209" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L209"/>
       <c r="M209" t="s">
-        <v>1102</v>
+        <v>1168</v>
       </c>
       <c r="N209" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1155</v>
+        <v>1169</v>
       </c>
       <c r="P209" t="s">
-        <v>1156</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1157</v>
+        <v>1171</v>
       </c>
       <c r="B210" t="s">
-        <v>1158</v>
+        <v>1172</v>
       </c>
       <c r="C210" t="s">
-        <v>1100</v>
+        <v>1166</v>
       </c>
       <c r="D210" t="s">
-        <v>96</v>
+        <v>223</v>
       </c>
       <c r="E210" t="s">
         <v>20</v>
       </c>
       <c r="F210" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210">
+        <v>2001</v>
+      </c>
+      <c r="I210">
         <v>2015</v>
       </c>
-      <c r="I210">
-[...1 lines deleted...]
-      </c>
       <c r="J210" t="s">
-        <v>1101</v>
+        <v>1167</v>
       </c>
       <c r="K210" t="s">
         <v>34</v>
       </c>
-      <c r="L210" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L210"/>
       <c r="M210" t="s">
-        <v>1102</v>
+        <v>1168</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="P210" t="s">
-        <v>1161</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="B211" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="C211" t="s">
-        <v>1100</v>
+        <v>1166</v>
       </c>
       <c r="D211" t="s">
-        <v>298</v>
+        <v>130</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="I211">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="J211" t="s">
-        <v>1101</v>
+        <v>1167</v>
       </c>
       <c r="K211" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L211"/>
       <c r="M211" t="s">
-        <v>1102</v>
+        <v>1168</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="P211" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1167</v>
+        <v>1179</v>
       </c>
       <c r="B212" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="C212" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D212" t="s">
-        <v>224</v>
+        <v>130</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2001</v>
       </c>
       <c r="I212">
         <v>2015</v>
       </c>
       <c r="J212" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="K212" t="s">
         <v>34</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="P212" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="B213" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="C213" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D213" t="s">
-        <v>224</v>
+        <v>274</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I213">
         <v>2015</v>
       </c>
       <c r="J213" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="K213" t="s">
         <v>34</v>
       </c>
-      <c r="L213"/>
+      <c r="L213" t="s">
+        <v>1185</v>
+      </c>
       <c r="M213" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="P213" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="B214" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="C214" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D214" t="s">
-        <v>59</v>
+        <v>274</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I214">
         <v>2015</v>
       </c>
       <c r="J214" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="K214" t="s">
         <v>34</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="P214" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="B215" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
       <c r="C215" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D215" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I215">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J215" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215"/>
       <c r="M215" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N215" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O215" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="P215" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="B216" t="s">
-        <v>1187</v>
+        <v>1197</v>
       </c>
       <c r="C216" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D216" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I216">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J216" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="K216" t="s">
         <v>34</v>
       </c>
-      <c r="L216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L216"/>
       <c r="M216" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N216" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O216" t="s">
-        <v>1189</v>
+        <v>1198</v>
       </c>
       <c r="P216" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
       <c r="B217" t="s">
-        <v>1192</v>
+        <v>1201</v>
       </c>
       <c r="C217" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D217" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I217">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J217" t="s">
-        <v>1170</v>
+        <v>313</v>
       </c>
       <c r="K217" t="s">
         <v>34</v>
       </c>
-      <c r="L217"/>
+      <c r="L217" t="s">
+        <v>1202</v>
+      </c>
       <c r="M217" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1193</v>
+        <v>1203</v>
       </c>
       <c r="P217" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1195</v>
+        <v>1205</v>
       </c>
       <c r="B218" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="C218" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D218" t="s">
-        <v>137</v>
+        <v>83</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>1996</v>
       </c>
       <c r="I218">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J218" t="s">
-        <v>1170</v>
+        <v>313</v>
       </c>
       <c r="K218" t="s">
         <v>34</v>
       </c>
-      <c r="L218"/>
+      <c r="L218" t="s">
+        <v>1202</v>
+      </c>
       <c r="M218" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N218" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
       <c r="P218" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1199</v>
+        <v>1209</v>
       </c>
       <c r="B219" t="s">
-        <v>1200</v>
+        <v>1210</v>
       </c>
       <c r="C219" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D219" t="s">
-        <v>137</v>
+        <v>1211</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219">
         <v>1996</v>
       </c>
       <c r="I219">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J219" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="K219" t="s">
         <v>34</v>
       </c>
-      <c r="L219"/>
+      <c r="L219" t="s">
+        <v>1212</v>
+      </c>
       <c r="M219" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N219" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="P219" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
       <c r="B220" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="C220" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D220" t="s">
-        <v>78</v>
+        <v>1211</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
         <v>1996</v>
       </c>
       <c r="I220">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J220" t="s">
-        <v>313</v>
+        <v>1167</v>
       </c>
       <c r="K220" t="s">
         <v>34</v>
       </c>
-      <c r="L220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L220"/>
       <c r="M220" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="P220" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1208</v>
+        <v>1219</v>
       </c>
       <c r="B221" t="s">
-        <v>1209</v>
+        <v>1220</v>
       </c>
       <c r="C221" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D221" t="s">
-        <v>78</v>
+        <v>680</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I221">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J221" t="s">
         <v>313</v>
       </c>
       <c r="K221" t="s">
         <v>34</v>
       </c>
-      <c r="L221" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L221"/>
       <c r="M221" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1210</v>
+        <v>1221</v>
       </c>
       <c r="P221" t="s">
-        <v>1211</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B222" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
       <c r="C222" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D222" t="s">
-        <v>1214</v>
+        <v>680</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>21</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I222">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J222" t="s">
-        <v>1170</v>
+        <v>313</v>
       </c>
       <c r="K222" t="s">
         <v>34</v>
       </c>
-      <c r="L222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L222"/>
       <c r="M222" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="P222" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="B223" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="C223" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D223" t="s">
-        <v>1214</v>
+        <v>274</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I223">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J223" t="s">
-        <v>1170</v>
+        <v>313</v>
       </c>
       <c r="K223" t="s">
         <v>34</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
       <c r="P223" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="B224" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="C224" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D224" t="s">
-        <v>688</v>
+        <v>274</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>2016</v>
       </c>
       <c r="I224">
         <v>2020</v>
       </c>
       <c r="J224" t="s">
         <v>313</v>
       </c>
       <c r="K224" t="s">
         <v>34</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="P224" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1222</v>
+        <v>1233</v>
       </c>
       <c r="B225" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="C225" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D225" t="s">
-        <v>688</v>
+        <v>611</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>21</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225">
+        <v>2000</v>
+      </c>
+      <c r="I225">
         <v>2016</v>
       </c>
-      <c r="I225">
-[...1 lines deleted...]
-      </c>
       <c r="J225" t="s">
-        <v>313</v>
+        <v>1167</v>
       </c>
       <c r="K225" t="s">
         <v>34</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1227</v>
+        <v>1235</v>
       </c>
       <c r="P225" t="s">
-        <v>1228</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1229</v>
+        <v>1237</v>
       </c>
       <c r="B226" t="s">
-        <v>1230</v>
+        <v>1238</v>
       </c>
       <c r="C226" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D226" t="s">
-        <v>96</v>
+        <v>611</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I226">
         <v>2020</v>
       </c>
       <c r="J226" t="s">
         <v>313</v>
       </c>
       <c r="K226" t="s">
         <v>34</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1231</v>
+        <v>1239</v>
       </c>
       <c r="P226" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="B227" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="C227" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D227" t="s">
-        <v>96</v>
+        <v>611</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
       <c r="H227">
         <v>2016</v>
       </c>
       <c r="I227">
         <v>2020</v>
       </c>
       <c r="J227" t="s">
         <v>313</v>
       </c>
       <c r="K227" t="s">
         <v>34</v>
       </c>
       <c r="L227"/>
       <c r="M227" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="P227" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="B228" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="C228" t="s">
-        <v>1169</v>
+        <v>1247</v>
       </c>
       <c r="D228" t="s">
-        <v>618</v>
+        <v>130</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I228">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J228" t="s">
-        <v>1170</v>
+        <v>498</v>
       </c>
       <c r="K228" t="s">
         <v>34</v>
       </c>
-      <c r="L228"/>
+      <c r="L228" t="s">
+        <v>1248</v>
+      </c>
       <c r="M228" t="s">
-        <v>1171</v>
+        <v>1249</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
       <c r="P228" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
       <c r="B229" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
       <c r="C229" t="s">
-        <v>1169</v>
+        <v>1247</v>
       </c>
       <c r="D229" t="s">
-        <v>618</v>
+        <v>438</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="I229">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J229" t="s">
-        <v>313</v>
+        <v>498</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
-      <c r="L229"/>
+      <c r="L229" t="s">
+        <v>1254</v>
+      </c>
       <c r="M229" t="s">
-        <v>1171</v>
+        <v>1249</v>
       </c>
       <c r="N229" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O229" t="s">
-        <v>1242</v>
+        <v>1255</v>
       </c>
       <c r="P229" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
       <c r="B230" t="s">
-        <v>1245</v>
+        <v>1257</v>
       </c>
       <c r="C230" t="s">
-        <v>1169</v>
+        <v>1247</v>
       </c>
       <c r="D230" t="s">
-        <v>618</v>
+        <v>507</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="I230">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="J230" t="s">
-        <v>313</v>
+        <v>498</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
-      <c r="L230"/>
+      <c r="L230" t="s">
+        <v>1258</v>
+      </c>
       <c r="M230" t="s">
-        <v>1171</v>
+        <v>1249</v>
       </c>
       <c r="N230" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O230" t="s">
-        <v>1246</v>
+        <v>1259</v>
       </c>
       <c r="P230" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
       <c r="B231" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D231" t="s">
+        <v>83</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2008</v>
+      </c>
+      <c r="I231">
+        <v>2006</v>
+      </c>
+      <c r="J231" t="s">
+        <v>498</v>
+      </c>
+      <c r="K231" t="s">
+        <v>34</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1262</v>
+      </c>
+      <c r="M231" t="s">
         <v>1249</v>
       </c>
-      <c r="C231" t="s">
-[...26 lines deleted...]
-      <c r="L231" t="s">
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1263</v>
+      </c>
+      <c r="P231" t="s">
         <v>1251</v>
-      </c>
-[...10 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1255</v>
+        <v>1264</v>
       </c>
       <c r="B232" t="s">
-        <v>1256</v>
+        <v>1265</v>
       </c>
       <c r="C232" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D232" t="s">
-        <v>439</v>
+        <v>109</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I232">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J232" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
       <c r="M232" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N232" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="P232" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1259</v>
+        <v>1268</v>
       </c>
       <c r="B233" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="C233" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D233" t="s">
-        <v>508</v>
+        <v>292</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I233">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J233" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K233" t="s">
         <v>34</v>
       </c>
       <c r="L233" t="s">
-        <v>1261</v>
+        <v>1270</v>
       </c>
       <c r="M233" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N233" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
       <c r="P233" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1263</v>
+        <v>1272</v>
       </c>
       <c r="B234" t="s">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="C234" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D234" t="s">
-        <v>78</v>
+        <v>1274</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I234">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="J234" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K234" t="s">
         <v>34</v>
       </c>
       <c r="L234" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
       <c r="M234" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="P234" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="B235" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
       <c r="C235" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D235" t="s">
-        <v>110</v>
+        <v>539</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="I235">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="J235" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K235" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L235" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="M235" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1270</v>
+        <v>1280</v>
       </c>
       <c r="P235" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="B236" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
       <c r="C236" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D236" t="s">
-        <v>292</v>
+        <v>539</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="I236">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J236" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K236" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L236" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="M236" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N236" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O236" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="P236" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1275</v>
+        <v>1285</v>
       </c>
       <c r="B237" t="s">
-        <v>1276</v>
+        <v>1286</v>
       </c>
       <c r="C237" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D237" t="s">
-        <v>1277</v>
+        <v>388</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2012</v>
       </c>
       <c r="I237">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J237" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K237" t="s">
         <v>34</v>
       </c>
       <c r="L237" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="M237" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N237" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O237" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="P237" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1280</v>
+        <v>1289</v>
       </c>
       <c r="B238" t="s">
-        <v>1281</v>
+        <v>1290</v>
       </c>
       <c r="C238" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D238" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I238">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="J238" t="s">
-        <v>499</v>
+        <v>148</v>
       </c>
       <c r="K238" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L238" t="s">
-        <v>1282</v>
+        <v>1291</v>
       </c>
       <c r="M238" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="P238" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
       <c r="B239" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="C239" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D239" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>21</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="I239">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="J239" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K239" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="L239"/>
       <c r="M239" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N239" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="P239" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
       <c r="B240" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="C240" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D240" t="s">
-        <v>388</v>
+        <v>197</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I240">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J240" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K240" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L240" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="M240" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N240" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="P240" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="B241" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="C241" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D241" t="s">
-        <v>540</v>
+        <v>124</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I241">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="J241" t="s">
-        <v>149</v>
+        <v>498</v>
       </c>
       <c r="K241" t="s">
         <v>34</v>
       </c>
       <c r="L241" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="M241" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
       <c r="P241" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="B242" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="C242" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D242" t="s">
-        <v>540</v>
+        <v>1306</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G242" t="s">
         <v>22</v>
       </c>
       <c r="H242">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I242">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="J242" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K242" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="L242"/>
+        <v>34</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1307</v>
+      </c>
       <c r="M242" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1298</v>
+        <v>1308</v>
       </c>
       <c r="P242" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1299</v>
+        <v>1309</v>
       </c>
       <c r="B243" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="C243" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D243" t="s">
-        <v>198</v>
+        <v>539</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G243" t="s">
         <v>22</v>
       </c>
       <c r="H243">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I243">
         <v>2010</v>
       </c>
       <c r="J243" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K243" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="L243" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="M243" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="P243" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="B244" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
       <c r="C244" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D244" t="s">
-        <v>126</v>
+        <v>539</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244">
         <v>2002</v>
       </c>
       <c r="I244">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J244" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K244" t="s">
         <v>34</v>
       </c>
-      <c r="L244" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L244"/>
       <c r="M244" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
       <c r="P244" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1307</v>
+        <v>1316</v>
       </c>
       <c r="B245" t="s">
-        <v>1308</v>
+        <v>1317</v>
       </c>
       <c r="C245" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D245" t="s">
-        <v>1309</v>
+        <v>700</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G245" t="s">
         <v>22</v>
       </c>
       <c r="H245">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="I245">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="J245" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K245" t="s">
         <v>34</v>
       </c>
       <c r="L245" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="M245" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N245" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O245" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="P245" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B246" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="C246" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D246" t="s">
-        <v>540</v>
+        <v>1322</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G246" t="s">
         <v>22</v>
       </c>
       <c r="H246">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I246">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J246" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K246" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L246" t="s">
-        <v>1314</v>
+        <v>1323</v>
       </c>
       <c r="M246" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>1315</v>
+        <v>1324</v>
       </c>
       <c r="P246" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1316</v>
+        <v>1325</v>
       </c>
       <c r="B247" t="s">
-        <v>1317</v>
+        <v>1326</v>
       </c>
       <c r="C247" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D247" t="s">
-        <v>540</v>
+        <v>1327</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I247">
         <v>2012</v>
       </c>
       <c r="J247" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K247" t="s">
         <v>34</v>
       </c>
       <c r="L247"/>
       <c r="M247" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="P247" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
       <c r="B248" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="C248" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D248" t="s">
-        <v>708</v>
+        <v>136</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I248">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J248" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K248" t="s">
         <v>34</v>
       </c>
-      <c r="L248" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L248"/>
       <c r="M248" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="N248" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>1322</v>
+        <v>1331</v>
       </c>
       <c r="P248" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1323</v>
+        <v>1332</v>
       </c>
       <c r="B249" t="s">
-        <v>1324</v>
+        <v>1333</v>
       </c>
       <c r="C249" t="s">
-        <v>1250</v>
+        <v>1334</v>
       </c>
       <c r="D249" t="s">
-        <v>1325</v>
+        <v>274</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I249">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J249" t="s">
-        <v>499</v>
+        <v>205</v>
       </c>
       <c r="K249" t="s">
         <v>34</v>
       </c>
       <c r="L249" t="s">
-        <v>1326</v>
+        <v>1335</v>
       </c>
       <c r="M249" t="s">
-        <v>1252</v>
+        <v>1336</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
       <c r="P249" t="s">
-        <v>1254</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="B250" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="C250" t="s">
-        <v>1250</v>
+        <v>1334</v>
       </c>
       <c r="D250" t="s">
-        <v>1330</v>
+        <v>940</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I250">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J250" t="s">
-        <v>499</v>
+        <v>205</v>
       </c>
       <c r="K250" t="s">
         <v>34</v>
       </c>
-      <c r="L250"/>
+      <c r="L250" t="s">
+        <v>1335</v>
+      </c>
       <c r="M250" t="s">
-        <v>1252</v>
+        <v>1336</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
       <c r="P250" t="s">
-        <v>1254</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1332</v>
+        <v>1343</v>
       </c>
       <c r="B251" t="s">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="C251" t="s">
-        <v>1250</v>
+        <v>1334</v>
       </c>
       <c r="D251" t="s">
-        <v>137</v>
+        <v>1345</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I251">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J251" t="s">
-        <v>499</v>
+        <v>205</v>
       </c>
       <c r="K251" t="s">
         <v>34</v>
       </c>
-      <c r="L251"/>
+      <c r="L251" t="s">
+        <v>1335</v>
+      </c>
       <c r="M251" t="s">
-        <v>1252</v>
+        <v>1336</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="P251" t="s">
-        <v>1254</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1335</v>
+        <v>1348</v>
       </c>
       <c r="B252" t="s">
-        <v>1336</v>
+        <v>1349</v>
       </c>
       <c r="C252" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D252" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>21</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>2013</v>
       </c>
       <c r="I252">
         <v>2014</v>
       </c>
       <c r="J252" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K252" t="s">
         <v>34</v>
       </c>
       <c r="L252" t="s">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="M252" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="P252" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="B253" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="C253" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D253" t="s">
-        <v>957</v>
+        <v>1355</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G253" t="s">
         <v>22</v>
       </c>
       <c r="H253">
         <v>2013</v>
       </c>
       <c r="I253">
         <v>2014</v>
       </c>
       <c r="J253" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K253" t="s">
         <v>34</v>
       </c>
       <c r="L253" t="s">
-        <v>1338</v>
+        <v>1356</v>
       </c>
       <c r="M253" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
       <c r="P253" t="s">
-        <v>1345</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
       <c r="B254" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="C254" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D254" t="s">
-        <v>1348</v>
+        <v>512</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>2013</v>
       </c>
       <c r="I254">
         <v>2014</v>
       </c>
       <c r="J254" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K254" t="s">
-        <v>34</v>
+        <v>1361</v>
       </c>
       <c r="L254" t="s">
-        <v>1338</v>
+        <v>1362</v>
       </c>
       <c r="M254" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1349</v>
+        <v>1363</v>
       </c>
       <c r="P254" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1351</v>
+        <v>1365</v>
       </c>
       <c r="B255" t="s">
-        <v>1352</v>
+        <v>1366</v>
       </c>
       <c r="C255" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D255" t="s">
-        <v>137</v>
+        <v>298</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2013</v>
       </c>
       <c r="I255">
         <v>2014</v>
       </c>
       <c r="J255" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K255" t="s">
         <v>34</v>
       </c>
       <c r="L255" t="s">
-        <v>1353</v>
+        <v>1367</v>
       </c>
       <c r="M255" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N255" t="s">
-        <v>27</v>
+        <v>742</v>
       </c>
       <c r="O255" t="s">
-        <v>1354</v>
+        <v>1368</v>
       </c>
       <c r="P255" t="s">
-        <v>1355</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1356</v>
+        <v>1370</v>
       </c>
       <c r="B256" t="s">
-        <v>1357</v>
+        <v>1371</v>
       </c>
       <c r="C256" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D256" t="s">
-        <v>1358</v>
+        <v>347</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
         <v>2013</v>
       </c>
       <c r="I256">
         <v>2014</v>
       </c>
       <c r="J256" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K256" t="s">
-        <v>34</v>
+        <v>1361</v>
       </c>
       <c r="L256" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="M256" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="P256" t="s">
-        <v>1361</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1362</v>
+        <v>1375</v>
       </c>
       <c r="B257" t="s">
-        <v>1363</v>
+        <v>1376</v>
       </c>
       <c r="C257" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D257" t="s">
-        <v>513</v>
+        <v>347</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
         <v>2013</v>
       </c>
       <c r="I257">
         <v>2014</v>
       </c>
       <c r="J257" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K257" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="L257" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="M257" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="P257" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B258" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="C258" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D258" t="s">
-        <v>298</v>
+        <v>130</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>2013</v>
       </c>
       <c r="I258">
         <v>2014</v>
       </c>
       <c r="J258" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K258" t="s">
         <v>34</v>
       </c>
       <c r="L258" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="M258" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N258" t="s">
-        <v>749</v>
+        <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="P258" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="B259" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="C259" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D259" t="s">
-        <v>347</v>
+        <v>130</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2013</v>
       </c>
       <c r="I259">
         <v>2014</v>
       </c>
       <c r="J259" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K259" t="s">
-        <v>1364</v>
+        <v>34</v>
       </c>
       <c r="L259" t="s">
-        <v>1375</v>
+        <v>1382</v>
       </c>
       <c r="M259" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="P259" t="s">
-        <v>1377</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1378</v>
+        <v>1389</v>
       </c>
       <c r="B260" t="s">
-        <v>1379</v>
+        <v>1390</v>
       </c>
       <c r="C260" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D260" t="s">
-        <v>347</v>
+        <v>322</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2013</v>
       </c>
       <c r="I260">
         <v>2014</v>
       </c>
       <c r="J260" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K260" t="s">
-        <v>1364</v>
+        <v>34</v>
       </c>
       <c r="L260" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="M260" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="P260" t="s">
-        <v>1382</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1383</v>
+        <v>1394</v>
       </c>
       <c r="B261" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
       <c r="C261" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D261" t="s">
-        <v>59</v>
+        <v>322</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2013</v>
       </c>
       <c r="I261">
         <v>2014</v>
       </c>
       <c r="J261" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K261" t="s">
         <v>34</v>
       </c>
       <c r="L261" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
       <c r="M261" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1386</v>
+        <v>1397</v>
       </c>
       <c r="P261" t="s">
-        <v>1387</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1388</v>
+        <v>1399</v>
       </c>
       <c r="B262" t="s">
-        <v>1389</v>
+        <v>1400</v>
       </c>
       <c r="C262" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D262" t="s">
-        <v>59</v>
+        <v>1401</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262">
         <v>2013</v>
       </c>
       <c r="I262">
         <v>2014</v>
       </c>
       <c r="J262" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K262" t="s">
         <v>34</v>
       </c>
       <c r="L262" t="s">
-        <v>1385</v>
+        <v>1402</v>
       </c>
       <c r="M262" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>1390</v>
-[...3 lines deleted...]
-      </c>
+        <v>1403</v>
+      </c>
+      <c r="P262"/>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="B263" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="C263" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D263" t="s">
-        <v>322</v>
+        <v>83</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
+        <v>2012</v>
+      </c>
+      <c r="I263">
         <v>2013</v>
       </c>
-      <c r="I263">
-[...1 lines deleted...]
-      </c>
       <c r="J263" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K263" t="s">
         <v>34</v>
       </c>
       <c r="L263" t="s">
-        <v>1394</v>
+        <v>1402</v>
       </c>
       <c r="M263" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>1395</v>
+        <v>1406</v>
       </c>
       <c r="P263" t="s">
-        <v>1396</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1397</v>
+        <v>1408</v>
       </c>
       <c r="B264" t="s">
-        <v>1398</v>
+        <v>1409</v>
       </c>
       <c r="C264" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D264" t="s">
-        <v>322</v>
+        <v>792</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>2013</v>
       </c>
       <c r="I264">
         <v>2014</v>
       </c>
       <c r="J264" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K264" t="s">
         <v>34</v>
       </c>
       <c r="L264" t="s">
-        <v>1399</v>
+        <v>1410</v>
       </c>
       <c r="M264" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>1400</v>
+        <v>1411</v>
       </c>
       <c r="P264" t="s">
-        <v>1401</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1402</v>
+        <v>1413</v>
       </c>
       <c r="B265" t="s">
-        <v>1403</v>
+        <v>1414</v>
       </c>
       <c r="C265" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D265" t="s">
-        <v>1404</v>
+        <v>380</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2013</v>
       </c>
       <c r="I265">
         <v>2014</v>
       </c>
       <c r="J265" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K265" t="s">
         <v>34</v>
       </c>
       <c r="L265" t="s">
-        <v>1405</v>
+        <v>1335</v>
       </c>
       <c r="M265" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="P265"/>
+        <v>1415</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1416</v>
+      </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1407</v>
+        <v>1417</v>
       </c>
       <c r="B266" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="C266" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D266" t="s">
-        <v>78</v>
+        <v>1419</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I266">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J266" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K266" t="s">
         <v>34</v>
       </c>
       <c r="L266" t="s">
-        <v>1405</v>
+        <v>1420</v>
       </c>
       <c r="M266" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
       <c r="P266" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="B267" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="C267" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D267" t="s">
-        <v>799</v>
+        <v>1425</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
+        <v>2012</v>
+      </c>
+      <c r="I267">
         <v>2013</v>
       </c>
-      <c r="I267">
-[...1 lines deleted...]
-      </c>
       <c r="J267" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K267" t="s">
         <v>34</v>
       </c>
       <c r="L267" t="s">
-        <v>1413</v>
+        <v>1426</v>
       </c>
       <c r="M267" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1414</v>
+        <v>1427</v>
       </c>
       <c r="P267" t="s">
-        <v>1415</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1416</v>
+        <v>1429</v>
       </c>
       <c r="B268" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C268" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D268" t="s">
-        <v>380</v>
+        <v>512</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268">
+        <v>2012</v>
+      </c>
+      <c r="I268">
         <v>2013</v>
       </c>
-      <c r="I268">
-[...1 lines deleted...]
-      </c>
       <c r="J268" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K268" t="s">
-        <v>34</v>
+        <v>1361</v>
       </c>
       <c r="L268" t="s">
-        <v>1338</v>
+        <v>1431</v>
       </c>
       <c r="M268" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1418</v>
+        <v>1432</v>
       </c>
       <c r="P268" t="s">
-        <v>1419</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1420</v>
+        <v>1434</v>
       </c>
       <c r="B269" t="s">
-        <v>1421</v>
+        <v>1435</v>
       </c>
       <c r="C269" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D269" t="s">
-        <v>1422</v>
+        <v>355</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269">
+        <v>2012</v>
+      </c>
+      <c r="I269">
         <v>2013</v>
       </c>
-      <c r="I269">
-[...1 lines deleted...]
-      </c>
       <c r="J269" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K269" t="s">
         <v>34</v>
       </c>
       <c r="L269" t="s">
-        <v>1423</v>
+        <v>1362</v>
       </c>
       <c r="M269" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="P269" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="B270" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="C270" t="s">
-        <v>1337</v>
+        <v>1440</v>
       </c>
       <c r="D270" t="s">
-        <v>1428</v>
+        <v>1441</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G270" t="s">
         <v>22</v>
       </c>
       <c r="H270">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="I270">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J270" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="K270" t="s">
         <v>34</v>
       </c>
       <c r="L270" t="s">
-        <v>1429</v>
+        <v>1442</v>
       </c>
       <c r="M270" t="s">
-        <v>1339</v>
+        <v>1443</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="P270" t="s">
-        <v>1431</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1432</v>
+        <v>1446</v>
       </c>
       <c r="B271" t="s">
-        <v>1433</v>
+        <v>1447</v>
       </c>
       <c r="C271" t="s">
-        <v>1337</v>
+        <v>1440</v>
       </c>
       <c r="D271" t="s">
-        <v>513</v>
+        <v>1448</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="I271">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J271" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="K271" t="s">
-        <v>1364</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L271"/>
       <c r="M271" t="s">
-        <v>1339</v>
+        <v>1443</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1435</v>
+        <v>1449</v>
       </c>
       <c r="P271" t="s">
-        <v>1436</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="B272" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
       <c r="C272" t="s">
-        <v>1337</v>
+        <v>463</v>
       </c>
       <c r="D272" t="s">
-        <v>355</v>
+        <v>274</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I272">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J272" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="K272" t="s">
         <v>34</v>
       </c>
       <c r="L272" t="s">
-        <v>1365</v>
+        <v>1452</v>
       </c>
       <c r="M272" t="s">
-        <v>1339</v>
+        <v>464</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1439</v>
+        <v>1453</v>
       </c>
       <c r="P272" t="s">
-        <v>1440</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1441</v>
+        <v>1455</v>
       </c>
       <c r="B273" t="s">
-        <v>1442</v>
+        <v>1456</v>
       </c>
       <c r="C273" t="s">
-        <v>1443</v>
+        <v>463</v>
       </c>
       <c r="D273" t="s">
-        <v>1444</v>
+        <v>142</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I273">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J273" t="s">
-        <v>111</v>
+        <v>1167</v>
       </c>
       <c r="K273" t="s">
         <v>34</v>
       </c>
       <c r="L273" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
       <c r="M273" t="s">
-        <v>1446</v>
+        <v>464</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="P273" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="B274" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="C274" t="s">
-        <v>1443</v>
+        <v>463</v>
       </c>
       <c r="D274" t="s">
-        <v>1451</v>
+        <v>611</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I274">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J274" t="s">
-        <v>111</v>
+        <v>313</v>
       </c>
       <c r="K274" t="s">
         <v>34</v>
       </c>
       <c r="L274"/>
       <c r="M274" t="s">
-        <v>1446</v>
+        <v>464</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1452</v>
+        <v>1462</v>
       </c>
       <c r="P274" t="s">
-        <v>1448</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="B275" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="C275" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D275" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2016</v>
       </c>
       <c r="I275">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J275" t="s">
-        <v>111</v>
+        <v>313</v>
       </c>
       <c r="K275" t="s">
         <v>34</v>
       </c>
-      <c r="L275" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L275"/>
       <c r="M275" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1456</v>
+        <v>1466</v>
       </c>
       <c r="P275" t="s">
-        <v>1457</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1458</v>
+        <v>1468</v>
       </c>
       <c r="B276" t="s">
-        <v>1459</v>
+        <v>1469</v>
       </c>
       <c r="C276" t="s">
-        <v>464</v>
+        <v>1470</v>
       </c>
       <c r="D276" t="s">
-        <v>143</v>
+        <v>1471</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G276" t="s">
         <v>22</v>
       </c>
       <c r="H276">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I276">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="J276" t="s">
-        <v>1170</v>
+        <v>1472</v>
       </c>
       <c r="K276" t="s">
         <v>34</v>
       </c>
       <c r="L276" t="s">
-        <v>1460</v>
+        <v>1473</v>
       </c>
       <c r="M276" t="s">
-        <v>465</v>
+        <v>1474</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>1461</v>
+        <v>1475</v>
       </c>
       <c r="P276" t="s">
-        <v>1462</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1463</v>
+        <v>1477</v>
       </c>
       <c r="B277" t="s">
-        <v>1464</v>
+        <v>1478</v>
       </c>
       <c r="C277" t="s">
-        <v>464</v>
+        <v>1479</v>
       </c>
       <c r="D277" t="s">
-        <v>618</v>
+        <v>130</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>21</v>
       </c>
       <c r="G277" t="s">
         <v>22</v>
       </c>
       <c r="H277">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I277">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="J277" t="s">
-        <v>313</v>
+        <v>71</v>
       </c>
       <c r="K277" t="s">
         <v>34</v>
       </c>
-      <c r="L277"/>
+      <c r="L277" t="s">
+        <v>1480</v>
+      </c>
       <c r="M277" t="s">
-        <v>465</v>
+        <v>1481</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
-        <v>1465</v>
+        <v>1482</v>
       </c>
       <c r="P277" t="s">
-        <v>1466</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="B278" t="s">
-        <v>1468</v>
+        <v>1484</v>
       </c>
       <c r="C278" t="s">
-        <v>464</v>
+        <v>1479</v>
       </c>
       <c r="D278" t="s">
-        <v>78</v>
+        <v>1485</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I278">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J278" t="s">
-        <v>313</v>
+        <v>1098</v>
       </c>
       <c r="K278" t="s">
         <v>34</v>
       </c>
-      <c r="L278"/>
+      <c r="L278" t="s">
+        <v>1480</v>
+      </c>
       <c r="M278" t="s">
-        <v>465</v>
+        <v>1481</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>1469</v>
+        <v>1486</v>
       </c>
       <c r="P278" t="s">
-        <v>1470</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1471</v>
+        <v>1488</v>
       </c>
       <c r="B279" t="s">
-        <v>1472</v>
+        <v>1489</v>
       </c>
       <c r="C279" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="D279" t="s">
-        <v>1474</v>
+        <v>83</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="I279">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="J279" t="s">
-        <v>1475</v>
+        <v>71</v>
       </c>
       <c r="K279" t="s">
         <v>34</v>
       </c>
-      <c r="L279" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L279"/>
       <c r="M279" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
-        <v>1478</v>
+        <v>1490</v>
       </c>
       <c r="P279" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="B280" t="s">
-        <v>1481</v>
+        <v>30</v>
       </c>
       <c r="C280" t="s">
-        <v>1482</v>
+        <v>1479</v>
       </c>
       <c r="D280" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280" t="s">
         <v>22</v>
       </c>
       <c r="H280">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="I280">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J280" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K280" t="s">
         <v>34</v>
       </c>
       <c r="L280" t="s">
-        <v>1483</v>
+        <v>35</v>
       </c>
       <c r="M280" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="P280" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="B281" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="C281" t="s">
-        <v>1482</v>
+        <v>1495</v>
       </c>
       <c r="D281" t="s">
-        <v>1488</v>
+        <v>274</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G281" t="s">
         <v>22</v>
       </c>
       <c r="H281">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="I281">
         <v>2010</v>
       </c>
       <c r="J281" t="s">
-        <v>1101</v>
+        <v>1496</v>
       </c>
       <c r="K281" t="s">
         <v>34</v>
       </c>
-      <c r="L281" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L281"/>
       <c r="M281" t="s">
-        <v>1484</v>
+        <v>1497</v>
       </c>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="P281" t="s">
-        <v>1490</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
       <c r="B282" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="C282" t="s">
-        <v>1482</v>
+        <v>1502</v>
       </c>
       <c r="D282" t="s">
-        <v>78</v>
+        <v>1503</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I282">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="J282" t="s">
-        <v>60</v>
+        <v>313</v>
       </c>
       <c r="K282" t="s">
         <v>34</v>
       </c>
-      <c r="L282"/>
+      <c r="L282" t="s">
+        <v>1504</v>
+      </c>
       <c r="M282" t="s">
-        <v>1484</v>
+        <v>1505</v>
       </c>
       <c r="N282" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O282" t="s">
-        <v>1493</v>
+        <v>1506</v>
       </c>
       <c r="P282" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1491</v>
+        <v>1508</v>
       </c>
       <c r="B283" t="s">
-        <v>30</v>
+        <v>1509</v>
       </c>
       <c r="C283" t="s">
-        <v>1482</v>
+        <v>482</v>
       </c>
       <c r="D283" t="s">
-        <v>78</v>
+        <v>355</v>
       </c>
       <c r="E283" t="s">
         <v>20</v>
       </c>
       <c r="F283" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G283" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H283">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I283">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J283" t="s">
-        <v>60</v>
+        <v>969</v>
       </c>
       <c r="K283" t="s">
         <v>34</v>
       </c>
       <c r="L283" t="s">
-        <v>35</v>
+        <v>1510</v>
       </c>
       <c r="M283" t="s">
-        <v>1484</v>
+        <v>1511</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
-        <v>1495</v>
+        <v>1512</v>
       </c>
       <c r="P283" t="s">
-        <v>1494</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1496</v>
+        <v>1514</v>
       </c>
       <c r="B284" t="s">
-        <v>1497</v>
+        <v>1515</v>
       </c>
       <c r="C284" t="s">
-        <v>1498</v>
+        <v>482</v>
       </c>
       <c r="D284" t="s">
-        <v>96</v>
+        <v>940</v>
       </c>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G284" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H284">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I284">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="J284" t="s">
-        <v>1499</v>
+        <v>969</v>
       </c>
       <c r="K284" t="s">
         <v>34</v>
       </c>
       <c r="L284"/>
       <c r="M284" t="s">
-        <v>1500</v>
+        <v>1511</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>1501</v>
+        <v>1516</v>
       </c>
       <c r="P284" t="s">
-        <v>1502</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1503</v>
+        <v>1517</v>
       </c>
       <c r="B285" t="s">
-        <v>1504</v>
+        <v>1518</v>
       </c>
       <c r="C285" t="s">
-        <v>1505</v>
+        <v>482</v>
       </c>
       <c r="D285" t="s">
-        <v>1506</v>
+        <v>940</v>
       </c>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I285">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J285" t="s">
-        <v>313</v>
+        <v>896</v>
       </c>
       <c r="K285" t="s">
         <v>34</v>
       </c>
-      <c r="L285" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L285"/>
       <c r="M285" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="N285" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O285" t="s">
-        <v>1509</v>
+        <v>1519</v>
       </c>
       <c r="P285" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="B286" t="s">
-        <v>1512</v>
+        <v>1521</v>
       </c>
       <c r="C286" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D286" t="s">
-        <v>355</v>
+        <v>83</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G286" t="s">
         <v>8</v>
       </c>
       <c r="H286">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I286">
         <v>2014</v>
       </c>
       <c r="J286" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K286" t="s">
         <v>34</v>
       </c>
       <c r="L286" t="s">
+        <v>1522</v>
+      </c>
+      <c r="M286" t="s">
+        <v>1511</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1523</v>
+      </c>
+      <c r="P286" t="s">
         <v>1513</v>
-      </c>
-[...10 lines deleted...]
-        <v>1516</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="B287" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="C287" t="s">
-        <v>483</v>
+        <v>108</v>
       </c>
       <c r="D287" t="s">
-        <v>957</v>
+        <v>169</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G287" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H287">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I287">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J287" t="s">
-        <v>981</v>
+        <v>118</v>
       </c>
       <c r="K287" t="s">
         <v>34</v>
       </c>
-      <c r="L287"/>
+      <c r="L287" t="s">
+        <v>1526</v>
+      </c>
       <c r="M287" t="s">
-        <v>1514</v>
+        <v>112</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="P287" t="s">
-        <v>1516</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="B288" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="C288" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D288" t="s">
-        <v>957</v>
+        <v>136</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G288" t="s">
         <v>22</v>
       </c>
       <c r="H288">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I288">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="J288" t="s">
-        <v>601</v>
+        <v>498</v>
       </c>
       <c r="K288" t="s">
         <v>34</v>
       </c>
       <c r="L288"/>
       <c r="M288" t="s">
-        <v>1514</v>
+        <v>492</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
-        <v>1522</v>
+        <v>1531</v>
       </c>
       <c r="P288" t="s">
-        <v>1516</v>
+        <v>500</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1523</v>
+        <v>1532</v>
       </c>
       <c r="B289" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="C289" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D289" t="s">
-        <v>78</v>
+        <v>884</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G289" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H289">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I289">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="J289" t="s">
-        <v>981</v>
+        <v>498</v>
       </c>
       <c r="K289" t="s">
         <v>34</v>
       </c>
       <c r="L289" t="s">
-        <v>1525</v>
+        <v>1534</v>
       </c>
       <c r="M289" t="s">
-        <v>1514</v>
+        <v>492</v>
       </c>
       <c r="N289" t="s">
         <v>27</v>
       </c>
       <c r="O289" t="s">
-        <v>1526</v>
+        <v>1535</v>
       </c>
       <c r="P289" t="s">
-        <v>1516</v>
+        <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1527</v>
+        <v>1536</v>
       </c>
       <c r="B290" t="s">
-        <v>1528</v>
+        <v>489</v>
       </c>
       <c r="C290" t="s">
-        <v>109</v>
+        <v>490</v>
       </c>
       <c r="D290" t="s">
-        <v>170</v>
+        <v>83</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>22</v>
       </c>
       <c r="H290">
-        <v>2012</v>
+        <v>1993</v>
       </c>
       <c r="I290">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="J290" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="K290" t="s">
         <v>34</v>
       </c>
       <c r="L290" t="s">
-        <v>1529</v>
+        <v>491</v>
       </c>
       <c r="M290" t="s">
-        <v>113</v>
+        <v>492</v>
       </c>
       <c r="N290" t="s">
         <v>27</v>
       </c>
       <c r="O290" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="P290" t="s">
-        <v>1531</v>
+        <v>500</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="B291" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="C291" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D291" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
         <v>22</v>
       </c>
       <c r="H291">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="I291">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="J291" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K291" t="s">
         <v>34</v>
       </c>
-      <c r="L291"/>
+      <c r="L291" t="s">
+        <v>1540</v>
+      </c>
       <c r="M291" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N291" t="s">
         <v>27</v>
       </c>
       <c r="O291" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="P291" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="B292" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="C292" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D292" t="s">
-        <v>891</v>
+        <v>83</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2011</v>
       </c>
       <c r="I292">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J292" t="s">
-        <v>499</v>
+        <v>969</v>
       </c>
       <c r="K292" t="s">
         <v>34</v>
       </c>
       <c r="L292" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
       <c r="M292" t="s">
-        <v>493</v>
+        <v>1511</v>
       </c>
       <c r="N292" t="s">
         <v>27</v>
       </c>
       <c r="O292" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="P292" t="s">
-        <v>501</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
       <c r="B293" t="s">
-        <v>490</v>
+        <v>1548</v>
       </c>
       <c r="C293" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D293" t="s">
-        <v>78</v>
+        <v>355</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H293">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="I293">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="J293" t="s">
-        <v>111</v>
+        <v>969</v>
       </c>
       <c r="K293" t="s">
         <v>34</v>
       </c>
       <c r="L293" t="s">
-        <v>492</v>
+        <v>1549</v>
       </c>
       <c r="M293" t="s">
-        <v>493</v>
+        <v>1511</v>
       </c>
       <c r="N293" t="s">
         <v>27</v>
       </c>
       <c r="O293" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="P293" t="s">
-        <v>501</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1541</v>
+        <v>1552</v>
       </c>
       <c r="B294" t="s">
-        <v>1542</v>
+        <v>526</v>
       </c>
       <c r="C294" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D294" t="s">
-        <v>143</v>
+        <v>223</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="I294">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="J294" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="K294" t="s">
         <v>34</v>
       </c>
       <c r="L294" t="s">
-        <v>1543</v>
+        <v>527</v>
       </c>
       <c r="M294" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N294" t="s">
         <v>27</v>
       </c>
       <c r="O294" t="s">
-        <v>1544</v>
+        <v>1553</v>
       </c>
       <c r="P294" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1545</v>
+        <v>1554</v>
       </c>
       <c r="B295" t="s">
-        <v>1546</v>
+        <v>496</v>
       </c>
       <c r="C295" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D295" t="s">
-        <v>78</v>
+        <v>497</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I295">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J295" t="s">
-        <v>981</v>
+        <v>498</v>
       </c>
       <c r="K295" t="s">
         <v>34</v>
       </c>
-      <c r="L295" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L295"/>
       <c r="M295" t="s">
-        <v>1514</v>
+        <v>492</v>
       </c>
       <c r="N295" t="s">
         <v>27</v>
       </c>
       <c r="O295" t="s">
-        <v>1548</v>
+        <v>1555</v>
       </c>
       <c r="P295" t="s">
-        <v>1549</v>
+        <v>500</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="B296" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="C296" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D296" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H296">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="I296">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="J296" t="s">
-        <v>981</v>
+        <v>498</v>
       </c>
       <c r="K296" t="s">
         <v>34</v>
       </c>
       <c r="L296" t="s">
-        <v>1552</v>
+        <v>531</v>
       </c>
       <c r="M296" t="s">
-        <v>1514</v>
+        <v>492</v>
       </c>
       <c r="N296" t="s">
         <v>27</v>
       </c>
       <c r="O296" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="P296" t="s">
-        <v>1554</v>
+        <v>500</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="B297" t="s">
-        <v>527</v>
+        <v>1560</v>
       </c>
       <c r="C297" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D297" t="s">
-        <v>224</v>
+        <v>286</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297" t="s">
         <v>22</v>
       </c>
       <c r="H297">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I297">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J297" t="s">
-        <v>111</v>
+        <v>498</v>
       </c>
       <c r="K297" t="s">
         <v>34</v>
       </c>
-      <c r="L297" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L297"/>
       <c r="M297" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N297" t="s">
         <v>27</v>
       </c>
       <c r="O297" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="P297" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="B298" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="C298" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D298" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2012</v>
       </c>
       <c r="I298">
         <v>2012</v>
       </c>
       <c r="J298" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="K298" t="s">
         <v>34</v>
       </c>
       <c r="L298"/>
       <c r="M298" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N298" t="s">
         <v>27</v>
       </c>
       <c r="O298" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="P298" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="B299" t="s">
-        <v>1560</v>
+        <v>534</v>
       </c>
       <c r="C299" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D299" t="s">
-        <v>347</v>
+        <v>940</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>21</v>
       </c>
       <c r="G299" t="s">
         <v>22</v>
       </c>
       <c r="H299">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="I299">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="J299" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="K299" t="s">
         <v>34</v>
       </c>
-      <c r="L299" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L299"/>
       <c r="M299" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="P299" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="B300" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="C300" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D300" t="s">
-        <v>286</v>
+        <v>142</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>21</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="I300">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="J300" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K300" t="s">
         <v>34</v>
       </c>
-      <c r="L300"/>
+      <c r="L300" t="s">
+        <v>1568</v>
+      </c>
       <c r="M300" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="P300" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="B301" t="s">
-        <v>507</v>
+        <v>1571</v>
       </c>
       <c r="C301" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D301" t="s">
-        <v>508</v>
+        <v>475</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>21</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I301">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J301" t="s">
-        <v>509</v>
+        <v>110</v>
       </c>
       <c r="K301" t="s">
         <v>34</v>
       </c>
       <c r="L301"/>
       <c r="M301" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="P301" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="B302" t="s">
-        <v>535</v>
+        <v>522</v>
       </c>
       <c r="C302" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D302" t="s">
-        <v>957</v>
+        <v>197</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>21</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="I302">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="J302" t="s">
-        <v>111</v>
+        <v>498</v>
       </c>
       <c r="K302" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L302"/>
+        <v>198</v>
+      </c>
+      <c r="L302" t="s">
+        <v>523</v>
+      </c>
       <c r="M302" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="P302" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="B303" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="C303" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D303" t="s">
-        <v>143</v>
+        <v>1577</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>21</v>
       </c>
       <c r="G303" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H303">
-        <v>1994</v>
+        <v>2015</v>
       </c>
       <c r="I303">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="J303" t="s">
-        <v>499</v>
+        <v>969</v>
       </c>
       <c r="K303" t="s">
         <v>34</v>
       </c>
       <c r="L303" t="s">
-        <v>1571</v>
+        <v>1578</v>
       </c>
       <c r="M303" t="s">
-        <v>493</v>
+        <v>1511</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="P303" t="s">
-        <v>501</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="B304" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
       <c r="C304" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D304" t="s">
-        <v>476</v>
+        <v>940</v>
       </c>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>21</v>
       </c>
       <c r="G304" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H304">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="I304">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="J304" t="s">
-        <v>111</v>
+        <v>896</v>
       </c>
       <c r="K304" t="s">
         <v>34</v>
       </c>
       <c r="L304"/>
       <c r="M304" t="s">
-        <v>493</v>
+        <v>1511</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="P304" t="s">
-        <v>501</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1576</v>
+        <v>1583</v>
       </c>
       <c r="B305" t="s">
-        <v>523</v>
+        <v>1584</v>
       </c>
       <c r="C305" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D305" t="s">
-        <v>198</v>
+        <v>268</v>
       </c>
       <c r="E305" t="s">
         <v>20</v>
       </c>
       <c r="F305" t="s">
         <v>21</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="I305">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="J305" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K305" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L305" t="s">
-        <v>524</v>
+        <v>503</v>
       </c>
       <c r="M305" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="P305" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="B306" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="C306" t="s">
-        <v>483</v>
+        <v>108</v>
       </c>
       <c r="D306" t="s">
-        <v>1580</v>
+        <v>250</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>21</v>
       </c>
       <c r="G306" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H306">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="I306">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J306" t="s">
-        <v>981</v>
+        <v>118</v>
       </c>
       <c r="K306" t="s">
         <v>34</v>
       </c>
       <c r="L306" t="s">
-        <v>1581</v>
+        <v>1588</v>
       </c>
       <c r="M306" t="s">
-        <v>1514</v>
+        <v>112</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="P306" t="s">
-        <v>1549</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B307" t="s">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="C307" t="s">
-        <v>483</v>
+        <v>108</v>
       </c>
       <c r="D307" t="s">
-        <v>957</v>
+        <v>304</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>21</v>
       </c>
       <c r="G307" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H307">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="I307">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J307" t="s">
-        <v>601</v>
+        <v>118</v>
       </c>
       <c r="K307" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L307"/>
+        <v>198</v>
+      </c>
+      <c r="L307" t="s">
+        <v>1592</v>
+      </c>
       <c r="M307" t="s">
-        <v>1514</v>
+        <v>112</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="P307" t="s">
-        <v>1554</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="B308" t="s">
-        <v>1587</v>
+        <v>538</v>
       </c>
       <c r="C308" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D308" t="s">
-        <v>269</v>
+        <v>539</v>
       </c>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
         <v>21</v>
       </c>
       <c r="G308" t="s">
         <v>22</v>
       </c>
       <c r="H308">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I308">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="J308" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K308" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L308" t="s">
-        <v>504</v>
+        <v>540</v>
       </c>
       <c r="M308" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="P308" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="B309" t="s">
-        <v>1590</v>
+        <v>543</v>
       </c>
       <c r="C309" t="s">
-        <v>109</v>
+        <v>490</v>
       </c>
       <c r="D309" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="E309" t="s">
         <v>20</v>
       </c>
       <c r="F309" t="s">
         <v>21</v>
       </c>
       <c r="G309" t="s">
         <v>22</v>
       </c>
       <c r="H309">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="I309">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J309" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="K309" t="s">
         <v>34</v>
       </c>
       <c r="L309" t="s">
-        <v>1591</v>
+        <v>544</v>
       </c>
       <c r="M309" t="s">
-        <v>113</v>
+        <v>492</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="P309" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1589</v>
+        <v>1599</v>
       </c>
       <c r="B310" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="C310" t="s">
-        <v>109</v>
+        <v>1601</v>
       </c>
       <c r="D310" t="s">
-        <v>304</v>
+        <v>274</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>21</v>
       </c>
       <c r="G310" t="s">
         <v>22</v>
       </c>
       <c r="H310">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="I310">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="J310" t="s">
-        <v>120</v>
+        <v>1472</v>
       </c>
       <c r="K310" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L310"/>
       <c r="M310" t="s">
-        <v>113</v>
+        <v>1602</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="P310" t="s">
-        <v>1593</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="B311" t="s">
-        <v>539</v>
+        <v>1606</v>
       </c>
       <c r="C311" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D311" t="s">
-        <v>540</v>
+        <v>183</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>21</v>
       </c>
       <c r="G311" t="s">
         <v>22</v>
       </c>
       <c r="H311">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="I311">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J311" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="K311" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L311"/>
       <c r="M311" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>1598</v>
+        <v>1607</v>
       </c>
       <c r="P311" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
       <c r="B312" t="s">
-        <v>544</v>
+        <v>1609</v>
       </c>
       <c r="C312" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D312" t="s">
-        <v>96</v>
+        <v>223</v>
       </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>21</v>
       </c>
       <c r="G312" t="s">
         <v>22</v>
       </c>
       <c r="H312">
-        <v>2009</v>
+        <v>1992</v>
       </c>
       <c r="I312">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="J312" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K312" t="s">
         <v>34</v>
       </c>
       <c r="L312" t="s">
-        <v>545</v>
+        <v>527</v>
       </c>
       <c r="M312" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="P312" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="B313" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="C313" t="s">
-        <v>637</v>
+        <v>482</v>
       </c>
       <c r="D313" t="s">
-        <v>1604</v>
+        <v>223</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G313" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H313">
+        <v>2011</v>
+      </c>
+      <c r="I313">
         <v>2022</v>
       </c>
-      <c r="I313">
-[...1 lines deleted...]
-      </c>
       <c r="J313" t="s">
-        <v>433</v>
+        <v>969</v>
       </c>
       <c r="K313" t="s">
         <v>34</v>
       </c>
       <c r="L313" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="M313" t="s">
-        <v>1606</v>
+        <v>1511</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="P313" t="s">
-        <v>1608</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="B314" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="C314" t="s">
-        <v>1611</v>
+        <v>482</v>
       </c>
       <c r="D314" t="s">
-        <v>96</v>
+        <v>223</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>21</v>
       </c>
       <c r="G314" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H314">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I314">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="J314" t="s">
-        <v>1475</v>
+        <v>896</v>
       </c>
       <c r="K314" t="s">
         <v>34</v>
       </c>
       <c r="L314"/>
       <c r="M314" t="s">
-        <v>1612</v>
+        <v>1511</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="P314" t="s">
-        <v>1614</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B315" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C315" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D315" t="s">
-        <v>184</v>
+        <v>792</v>
       </c>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
         <v>21</v>
       </c>
       <c r="G315" t="s">
         <v>22</v>
       </c>
       <c r="H315">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I315">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J315" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="K315" t="s">
         <v>34</v>
       </c>
       <c r="L315"/>
       <c r="M315" t="s">
-        <v>493</v>
+        <v>1621</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="P315" t="s">
-        <v>501</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="B316" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="C316" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D316" t="s">
-        <v>224</v>
+        <v>83</v>
       </c>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
         <v>21</v>
       </c>
       <c r="G316" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H316">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="I316">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="J316" t="s">
-        <v>111</v>
+        <v>969</v>
       </c>
       <c r="K316" t="s">
         <v>34</v>
       </c>
       <c r="L316" t="s">
-        <v>528</v>
+        <v>1626</v>
       </c>
       <c r="M316" t="s">
-        <v>493</v>
+        <v>1511</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="P316" t="s">
-        <v>1621</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="B317" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="C317" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D317" t="s">
-        <v>224</v>
+        <v>83</v>
       </c>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>21</v>
       </c>
       <c r="G317" t="s">
         <v>22</v>
       </c>
       <c r="H317">
         <v>2011</v>
       </c>
       <c r="I317">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J317" t="s">
-        <v>981</v>
+        <v>896</v>
       </c>
       <c r="K317" t="s">
         <v>34</v>
       </c>
-      <c r="L317" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L317"/>
       <c r="M317" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="P317" t="s">
-        <v>1554</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="B318" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="C318" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D318" t="s">
-        <v>224</v>
+        <v>169</v>
       </c>
       <c r="E318" t="s">
         <v>20</v>
       </c>
       <c r="F318" t="s">
         <v>21</v>
       </c>
       <c r="G318" t="s">
         <v>22</v>
       </c>
       <c r="H318">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I318">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="J318" t="s">
-        <v>601</v>
+        <v>498</v>
       </c>
       <c r="K318" t="s">
         <v>34</v>
       </c>
       <c r="L318"/>
       <c r="M318" t="s">
-        <v>1514</v>
+        <v>492</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="P318" t="s">
-        <v>1554</v>
+        <v>500</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="B319" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="C319" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D319" t="s">
-        <v>799</v>
+        <v>388</v>
       </c>
       <c r="E319" t="s">
         <v>20</v>
       </c>
       <c r="F319" t="s">
         <v>21</v>
       </c>
       <c r="G319" t="s">
         <v>22</v>
       </c>
       <c r="H319">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I319">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J319" t="s">
-        <v>60</v>
+        <v>498</v>
       </c>
       <c r="K319" t="s">
         <v>34</v>
       </c>
       <c r="L319"/>
       <c r="M319" t="s">
-        <v>1631</v>
+        <v>492</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="P319" t="s">
-        <v>1633</v>
+        <v>500</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
         <v>1634</v>
       </c>
       <c r="B320" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="C320" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D320" t="s">
-        <v>78</v>
+        <v>388</v>
       </c>
       <c r="E320" t="s">
         <v>20</v>
       </c>
       <c r="F320" t="s">
         <v>21</v>
       </c>
       <c r="G320" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H320">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I320">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="J320" t="s">
-        <v>981</v>
+        <v>498</v>
       </c>
       <c r="K320" t="s">
         <v>34</v>
       </c>
-      <c r="L320" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L320"/>
       <c r="M320" t="s">
-        <v>1514</v>
+        <v>492</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="P320" t="s">
-        <v>1549</v>
+        <v>500</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="B321" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="C321" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D321" t="s">
-        <v>78</v>
+        <v>268</v>
       </c>
       <c r="E321" t="s">
         <v>20</v>
       </c>
       <c r="F321" t="s">
         <v>21</v>
       </c>
       <c r="G321" t="s">
         <v>22</v>
       </c>
       <c r="H321">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I321">
-        <v>2025</v>
+        <v>2004</v>
       </c>
       <c r="J321" t="s">
-        <v>601</v>
+        <v>498</v>
       </c>
       <c r="K321" t="s">
         <v>34</v>
       </c>
-      <c r="L321"/>
+      <c r="L321" t="s">
+        <v>503</v>
+      </c>
       <c r="M321" t="s">
-        <v>1514</v>
+        <v>492</v>
       </c>
       <c r="N321" t="s">
         <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="P321" t="s">
-        <v>1549</v>
+        <v>500</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="B322" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="C322" t="s">
-        <v>491</v>
+        <v>108</v>
       </c>
       <c r="D322" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
         <v>21</v>
       </c>
       <c r="G322" t="s">
         <v>22</v>
       </c>
       <c r="H322">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="I322">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="J322" t="s">
-        <v>499</v>
+        <v>118</v>
       </c>
       <c r="K322" t="s">
         <v>34</v>
       </c>
-      <c r="L322"/>
+      <c r="L322" t="s">
+        <v>1644</v>
+      </c>
       <c r="M322" t="s">
-        <v>493</v>
+        <v>112</v>
       </c>
       <c r="N322" t="s">
         <v>27</v>
       </c>
       <c r="O322" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="P322" t="s">
-        <v>501</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="B323" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="C323" t="s">
-        <v>491</v>
+        <v>108</v>
       </c>
       <c r="D323" t="s">
         <v>388</v>
       </c>
       <c r="E323" t="s">
         <v>20</v>
       </c>
       <c r="F323" t="s">
         <v>21</v>
       </c>
       <c r="G323" t="s">
         <v>22</v>
       </c>
       <c r="H323">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I323">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="J323" t="s">
-        <v>499</v>
+        <v>118</v>
       </c>
       <c r="K323" t="s">
         <v>34</v>
       </c>
-      <c r="L323"/>
+      <c r="L323" t="s">
+        <v>1649</v>
+      </c>
       <c r="M323" t="s">
-        <v>493</v>
+        <v>112</v>
       </c>
       <c r="N323" t="s">
         <v>27</v>
       </c>
       <c r="O323" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="P323" t="s">
-        <v>501</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="B324" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="C324" t="s">
-        <v>491</v>
+        <v>1654</v>
       </c>
       <c r="D324" t="s">
-        <v>388</v>
+        <v>124</v>
       </c>
       <c r="E324" t="s">
         <v>20</v>
       </c>
       <c r="F324" t="s">
         <v>21</v>
       </c>
       <c r="G324" t="s">
         <v>22</v>
       </c>
       <c r="H324">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I324">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="J324" t="s">
-        <v>499</v>
+        <v>71</v>
       </c>
       <c r="K324" t="s">
         <v>34</v>
       </c>
       <c r="L324"/>
       <c r="M324" t="s">
-        <v>493</v>
+        <v>1655</v>
       </c>
       <c r="N324" t="s">
         <v>27</v>
       </c>
       <c r="O324" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="P324" t="s">
-        <v>501</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
-        <v>1649</v>
-[...3 lines deleted...]
-      </c>
+        <v>1658</v>
+      </c>
+      <c r="B325"/>
       <c r="C325" t="s">
-        <v>491</v>
+        <v>1654</v>
       </c>
       <c r="D325" t="s">
-        <v>269</v>
+        <v>497</v>
       </c>
       <c r="E325" t="s">
         <v>20</v>
       </c>
       <c r="F325" t="s">
         <v>21</v>
       </c>
       <c r="G325" t="s">
         <v>22</v>
       </c>
       <c r="H325">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I325">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="J325" t="s">
-        <v>499</v>
+        <v>71</v>
       </c>
       <c r="K325" t="s">
         <v>34</v>
       </c>
-      <c r="L325" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L325"/>
       <c r="M325" t="s">
-        <v>493</v>
+        <v>1659</v>
       </c>
       <c r="N325" t="s">
         <v>27</v>
       </c>
       <c r="O325" t="s">
-        <v>1651</v>
+        <v>1660</v>
       </c>
       <c r="P325" t="s">
-        <v>501</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
-        <v>1652</v>
+        <v>1661</v>
       </c>
       <c r="B326" t="s">
-        <v>1653</v>
+        <v>1662</v>
       </c>
       <c r="C326" t="s">
-        <v>109</v>
+        <v>1654</v>
       </c>
       <c r="D326" t="s">
-        <v>137</v>
+        <v>944</v>
       </c>
       <c r="E326" t="s">
         <v>20</v>
       </c>
       <c r="F326" t="s">
         <v>21</v>
       </c>
       <c r="G326" t="s">
         <v>22</v>
       </c>
       <c r="H326">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I326">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="J326" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="K326" t="s">
         <v>34</v>
       </c>
-      <c r="L326" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L326"/>
       <c r="M326" t="s">
-        <v>113</v>
+        <v>1655</v>
       </c>
       <c r="N326" t="s">
         <v>27</v>
       </c>
       <c r="O326" t="s">
-        <v>1655</v>
+        <v>1663</v>
       </c>
       <c r="P326" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
       <c r="B327" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
       <c r="C327" t="s">
-        <v>109</v>
+        <v>1654</v>
       </c>
       <c r="D327" t="s">
-        <v>388</v>
+        <v>136</v>
       </c>
       <c r="E327" t="s">
         <v>20</v>
       </c>
       <c r="F327" t="s">
         <v>21</v>
       </c>
       <c r="G327" t="s">
         <v>22</v>
       </c>
       <c r="H327">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I327">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J327" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="K327" t="s">
         <v>34</v>
       </c>
-      <c r="L327" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L327"/>
       <c r="M327" t="s">
-        <v>113</v>
+        <v>1655</v>
       </c>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="P327" t="s">
-        <v>1661</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="B328" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="C328" t="s">
-        <v>1664</v>
+        <v>1654</v>
       </c>
       <c r="D328" t="s">
-        <v>126</v>
+        <v>223</v>
       </c>
       <c r="E328" t="s">
         <v>20</v>
       </c>
       <c r="F328" t="s">
         <v>21</v>
       </c>
       <c r="G328" t="s">
         <v>22</v>
       </c>
       <c r="H328">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="I328">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="J328" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K328" t="s">
         <v>34</v>
       </c>
       <c r="L328"/>
       <c r="M328" t="s">
-        <v>1665</v>
+        <v>1655</v>
       </c>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="P328" t="s">
-        <v>1667</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
-        <v>1668</v>
-[...1 lines deleted...]
-      <c r="B329"/>
+        <v>1670</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1671</v>
+      </c>
       <c r="C329" t="s">
-        <v>1664</v>
+        <v>108</v>
       </c>
       <c r="D329" t="s">
-        <v>498</v>
+        <v>380</v>
       </c>
       <c r="E329" t="s">
         <v>20</v>
       </c>
       <c r="F329" t="s">
         <v>21</v>
       </c>
       <c r="G329" t="s">
         <v>22</v>
       </c>
       <c r="H329">
+        <v>2005</v>
+      </c>
+      <c r="I329">
         <v>2011</v>
       </c>
-      <c r="I329">
-[...1 lines deleted...]
-      </c>
       <c r="J329" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="K329" t="s">
         <v>34</v>
       </c>
-      <c r="L329"/>
+      <c r="L329" t="s">
+        <v>1672</v>
+      </c>
       <c r="M329" t="s">
-        <v>1669</v>
+        <v>112</v>
       </c>
       <c r="N329" t="s">
         <v>27</v>
       </c>
       <c r="O329" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="P329" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="B330" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="C330" t="s">
-        <v>1664</v>
+        <v>41</v>
       </c>
       <c r="D330" t="s">
-        <v>953</v>
+        <v>1677</v>
       </c>
       <c r="E330" t="s">
         <v>20</v>
       </c>
       <c r="F330" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G330" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H330">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I330"/>
       <c r="J330" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K330" t="s">
         <v>34</v>
       </c>
-      <c r="L330"/>
+      <c r="L330" t="s">
+        <v>1678</v>
+      </c>
       <c r="M330" t="s">
-        <v>1665</v>
+        <v>1679</v>
       </c>
       <c r="N330" t="s">
         <v>27</v>
       </c>
       <c r="O330" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
       <c r="P330" t="s">
-        <v>1667</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="B331" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="C331" t="s">
-        <v>1664</v>
+        <v>41</v>
       </c>
       <c r="D331" t="s">
-        <v>137</v>
+        <v>83</v>
       </c>
       <c r="E331" t="s">
         <v>20</v>
       </c>
       <c r="F331" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G331" t="s">
         <v>22</v>
       </c>
       <c r="H331">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="I331">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J331" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K331" t="s">
         <v>34</v>
       </c>
-      <c r="L331"/>
+      <c r="L331" t="s">
+        <v>1684</v>
+      </c>
       <c r="M331" t="s">
-        <v>1665</v>
+        <v>46</v>
       </c>
       <c r="N331" t="s">
         <v>27</v>
       </c>
       <c r="O331" t="s">
-        <v>1676</v>
+        <v>1685</v>
       </c>
       <c r="P331" t="s">
-        <v>1667</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
-        <v>1677</v>
+        <v>1687</v>
       </c>
       <c r="B332" t="s">
-        <v>1678</v>
+        <v>1688</v>
       </c>
       <c r="C332" t="s">
-        <v>1664</v>
+        <v>41</v>
       </c>
       <c r="D332" t="s">
-        <v>224</v>
+        <v>599</v>
       </c>
       <c r="E332" t="s">
         <v>20</v>
       </c>
       <c r="F332" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G332" t="s">
         <v>22</v>
       </c>
       <c r="H332">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="I332">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J332" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K332" t="s">
         <v>34</v>
       </c>
-      <c r="L332"/>
+      <c r="L332" t="s">
+        <v>1689</v>
+      </c>
       <c r="M332" t="s">
-        <v>1665</v>
+        <v>46</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>1679</v>
+        <v>1690</v>
       </c>
       <c r="P332" t="s">
-        <v>1667</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="B333" t="s">
-        <v>1681</v>
+        <v>1693</v>
       </c>
       <c r="C333" t="s">
-        <v>109</v>
+        <v>1694</v>
       </c>
       <c r="D333" t="s">
-        <v>380</v>
+        <v>311</v>
       </c>
       <c r="E333" t="s">
         <v>20</v>
       </c>
       <c r="F333" t="s">
-        <v>21</v>
+        <v>312</v>
       </c>
       <c r="G333" t="s">
         <v>22</v>
       </c>
       <c r="H333">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="I333">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J333" t="s">
-        <v>120</v>
+        <v>1695</v>
       </c>
       <c r="K333" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="L333" t="s">
-        <v>1682</v>
+        <v>314</v>
       </c>
       <c r="M333" t="s">
-        <v>113</v>
+        <v>1696</v>
       </c>
       <c r="N333" t="s">
-        <v>27</v>
+        <v>316</v>
       </c>
       <c r="O333" t="s">
-        <v>1683</v>
+        <v>1697</v>
       </c>
       <c r="P333" t="s">
-        <v>1684</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1685</v>
+        <v>1699</v>
       </c>
       <c r="B334" t="s">
-        <v>1686</v>
+        <v>1700</v>
       </c>
       <c r="C334" t="s">
-        <v>637</v>
+        <v>1097</v>
       </c>
       <c r="D334" t="s">
-        <v>1687</v>
+        <v>83</v>
       </c>
       <c r="E334" t="s">
         <v>20</v>
       </c>
       <c r="F334" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G334" t="s">
         <v>22</v>
       </c>
       <c r="H334">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I334"/>
+        <v>2007</v>
+      </c>
+      <c r="I334">
+        <v>2022</v>
+      </c>
       <c r="J334" t="s">
-        <v>60</v>
+        <v>1098</v>
       </c>
       <c r="K334" t="s">
         <v>34</v>
       </c>
-      <c r="L334" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L334"/>
       <c r="M334" t="s">
-        <v>1689</v>
+        <v>1701</v>
       </c>
       <c r="N334" t="s">
         <v>27</v>
       </c>
       <c r="O334" t="s">
-        <v>1690</v>
+        <v>1702</v>
       </c>
       <c r="P334" t="s">
-        <v>1691</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1692</v>
+        <v>1704</v>
       </c>
       <c r="B335" t="s">
-        <v>1693</v>
+        <v>1705</v>
       </c>
       <c r="C335" t="s">
-        <v>637</v>
+        <v>1097</v>
       </c>
       <c r="D335" t="s">
-        <v>78</v>
+        <v>274</v>
       </c>
       <c r="E335" t="s">
         <v>20</v>
       </c>
       <c r="F335" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G335" t="s">
         <v>22</v>
       </c>
       <c r="H335">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="I335">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="J335" t="s">
-        <v>60</v>
+        <v>1098</v>
       </c>
       <c r="K335" t="s">
         <v>34</v>
       </c>
-      <c r="L335" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L335"/>
       <c r="M335" t="s">
-        <v>1606</v>
+        <v>1701</v>
       </c>
       <c r="N335" t="s">
         <v>27</v>
       </c>
       <c r="O335" t="s">
-        <v>1695</v>
+        <v>1706</v>
       </c>
       <c r="P335" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1697</v>
+        <v>1708</v>
       </c>
       <c r="B336" t="s">
-        <v>1698</v>
+        <v>1709</v>
       </c>
       <c r="C336" t="s">
-        <v>637</v>
+        <v>1097</v>
       </c>
       <c r="D336" t="s">
-        <v>606</v>
+        <v>274</v>
       </c>
       <c r="E336" t="s">
         <v>20</v>
       </c>
       <c r="F336" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G336" t="s">
         <v>22</v>
       </c>
       <c r="H336">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="I336">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="J336" t="s">
-        <v>60</v>
+        <v>1098</v>
       </c>
       <c r="K336" t="s">
         <v>34</v>
       </c>
-      <c r="L336" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L336"/>
       <c r="M336" t="s">
-        <v>1606</v>
+        <v>1701</v>
       </c>
       <c r="N336" t="s">
         <v>27</v>
       </c>
       <c r="O336" t="s">
-        <v>1700</v>
+        <v>1710</v>
       </c>
       <c r="P336" t="s">
-        <v>1701</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
       <c r="B337" t="s">
-        <v>1703</v>
+        <v>1713</v>
       </c>
       <c r="C337" t="s">
-        <v>1704</v>
+        <v>1097</v>
       </c>
       <c r="D337" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="E337" t="s">
         <v>20</v>
       </c>
       <c r="F337" t="s">
-        <v>312</v>
+        <v>21</v>
       </c>
       <c r="G337" t="s">
         <v>22</v>
       </c>
       <c r="H337">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="I337">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="J337" t="s">
-        <v>1705</v>
+        <v>1098</v>
       </c>
       <c r="K337" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="L337"/>
       <c r="M337" t="s">
-        <v>1706</v>
+        <v>1701</v>
       </c>
       <c r="N337" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="O337" t="s">
-        <v>1707</v>
+        <v>1714</v>
       </c>
       <c r="P337" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="B338" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="C338" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D338" t="s">
-        <v>78</v>
+        <v>298</v>
       </c>
       <c r="E338" t="s">
         <v>20</v>
       </c>
       <c r="F338" t="s">
         <v>21</v>
       </c>
       <c r="G338" t="s">
         <v>22</v>
       </c>
       <c r="H338">
         <v>2007</v>
       </c>
       <c r="I338">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="J338" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K338" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L338"/>
       <c r="M338" t="s">
-        <v>1711</v>
+        <v>1701</v>
       </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="P338" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="B339" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="C339" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D339" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="E339" t="s">
         <v>20</v>
       </c>
       <c r="F339" t="s">
         <v>21</v>
       </c>
       <c r="G339" t="s">
         <v>22</v>
       </c>
       <c r="H339">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I339">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="J339" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K339" t="s">
         <v>34</v>
       </c>
       <c r="L339"/>
       <c r="M339" t="s">
-        <v>1711</v>
+        <v>1701</v>
       </c>
       <c r="N339" t="s">
         <v>27</v>
       </c>
       <c r="O339" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="P339" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="B340" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
       <c r="C340" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D340" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="E340" t="s">
         <v>20</v>
       </c>
       <c r="F340" t="s">
         <v>21</v>
       </c>
       <c r="G340" t="s">
         <v>22</v>
       </c>
       <c r="H340">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="I340">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="J340" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K340" t="s">
         <v>34</v>
       </c>
-      <c r="L340"/>
+      <c r="L340" t="s">
+        <v>1726</v>
+      </c>
       <c r="M340" t="s">
-        <v>1711</v>
+        <v>1701</v>
       </c>
       <c r="N340" t="s">
         <v>27</v>
       </c>
       <c r="O340" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="P340" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="B341" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
       <c r="C341" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D341" t="s">
-        <v>304</v>
+        <v>157</v>
       </c>
       <c r="E341" t="s">
         <v>20</v>
       </c>
       <c r="F341" t="s">
         <v>21</v>
       </c>
       <c r="G341" t="s">
         <v>22</v>
       </c>
       <c r="H341">
         <v>2008</v>
       </c>
       <c r="I341">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="J341" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K341" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="L341"/>
+        <v>34</v>
+      </c>
+      <c r="L341" t="s">
+        <v>1731</v>
+      </c>
       <c r="M341" t="s">
-        <v>1711</v>
+        <v>1701</v>
       </c>
       <c r="N341" t="s">
         <v>27</v>
       </c>
       <c r="O341" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="P341" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="B342" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="C342" t="s">
-        <v>1100</v>
+        <v>1736</v>
       </c>
       <c r="D342" t="s">
-        <v>298</v>
+        <v>700</v>
       </c>
       <c r="E342" t="s">
         <v>20</v>
       </c>
       <c r="F342" t="s">
         <v>21</v>
       </c>
       <c r="G342" t="s">
         <v>22</v>
       </c>
       <c r="H342">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="I342">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="J342" t="s">
-        <v>1101</v>
+        <v>896</v>
       </c>
       <c r="K342" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L342"/>
       <c r="M342" t="s">
-        <v>1711</v>
+        <v>1737</v>
       </c>
       <c r="N342" t="s">
         <v>27</v>
       </c>
       <c r="O342" t="s">
-        <v>1728</v>
+        <v>1738</v>
       </c>
       <c r="P342" t="s">
-        <v>1729</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1730</v>
+        <v>1740</v>
       </c>
       <c r="B343" t="s">
-        <v>1731</v>
+        <v>1741</v>
       </c>
       <c r="C343" t="s">
-        <v>1100</v>
+        <v>1736</v>
       </c>
       <c r="D343" t="s">
-        <v>59</v>
+        <v>268</v>
       </c>
       <c r="E343" t="s">
         <v>20</v>
       </c>
       <c r="F343" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G343" t="s">
         <v>22</v>
       </c>
       <c r="H343">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="I343">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J343" t="s">
-        <v>1101</v>
+        <v>969</v>
       </c>
       <c r="K343" t="s">
         <v>34</v>
       </c>
-      <c r="L343"/>
+      <c r="L343" t="s">
+        <v>1742</v>
+      </c>
       <c r="M343" t="s">
-        <v>1711</v>
+        <v>1737</v>
       </c>
       <c r="N343" t="s">
         <v>27</v>
       </c>
       <c r="O343" t="s">
-        <v>1732</v>
+        <v>1743</v>
       </c>
       <c r="P343" t="s">
-        <v>1733</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1734</v>
+        <v>1745</v>
       </c>
       <c r="B344" t="s">
-        <v>1735</v>
+        <v>1746</v>
       </c>
       <c r="C344" t="s">
-        <v>1100</v>
+        <v>1736</v>
       </c>
       <c r="D344" t="s">
-        <v>137</v>
+        <v>1747</v>
       </c>
       <c r="E344" t="s">
         <v>20</v>
       </c>
       <c r="F344" t="s">
         <v>21</v>
       </c>
       <c r="G344" t="s">
         <v>22</v>
       </c>
       <c r="H344">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I344">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J344" t="s">
-        <v>1101</v>
+        <v>896</v>
       </c>
       <c r="K344" t="s">
         <v>34</v>
       </c>
       <c r="L344" t="s">
-        <v>1736</v>
+        <v>1748</v>
       </c>
       <c r="M344" t="s">
-        <v>1711</v>
+        <v>1737</v>
       </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
-        <v>1737</v>
+        <v>1749</v>
       </c>
       <c r="P344" t="s">
-        <v>1738</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="B345" t="s">
-        <v>1740</v>
+        <v>1752</v>
       </c>
       <c r="C345" t="s">
-        <v>1100</v>
+        <v>1736</v>
       </c>
       <c r="D345" t="s">
-        <v>158</v>
+        <v>700</v>
       </c>
       <c r="E345" t="s">
         <v>20</v>
       </c>
       <c r="F345" t="s">
         <v>21</v>
       </c>
       <c r="G345" t="s">
         <v>22</v>
       </c>
       <c r="H345">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="I345">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="J345" t="s">
-        <v>1101</v>
+        <v>33</v>
       </c>
       <c r="K345" t="s">
         <v>34</v>
       </c>
       <c r="L345" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="M345" t="s">
-        <v>1711</v>
+        <v>1737</v>
       </c>
       <c r="N345" t="s">
         <v>27</v>
       </c>
       <c r="O345" t="s">
-        <v>1742</v>
+        <v>1753</v>
       </c>
       <c r="P345" t="s">
-        <v>1743</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="B346" t="s">
-        <v>1745</v>
+        <v>1756</v>
       </c>
       <c r="C346" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D346" t="s">
-        <v>708</v>
+        <v>183</v>
       </c>
       <c r="E346" t="s">
         <v>20</v>
       </c>
       <c r="F346" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G346" t="s">
         <v>22</v>
       </c>
       <c r="H346">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="I346">
         <v>2025</v>
       </c>
       <c r="J346" t="s">
-        <v>601</v>
+        <v>896</v>
       </c>
       <c r="K346" t="s">
         <v>34</v>
       </c>
-      <c r="L346"/>
+      <c r="L346" t="s">
+        <v>1757</v>
+      </c>
       <c r="M346" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N346" t="s">
         <v>27</v>
       </c>
       <c r="O346" t="s">
-        <v>1748</v>
+        <v>1758</v>
       </c>
       <c r="P346" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
-        <v>1750</v>
+        <v>1760</v>
       </c>
       <c r="B347" t="s">
-        <v>1751</v>
+        <v>1761</v>
       </c>
       <c r="C347" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D347" t="s">
-        <v>269</v>
+        <v>1322</v>
       </c>
       <c r="E347" t="s">
         <v>20</v>
       </c>
       <c r="F347" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G347" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H347">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="I347">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="J347" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K347" t="s">
         <v>34</v>
       </c>
-      <c r="L347" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L347"/>
       <c r="M347" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N347" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O347" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="P347" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="B348" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="C348" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D348" t="s">
-        <v>1757</v>
+        <v>1322</v>
       </c>
       <c r="E348" t="s">
         <v>20</v>
       </c>
       <c r="F348" t="s">
         <v>21</v>
       </c>
       <c r="G348" t="s">
         <v>22</v>
       </c>
       <c r="H348">
         <v>2004</v>
       </c>
       <c r="I348">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="J348" t="s">
-        <v>601</v>
+        <v>896</v>
       </c>
       <c r="K348" t="s">
         <v>34</v>
       </c>
       <c r="L348" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="M348" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N348" t="s">
         <v>27</v>
       </c>
       <c r="O348" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="P348" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="B349" t="s">
-        <v>1762</v>
+        <v>1770</v>
       </c>
       <c r="C349" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D349" t="s">
-        <v>708</v>
+        <v>136</v>
       </c>
       <c r="E349" t="s">
         <v>20</v>
       </c>
       <c r="F349" t="s">
         <v>21</v>
       </c>
       <c r="G349" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H349">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I349">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="J349" t="s">
-        <v>33</v>
+        <v>896</v>
       </c>
       <c r="K349" t="s">
         <v>34</v>
       </c>
       <c r="L349" t="s">
-        <v>1761</v>
+        <v>1771</v>
       </c>
       <c r="M349" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="P349" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="B350" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="C350" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D350" t="s">
-        <v>184</v>
+        <v>274</v>
       </c>
       <c r="E350" t="s">
         <v>20</v>
       </c>
       <c r="F350" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G350" t="s">
         <v>22</v>
       </c>
       <c r="H350">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I350">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J350" t="s">
-        <v>601</v>
+        <v>969</v>
       </c>
       <c r="K350" t="s">
         <v>34</v>
       </c>
       <c r="L350" t="s">
-        <v>1767</v>
+        <v>1774</v>
       </c>
       <c r="M350" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="P350" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
-        <v>1770</v>
+        <v>1778</v>
       </c>
       <c r="B351" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="C351" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D351" t="s">
-        <v>1325</v>
+        <v>83</v>
       </c>
       <c r="E351" t="s">
         <v>20</v>
       </c>
       <c r="F351" t="s">
         <v>21</v>
       </c>
       <c r="G351" t="s">
         <v>22</v>
       </c>
       <c r="H351">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="I351">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="J351" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K351" t="s">
         <v>34</v>
       </c>
-      <c r="L351"/>
+      <c r="L351" t="s">
+        <v>1778</v>
+      </c>
       <c r="M351" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N351" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O351" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="P351" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
-        <v>1774</v>
+        <v>1782</v>
       </c>
       <c r="B352" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="C352" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D352" t="s">
-        <v>1325</v>
+        <v>83</v>
       </c>
       <c r="E352" t="s">
         <v>20</v>
       </c>
       <c r="F352" t="s">
         <v>21</v>
       </c>
       <c r="G352" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H352">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="I352">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J352" t="s">
-        <v>601</v>
+        <v>969</v>
       </c>
       <c r="K352" t="s">
         <v>34</v>
       </c>
-      <c r="L352" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L352"/>
       <c r="M352" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
-        <v>1777</v>
+        <v>1784</v>
       </c>
       <c r="P352" t="s">
-        <v>1778</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
-        <v>1779</v>
+        <v>1786</v>
       </c>
       <c r="B353" t="s">
-        <v>1780</v>
+        <v>1787</v>
       </c>
       <c r="C353" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D353" t="s">
-        <v>137</v>
+        <v>940</v>
       </c>
       <c r="E353" t="s">
         <v>20</v>
       </c>
       <c r="F353" t="s">
         <v>21</v>
       </c>
       <c r="G353" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H353">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I353">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J353" t="s">
-        <v>601</v>
+        <v>969</v>
       </c>
       <c r="K353" t="s">
         <v>34</v>
       </c>
       <c r="L353" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="M353" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N353" t="s">
         <v>27</v>
       </c>
       <c r="O353" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="P353" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="B354" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="C354" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D354" t="s">
-        <v>96</v>
+        <v>599</v>
       </c>
       <c r="E354" t="s">
         <v>20</v>
       </c>
       <c r="F354" t="s">
         <v>21</v>
       </c>
       <c r="G354" t="s">
         <v>22</v>
       </c>
       <c r="H354">
         <v>2012</v>
       </c>
       <c r="I354">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J354" t="s">
-        <v>981</v>
+        <v>110</v>
       </c>
       <c r="K354" t="s">
         <v>34</v>
       </c>
       <c r="L354" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="M354" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N354" t="s">
         <v>27</v>
       </c>
       <c r="O354" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="P354" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="355" spans="1:16">
       <c r="A355" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="B355" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="C355" t="s">
-        <v>1746</v>
+        <v>1796</v>
       </c>
       <c r="D355" t="s">
-        <v>78</v>
+        <v>157</v>
       </c>
       <c r="E355" t="s">
         <v>20</v>
       </c>
       <c r="F355" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G355" t="s">
         <v>22</v>
       </c>
       <c r="H355">
-        <v>1995</v>
+        <v>2014</v>
       </c>
       <c r="I355">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J355" t="s">
-        <v>981</v>
+        <v>1090</v>
       </c>
       <c r="K355" t="s">
         <v>34</v>
       </c>
       <c r="L355" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="M355" t="s">
-        <v>1747</v>
+        <v>1798</v>
       </c>
       <c r="N355" t="s">
         <v>27</v>
       </c>
       <c r="O355" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="P355" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="356" spans="1:16">
       <c r="A356" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="B356" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="C356" t="s">
-        <v>1746</v>
+        <v>1796</v>
       </c>
       <c r="D356" t="s">
-        <v>78</v>
+        <v>535</v>
       </c>
       <c r="E356" t="s">
         <v>20</v>
       </c>
       <c r="F356" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G356" t="s">
         <v>22</v>
       </c>
       <c r="H356">
-        <v>1995</v>
+        <v>2020</v>
       </c>
       <c r="I356">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J356" t="s">
-        <v>981</v>
+        <v>1090</v>
       </c>
       <c r="K356" t="s">
         <v>34</v>
       </c>
-      <c r="L356"/>
+      <c r="L356" t="s">
+        <v>1803</v>
+      </c>
       <c r="M356" t="s">
-        <v>1747</v>
+        <v>1798</v>
       </c>
       <c r="N356" t="s">
         <v>27</v>
       </c>
       <c r="O356" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
       <c r="P356" t="s">
-        <v>1795</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="357" spans="1:16">
       <c r="A357" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
       <c r="B357" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="C357" t="s">
-        <v>1746</v>
+        <v>1089</v>
       </c>
       <c r="D357" t="s">
-        <v>957</v>
+        <v>611</v>
       </c>
       <c r="E357" t="s">
         <v>20</v>
       </c>
       <c r="F357" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G357" t="s">
         <v>22</v>
       </c>
       <c r="H357">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="I357">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J357" t="s">
-        <v>981</v>
+        <v>1496</v>
       </c>
       <c r="K357" t="s">
         <v>34</v>
       </c>
       <c r="L357" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="M357" t="s">
-        <v>1747</v>
+        <v>1092</v>
       </c>
       <c r="N357" t="s">
         <v>27</v>
       </c>
       <c r="O357" t="s">
-        <v>1798</v>
+        <v>1809</v>
       </c>
       <c r="P357" t="s">
-        <v>1799</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="358" spans="1:16">
       <c r="A358" t="s">
-        <v>1800</v>
+        <v>1811</v>
       </c>
       <c r="B358" t="s">
-        <v>1801</v>
+        <v>1812</v>
       </c>
       <c r="C358" t="s">
-        <v>1746</v>
+        <v>1089</v>
       </c>
       <c r="D358" t="s">
-        <v>606</v>
+        <v>599</v>
       </c>
       <c r="E358" t="s">
         <v>20</v>
       </c>
       <c r="F358" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G358" t="s">
         <v>22</v>
       </c>
       <c r="H358">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="I358">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J358" t="s">
-        <v>111</v>
+        <v>1496</v>
       </c>
       <c r="K358" t="s">
         <v>34</v>
       </c>
       <c r="L358" t="s">
-        <v>1800</v>
+        <v>1813</v>
       </c>
       <c r="M358" t="s">
-        <v>1747</v>
+        <v>1092</v>
       </c>
       <c r="N358" t="s">
         <v>27</v>
       </c>
       <c r="O358" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
       <c r="P358" t="s">
-        <v>1803</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="359" spans="1:16">
       <c r="A359" t="s">
-        <v>1804</v>
+        <v>1816</v>
       </c>
       <c r="B359" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="C359" t="s">
-        <v>1806</v>
+        <v>1089</v>
       </c>
       <c r="D359" t="s">
-        <v>158</v>
+        <v>83</v>
       </c>
       <c r="E359" t="s">
         <v>20</v>
       </c>
       <c r="F359" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G359" t="s">
         <v>22</v>
       </c>
       <c r="H359">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="I359">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="J359" t="s">
-        <v>1807</v>
+        <v>1496</v>
       </c>
       <c r="K359" t="s">
         <v>34</v>
       </c>
       <c r="L359" t="s">
-        <v>1808</v>
+        <v>1818</v>
       </c>
       <c r="M359" t="s">
-        <v>1809</v>
+        <v>1092</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="P359" t="s">
-        <v>1811</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="360" spans="1:16">
       <c r="A360" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
       <c r="B360" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="C360" t="s">
-        <v>1806</v>
+        <v>1495</v>
       </c>
       <c r="D360" t="s">
-        <v>536</v>
+        <v>83</v>
       </c>
       <c r="E360" t="s">
         <v>20</v>
       </c>
       <c r="F360" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G360" t="s">
         <v>22</v>
       </c>
       <c r="H360">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I360">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J360" t="s">
-        <v>1807</v>
+        <v>1496</v>
       </c>
       <c r="K360" t="s">
         <v>34</v>
       </c>
-      <c r="L360" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L360"/>
       <c r="M360" t="s">
-        <v>1809</v>
+        <v>1497</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="P360" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="361" spans="1:16">
       <c r="A361" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="B361" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="C361" t="s">
-        <v>1819</v>
+        <v>1495</v>
       </c>
       <c r="D361" t="s">
-        <v>618</v>
+        <v>142</v>
       </c>
       <c r="E361" t="s">
         <v>20</v>
       </c>
       <c r="F361" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G361" t="s">
         <v>22</v>
       </c>
       <c r="H361">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="I361">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J361" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="K361" t="s">
         <v>34</v>
       </c>
       <c r="L361" t="s">
-        <v>1820</v>
+        <v>1827</v>
       </c>
       <c r="M361" t="s">
-        <v>1821</v>
+        <v>1497</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
       <c r="P361" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="362" spans="1:16">
       <c r="A362" t="s">
-        <v>1824</v>
+        <v>1830</v>
       </c>
       <c r="B362" t="s">
-        <v>1825</v>
+        <v>1831</v>
       </c>
       <c r="C362" t="s">
-        <v>1819</v>
+        <v>1495</v>
       </c>
       <c r="D362" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="E362" t="s">
         <v>20</v>
       </c>
       <c r="F362" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G362" t="s">
         <v>22</v>
       </c>
       <c r="H362">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="I362">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J362" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="K362" t="s">
         <v>34</v>
       </c>
       <c r="L362" t="s">
-        <v>1826</v>
+        <v>1832</v>
       </c>
       <c r="M362" t="s">
-        <v>1821</v>
+        <v>1497</v>
       </c>
       <c r="N362" t="s">
         <v>27</v>
       </c>
       <c r="O362" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="P362" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="363" spans="1:16">
       <c r="A363" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="B363" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="C363" t="s">
-        <v>1819</v>
+        <v>1495</v>
       </c>
       <c r="D363" t="s">
-        <v>78</v>
+        <v>268</v>
       </c>
       <c r="E363" t="s">
         <v>20</v>
       </c>
       <c r="F363" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G363" t="s">
         <v>22</v>
       </c>
       <c r="H363">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I363">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="J363" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="K363" t="s">
         <v>34</v>
       </c>
-      <c r="L363" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L363"/>
       <c r="M363" t="s">
-        <v>1821</v>
+        <v>1497</v>
       </c>
       <c r="N363" t="s">
         <v>27</v>
       </c>
       <c r="O363" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="P363" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="364" spans="1:16">
       <c r="A364" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="B364" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="C364" t="s">
-        <v>1498</v>
+        <v>1841</v>
       </c>
       <c r="D364" t="s">
-        <v>78</v>
+        <v>535</v>
       </c>
       <c r="E364" t="s">
         <v>20</v>
       </c>
       <c r="F364" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G364" t="s">
         <v>22</v>
       </c>
       <c r="H364">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="I364">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J364" t="s">
-        <v>1499</v>
+        <v>1472</v>
       </c>
       <c r="K364" t="s">
         <v>34</v>
       </c>
       <c r="L364"/>
       <c r="M364" t="s">
-        <v>1500</v>
+        <v>1842</v>
       </c>
       <c r="N364" t="s">
         <v>27</v>
       </c>
       <c r="O364" t="s">
-        <v>1836</v>
+        <v>1843</v>
       </c>
       <c r="P364" t="s">
-        <v>1837</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="365" spans="1:16">
       <c r="A365" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="B365" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
       <c r="C365" t="s">
-        <v>1498</v>
+        <v>1847</v>
       </c>
       <c r="D365" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="E365" t="s">
         <v>20</v>
       </c>
       <c r="F365" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G365" t="s">
         <v>22</v>
       </c>
       <c r="H365">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="I365">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J365" t="s">
-        <v>1499</v>
+        <v>313</v>
       </c>
       <c r="K365" t="s">
         <v>34</v>
       </c>
       <c r="L365" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
       <c r="M365" t="s">
-        <v>1500</v>
+        <v>1849</v>
       </c>
       <c r="N365" t="s">
         <v>27</v>
       </c>
       <c r="O365" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
       <c r="P365" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="366" spans="1:16">
       <c r="A366" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
       <c r="B366" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
       <c r="C366" t="s">
-        <v>1498</v>
+        <v>1854</v>
       </c>
       <c r="D366" t="s">
-        <v>618</v>
+        <v>1855</v>
       </c>
       <c r="E366" t="s">
         <v>20</v>
       </c>
       <c r="F366" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G366" t="s">
         <v>22</v>
       </c>
       <c r="H366">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="I366">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J366" t="s">
-        <v>1499</v>
+        <v>1073</v>
       </c>
       <c r="K366" t="s">
-        <v>34</v>
+        <v>1856</v>
       </c>
       <c r="L366" t="s">
-        <v>1845</v>
+        <v>1857</v>
       </c>
       <c r="M366" t="s">
-        <v>1500</v>
+        <v>1858</v>
       </c>
       <c r="N366" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O366" t="s">
-        <v>1846</v>
+        <v>1859</v>
       </c>
       <c r="P366" t="s">
-        <v>1847</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="367" spans="1:16">
       <c r="A367" t="s">
-        <v>1848</v>
+        <v>1861</v>
       </c>
       <c r="B367" t="s">
-        <v>1849</v>
+        <v>1862</v>
       </c>
       <c r="C367" t="s">
-        <v>1498</v>
+        <v>1863</v>
       </c>
       <c r="D367" t="s">
-        <v>269</v>
+        <v>83</v>
       </c>
       <c r="E367" t="s">
         <v>20</v>
       </c>
       <c r="F367" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G367" t="s">
         <v>22</v>
       </c>
       <c r="H367">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I367">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J367" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="K367" t="s">
         <v>34</v>
       </c>
-      <c r="L367"/>
+      <c r="L367" t="s">
+        <v>1864</v>
+      </c>
       <c r="M367" t="s">
-        <v>1500</v>
+        <v>1865</v>
       </c>
       <c r="N367" t="s">
         <v>27</v>
       </c>
       <c r="O367" t="s">
-        <v>1850</v>
+        <v>1866</v>
       </c>
       <c r="P367" t="s">
-        <v>1851</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="368" spans="1:16">
       <c r="A368" t="s">
-        <v>1852</v>
+        <v>1868</v>
       </c>
       <c r="B368" t="s">
-        <v>1853</v>
+        <v>1869</v>
       </c>
       <c r="C368" t="s">
-        <v>1854</v>
+        <v>1870</v>
       </c>
       <c r="D368" t="s">
-        <v>536</v>
+        <v>1871</v>
       </c>
       <c r="E368" t="s">
         <v>20</v>
       </c>
       <c r="F368" t="s">
-        <v>119</v>
+        <v>1872</v>
       </c>
       <c r="G368" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H368">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I368">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J368" t="s">
-        <v>1475</v>
+        <v>723</v>
       </c>
       <c r="K368" t="s">
         <v>34</v>
       </c>
-      <c r="L368"/>
+      <c r="L368" t="s">
+        <v>1873</v>
+      </c>
       <c r="M368" t="s">
-        <v>1855</v>
+        <v>1874</v>
       </c>
       <c r="N368" t="s">
         <v>27</v>
       </c>
       <c r="O368" t="s">
-        <v>1856</v>
+        <v>1875</v>
       </c>
       <c r="P368" t="s">
-        <v>1857</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="369" spans="1:16">
       <c r="A369" t="s">
-        <v>1858</v>
+        <v>1877</v>
       </c>
       <c r="B369" t="s">
-        <v>1859</v>
+        <v>1878</v>
       </c>
       <c r="C369" t="s">
-        <v>1860</v>
+        <v>490</v>
       </c>
       <c r="D369" t="s">
-        <v>59</v>
+        <v>204</v>
       </c>
       <c r="E369" t="s">
         <v>20</v>
       </c>
       <c r="F369" t="s">
-        <v>42</v>
+        <v>1872</v>
       </c>
       <c r="G369" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H369">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I369">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J369" t="s">
-        <v>313</v>
+        <v>723</v>
       </c>
       <c r="K369" t="s">
         <v>34</v>
       </c>
       <c r="L369" t="s">
-        <v>1861</v>
+        <v>1879</v>
       </c>
       <c r="M369" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>1863</v>
+        <v>1880</v>
       </c>
       <c r="P369" t="s">
-        <v>1864</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1865</v>
+        <v>1881</v>
       </c>
       <c r="B370" t="s">
-        <v>1866</v>
+        <v>1882</v>
       </c>
       <c r="C370" t="s">
-        <v>1867</v>
+        <v>490</v>
       </c>
       <c r="D370" t="s">
-        <v>1868</v>
+        <v>1883</v>
       </c>
       <c r="E370" t="s">
         <v>20</v>
       </c>
       <c r="F370" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G370" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H370">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="I370">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="J370" t="s">
-        <v>1084</v>
+        <v>723</v>
       </c>
       <c r="K370" t="s">
-        <v>1869</v>
+        <v>34</v>
       </c>
       <c r="L370" t="s">
-        <v>1870</v>
+        <v>1884</v>
       </c>
       <c r="M370" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="N370" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>1872</v>
+        <v>1885</v>
       </c>
       <c r="P370" t="s">
-        <v>1873</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="371" spans="1:16">
       <c r="A371" t="s">
-        <v>1874</v>
+        <v>1887</v>
       </c>
       <c r="B371" t="s">
-        <v>1875</v>
+        <v>1888</v>
       </c>
       <c r="C371" t="s">
-        <v>1876</v>
+        <v>1889</v>
       </c>
       <c r="D371" t="s">
-        <v>78</v>
+        <v>1890</v>
       </c>
       <c r="E371" t="s">
         <v>20</v>
       </c>
       <c r="F371" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G371" t="s">
         <v>22</v>
       </c>
       <c r="H371">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I371">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J371" t="s">
-        <v>1499</v>
+        <v>33</v>
       </c>
       <c r="K371" t="s">
         <v>34</v>
       </c>
-      <c r="L371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L371"/>
       <c r="M371" t="s">
-        <v>1878</v>
+        <v>1891</v>
       </c>
       <c r="N371" t="s">
         <v>27</v>
       </c>
       <c r="O371" t="s">
-        <v>1879</v>
+        <v>1892</v>
       </c>
       <c r="P371" t="s">
-        <v>1880</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="372" spans="1:16">
       <c r="A372" t="s">
-        <v>1881</v>
+        <v>1894</v>
       </c>
       <c r="B372" t="s">
-        <v>1882</v>
+        <v>1895</v>
       </c>
       <c r="C372" t="s">
-        <v>1883</v>
+        <v>1495</v>
       </c>
       <c r="D372" t="s">
-        <v>1884</v>
+        <v>130</v>
       </c>
       <c r="E372" t="s">
         <v>20</v>
       </c>
       <c r="F372" t="s">
-        <v>1885</v>
+        <v>43</v>
       </c>
       <c r="G372" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H372">
+        <v>2013</v>
+      </c>
+      <c r="I372">
         <v>2015</v>
       </c>
-      <c r="I372">
-[...1 lines deleted...]
-      </c>
       <c r="J372" t="s">
-        <v>731</v>
+        <v>1496</v>
       </c>
       <c r="K372" t="s">
         <v>34</v>
       </c>
       <c r="L372" t="s">
-        <v>1886</v>
+        <v>1896</v>
       </c>
       <c r="M372" t="s">
-        <v>1887</v>
+        <v>1497</v>
       </c>
       <c r="N372" t="s">
         <v>27</v>
       </c>
       <c r="O372" t="s">
-        <v>1888</v>
+        <v>1897</v>
       </c>
       <c r="P372" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="373" spans="1:16">
       <c r="A373" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="B373" t="s">
-        <v>1891</v>
+        <v>1900</v>
       </c>
       <c r="C373" t="s">
-        <v>491</v>
+        <v>1901</v>
       </c>
       <c r="D373" t="s">
-        <v>205</v>
+        <v>274</v>
       </c>
       <c r="E373" t="s">
         <v>20</v>
       </c>
       <c r="F373" t="s">
-        <v>1885</v>
+        <v>21</v>
       </c>
       <c r="G373" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H373">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I373">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J373" t="s">
-        <v>731</v>
+        <v>1098</v>
       </c>
       <c r="K373" t="s">
         <v>34</v>
       </c>
       <c r="L373" t="s">
-        <v>1892</v>
+        <v>1902</v>
       </c>
       <c r="M373" t="s">
-        <v>1887</v>
+        <v>1903</v>
       </c>
       <c r="N373" t="s">
         <v>27</v>
       </c>
       <c r="O373" t="s">
-        <v>1893</v>
+        <v>1904</v>
       </c>
       <c r="P373" t="s">
-        <v>1889</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="374" spans="1:16">
       <c r="A374" t="s">
-        <v>1894</v>
+        <v>1906</v>
       </c>
       <c r="B374" t="s">
-        <v>1895</v>
+        <v>1907</v>
       </c>
       <c r="C374" t="s">
-        <v>491</v>
+        <v>1889</v>
       </c>
       <c r="D374" t="s">
-        <v>1896</v>
+        <v>1908</v>
       </c>
       <c r="E374" t="s">
         <v>20</v>
       </c>
       <c r="F374" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G374" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H374">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="I374">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="J374" t="s">
-        <v>731</v>
+        <v>33</v>
       </c>
       <c r="K374" t="s">
         <v>34</v>
       </c>
-      <c r="L374" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L374"/>
       <c r="M374" t="s">
-        <v>1887</v>
+        <v>1891</v>
       </c>
       <c r="N374" t="s">
         <v>27</v>
       </c>
       <c r="O374" t="s">
-        <v>1898</v>
+        <v>1909</v>
       </c>
       <c r="P374" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="375" spans="1:16">
       <c r="A375" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="B375" t="s">
-        <v>1901</v>
+        <v>1912</v>
       </c>
       <c r="C375" t="s">
-        <v>1902</v>
+        <v>1913</v>
       </c>
       <c r="D375" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="E375" t="s">
         <v>20</v>
       </c>
       <c r="F375" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G375" t="s">
         <v>22</v>
       </c>
       <c r="H375">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I375">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J375" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="K375" t="s">
         <v>34</v>
       </c>
-      <c r="L375"/>
+      <c r="L375" t="s">
+        <v>25</v>
+      </c>
       <c r="M375" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
       <c r="N375" t="s">
         <v>27</v>
       </c>
       <c r="O375" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="P375" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="376" spans="1:16">
       <c r="A376" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="B376" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="C376" t="s">
-        <v>1498</v>
+        <v>1920</v>
       </c>
       <c r="D376" t="s">
-        <v>59</v>
+        <v>1921</v>
       </c>
       <c r="E376" t="s">
         <v>20</v>
       </c>
       <c r="F376" t="s">
-        <v>119</v>
+        <v>1922</v>
       </c>
       <c r="G376" t="s">
         <v>22</v>
       </c>
       <c r="H376">
-        <v>2013</v>
+        <v>1982</v>
       </c>
       <c r="I376">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J376" t="s">
-        <v>1499</v>
+        <v>356</v>
       </c>
       <c r="K376" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L376"/>
       <c r="M376" t="s">
-        <v>1500</v>
+        <v>1923</v>
       </c>
       <c r="N376" t="s">
-        <v>27</v>
+        <v>1924</v>
       </c>
       <c r="O376" t="s">
-        <v>1910</v>
+        <v>1925</v>
       </c>
       <c r="P376" t="s">
-        <v>1911</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="377" spans="1:16">
       <c r="A377" t="s">
-        <v>1912</v>
+        <v>1927</v>
       </c>
       <c r="B377" t="s">
-        <v>1913</v>
+        <v>1447</v>
       </c>
       <c r="C377" t="s">
-        <v>1914</v>
+        <v>1928</v>
       </c>
       <c r="D377" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="E377" t="s">
         <v>20</v>
       </c>
       <c r="F377" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G377" t="s">
         <v>22</v>
       </c>
       <c r="H377">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I377">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J377" t="s">
-        <v>1101</v>
+        <v>1472</v>
       </c>
       <c r="K377" t="s">
         <v>34</v>
       </c>
-      <c r="L377" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L377"/>
       <c r="M377" t="s">
-        <v>1916</v>
+        <v>1929</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
-        <v>1917</v>
+        <v>1930</v>
       </c>
       <c r="P377" t="s">
-        <v>1918</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="378" spans="1:16">
       <c r="A378" t="s">
-        <v>1919</v>
+        <v>1932</v>
       </c>
       <c r="B378" t="s">
-        <v>1920</v>
+        <v>1933</v>
       </c>
       <c r="C378" t="s">
-        <v>1902</v>
+        <v>1934</v>
       </c>
       <c r="D378" t="s">
-        <v>1921</v>
+        <v>83</v>
       </c>
       <c r="E378" t="s">
         <v>20</v>
       </c>
       <c r="F378" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G378" t="s">
         <v>22</v>
       </c>
       <c r="H378">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I378">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J378" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="K378" t="s">
         <v>34</v>
       </c>
-      <c r="L378"/>
+      <c r="L378" t="s">
+        <v>1935</v>
+      </c>
       <c r="M378" t="s">
-        <v>1904</v>
+        <v>1936</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
-        <v>1922</v>
+        <v>1937</v>
       </c>
       <c r="P378" t="s">
-        <v>1923</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="379" spans="1:16">
       <c r="A379" t="s">
-        <v>1924</v>
+        <v>1939</v>
       </c>
       <c r="B379" t="s">
-        <v>1925</v>
+        <v>1940</v>
       </c>
       <c r="C379" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="D379" t="s">
-        <v>1927</v>
+        <v>535</v>
       </c>
       <c r="E379" t="s">
         <v>20</v>
       </c>
       <c r="F379" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G379" t="s">
         <v>22</v>
       </c>
       <c r="H379">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="I379">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J379" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K379" t="s">
         <v>34</v>
       </c>
-      <c r="L379" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L379"/>
       <c r="M379" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="P379" t="s">
-        <v>1930</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="380" spans="1:16">
       <c r="A380" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
       <c r="B380" t="s">
-        <v>1932</v>
+        <v>1944</v>
       </c>
       <c r="C380" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="D380" t="s">
-        <v>1934</v>
+        <v>355</v>
       </c>
       <c r="E380" t="s">
         <v>20</v>
       </c>
       <c r="F380" t="s">
-        <v>1935</v>
+        <v>43</v>
       </c>
       <c r="G380" t="s">
         <v>22</v>
       </c>
       <c r="H380">
-        <v>1982</v>
+        <v>2018</v>
       </c>
       <c r="I380">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J380" t="s">
-        <v>356</v>
+        <v>110</v>
       </c>
       <c r="K380" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L380"/>
       <c r="M380" t="s">
         <v>1936</v>
       </c>
       <c r="N380" t="s">
-        <v>1937</v>
+        <v>27</v>
       </c>
       <c r="O380" t="s">
+        <v>1945</v>
+      </c>
+      <c r="P380" t="s">
         <v>1938</v>
-      </c>
-[...1 lines deleted...]
-        <v>1939</v>
       </c>
     </row>
     <row r="381" spans="1:16">
       <c r="A381" t="s">
-        <v>1940</v>
+        <v>1946</v>
       </c>
       <c r="B381" t="s">
-        <v>1450</v>
+        <v>1947</v>
       </c>
       <c r="C381" t="s">
-        <v>1941</v>
+        <v>1934</v>
       </c>
       <c r="D381" t="s">
-        <v>59</v>
+        <v>304</v>
       </c>
       <c r="E381" t="s">
         <v>20</v>
       </c>
       <c r="F381" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G381" t="s">
         <v>22</v>
       </c>
       <c r="H381">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="I381">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J381" t="s">
-        <v>1475</v>
+        <v>110</v>
       </c>
       <c r="K381" t="s">
-        <v>34</v>
+        <v>1948</v>
       </c>
       <c r="L381"/>
       <c r="M381" t="s">
-        <v>1942</v>
+        <v>1936</v>
       </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="P381" t="s">
-        <v>1944</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="382" spans="1:16">
       <c r="A382" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
       <c r="B382" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="C382" t="s">
-        <v>1947</v>
+        <v>1934</v>
       </c>
       <c r="D382" t="s">
-        <v>78</v>
+        <v>413</v>
       </c>
       <c r="E382" t="s">
         <v>20</v>
       </c>
       <c r="F382" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G382" t="s">
         <v>22</v>
       </c>
       <c r="H382">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="I382">
         <v>2018</v>
       </c>
       <c r="J382" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K382" t="s">
         <v>34</v>
       </c>
       <c r="L382" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="M382" t="s">
-        <v>1949</v>
+        <v>1936</v>
       </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="P382" t="s">
-        <v>1951</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="B383" t="s">
-        <v>1953</v>
+        <v>1947</v>
       </c>
       <c r="C383" t="s">
-        <v>1947</v>
+        <v>1934</v>
       </c>
       <c r="D383" t="s">
-        <v>536</v>
+        <v>130</v>
       </c>
       <c r="E383" t="s">
         <v>20</v>
       </c>
       <c r="F383" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G383" t="s">
         <v>22</v>
       </c>
       <c r="H383">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="I383">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J383" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K383" t="s">
         <v>34</v>
       </c>
-      <c r="L383"/>
+      <c r="L383" t="s">
+        <v>1955</v>
+      </c>
       <c r="M383" t="s">
-        <v>1949</v>
+        <v>1936</v>
       </c>
       <c r="N383" t="s">
         <v>27</v>
       </c>
       <c r="O383" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="P383" t="s">
-        <v>1955</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="384" spans="1:16">
       <c r="A384" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="B384" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="C384" t="s">
-        <v>1947</v>
+        <v>1934</v>
       </c>
       <c r="D384" t="s">
-        <v>355</v>
+        <v>535</v>
       </c>
       <c r="E384" t="s">
         <v>20</v>
       </c>
       <c r="F384" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G384" t="s">
         <v>22</v>
       </c>
       <c r="H384">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I384">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J384" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K384" t="s">
         <v>34</v>
       </c>
       <c r="L384"/>
       <c r="M384" t="s">
-        <v>1949</v>
+        <v>1936</v>
       </c>
       <c r="N384" t="s">
         <v>27</v>
       </c>
       <c r="O384" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="P384" t="s">
-        <v>1951</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="385" spans="1:16">
       <c r="A385" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="B385" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C385" t="s">
-        <v>1947</v>
+        <v>624</v>
       </c>
       <c r="D385" t="s">
-        <v>304</v>
+        <v>380</v>
       </c>
       <c r="E385" t="s">
         <v>20</v>
       </c>
       <c r="F385" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G385" t="s">
         <v>22</v>
       </c>
       <c r="H385">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="I385">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J385" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="K385" t="s">
-        <v>1961</v>
-[...1 lines deleted...]
-      <c r="L385"/>
+        <v>34</v>
+      </c>
+      <c r="L385" t="s">
+        <v>1962</v>
+      </c>
       <c r="M385" t="s">
-        <v>1949</v>
+        <v>1963</v>
       </c>
       <c r="N385" t="s">
         <v>27</v>
       </c>
       <c r="O385" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="P385" t="s">
-        <v>1951</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="386" spans="1:16">
       <c r="A386" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="B386" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="C386" t="s">
-        <v>1947</v>
+        <v>624</v>
       </c>
       <c r="D386" t="s">
-        <v>413</v>
+        <v>599</v>
       </c>
       <c r="E386" t="s">
         <v>20</v>
       </c>
       <c r="F386" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G386" t="s">
         <v>22</v>
       </c>
       <c r="H386">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="I386">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J386" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="K386" t="s">
         <v>34</v>
       </c>
-      <c r="L386" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L386"/>
       <c r="M386" t="s">
-        <v>1949</v>
+        <v>625</v>
       </c>
       <c r="N386" t="s">
         <v>27</v>
       </c>
       <c r="O386" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="P386" t="s">
-        <v>1951</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="387" spans="1:16">
       <c r="A387" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="B387" t="s">
-        <v>1960</v>
+        <v>1971</v>
       </c>
       <c r="C387" t="s">
-        <v>1947</v>
+        <v>624</v>
       </c>
       <c r="D387" t="s">
-        <v>59</v>
+        <v>286</v>
       </c>
       <c r="E387" t="s">
         <v>20</v>
       </c>
       <c r="F387" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G387" t="s">
         <v>22</v>
       </c>
       <c r="H387">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="I387">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J387" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="K387" t="s">
         <v>34</v>
       </c>
-      <c r="L387" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L387"/>
       <c r="M387" t="s">
-        <v>1949</v>
+        <v>1963</v>
       </c>
       <c r="N387" t="s">
         <v>27</v>
       </c>
       <c r="O387" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="P387" t="s">
-        <v>1951</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="388" spans="1:16">
       <c r="A388" t="s">
-        <v>1970</v>
+        <v>1974</v>
       </c>
       <c r="B388" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="C388" t="s">
-        <v>1947</v>
+        <v>624</v>
       </c>
       <c r="D388" t="s">
-        <v>536</v>
+        <v>1425</v>
       </c>
       <c r="E388" t="s">
         <v>20</v>
       </c>
       <c r="F388" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G388" t="s">
         <v>22</v>
       </c>
       <c r="H388">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I388">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J388" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="K388" t="s">
         <v>34</v>
       </c>
-      <c r="L388"/>
+      <c r="L388" t="s">
+        <v>1976</v>
+      </c>
       <c r="M388" t="s">
-        <v>1949</v>
+        <v>1963</v>
       </c>
       <c r="N388" t="s">
         <v>27</v>
       </c>
       <c r="O388" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="P388" t="s">
-        <v>1955</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="389" spans="1:16">
       <c r="A389" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="B389" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="C389" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="D389" t="s">
-        <v>380</v>
+        <v>250</v>
       </c>
       <c r="E389" t="s">
         <v>20</v>
       </c>
       <c r="F389" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G389" t="s">
         <v>22</v>
       </c>
       <c r="H389">
-        <v>2007</v>
+        <v>1986</v>
       </c>
       <c r="I389">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J389" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K389" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>1981</v>
+      </c>
+      <c r="L389"/>
       <c r="M389" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="N389" t="s">
         <v>27</v>
       </c>
       <c r="O389" t="s">
-        <v>1977</v>
+        <v>1983</v>
       </c>
       <c r="P389" t="s">
-        <v>1978</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="390" spans="1:16">
       <c r="A390" t="s">
-        <v>1979</v>
+        <v>1985</v>
       </c>
       <c r="B390" t="s">
-        <v>1980</v>
+        <v>1975</v>
       </c>
       <c r="C390" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="D390" t="s">
-        <v>606</v>
+        <v>1986</v>
       </c>
       <c r="E390" t="s">
         <v>20</v>
       </c>
       <c r="F390" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G390" t="s">
         <v>22</v>
       </c>
       <c r="H390">
-        <v>2006</v>
+        <v>1986</v>
       </c>
       <c r="I390">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J390" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K390" t="s">
         <v>34</v>
       </c>
       <c r="L390"/>
       <c r="M390" t="s">
-        <v>632</v>
+        <v>1963</v>
       </c>
       <c r="N390" t="s">
         <v>27</v>
       </c>
       <c r="O390" t="s">
-        <v>1981</v>
+        <v>1987</v>
       </c>
       <c r="P390" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="391" spans="1:16">
       <c r="A391" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="B391" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="C391" t="s">
-        <v>631</v>
+        <v>1991</v>
       </c>
       <c r="D391" t="s">
-        <v>286</v>
+        <v>599</v>
       </c>
       <c r="E391" t="s">
         <v>20</v>
       </c>
       <c r="F391" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G391" t="s">
         <v>22</v>
       </c>
       <c r="H391">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="I391">
         <v>2016</v>
       </c>
       <c r="J391" t="s">
-        <v>60</v>
+        <v>1073</v>
       </c>
       <c r="K391" t="s">
         <v>34</v>
       </c>
-      <c r="L391"/>
+      <c r="L391" t="s">
+        <v>1992</v>
+      </c>
       <c r="M391" t="s">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="N391" t="s">
         <v>27</v>
       </c>
       <c r="O391" t="s">
-        <v>1985</v>
+        <v>1994</v>
       </c>
       <c r="P391" t="s">
-        <v>1986</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="392" spans="1:16">
       <c r="A392" t="s">
-        <v>1987</v>
+        <v>1996</v>
       </c>
       <c r="B392" t="s">
-        <v>1988</v>
+        <v>1997</v>
       </c>
       <c r="C392" t="s">
-        <v>631</v>
+        <v>1736</v>
       </c>
       <c r="D392" t="s">
-        <v>1428</v>
+        <v>700</v>
       </c>
       <c r="E392" t="s">
         <v>20</v>
       </c>
       <c r="F392" t="s">
         <v>21</v>
       </c>
       <c r="G392" t="s">
         <v>22</v>
       </c>
       <c r="H392">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="I392">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J392" t="s">
-        <v>60</v>
+        <v>1098</v>
       </c>
       <c r="K392" t="s">
         <v>34</v>
       </c>
       <c r="L392" t="s">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="M392" t="s">
-        <v>1976</v>
+        <v>1737</v>
       </c>
       <c r="N392" t="s">
         <v>27</v>
       </c>
       <c r="O392" t="s">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="P392" t="s">
-        <v>1991</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="393" spans="1:16">
       <c r="A393" t="s">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="B393" t="s">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="C393" t="s">
-        <v>631</v>
+        <v>1736</v>
       </c>
       <c r="D393" t="s">
-        <v>251</v>
+        <v>1145</v>
       </c>
       <c r="E393" t="s">
         <v>20</v>
       </c>
       <c r="F393" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G393" t="s">
         <v>22</v>
       </c>
       <c r="H393">
-        <v>1986</v>
+        <v>1997</v>
       </c>
       <c r="I393">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J393" t="s">
-        <v>60</v>
+        <v>969</v>
       </c>
       <c r="K393" t="s">
-        <v>1994</v>
-[...1 lines deleted...]
-      <c r="L393"/>
+        <v>34</v>
+      </c>
+      <c r="L393" t="s">
+        <v>2003</v>
+      </c>
       <c r="M393" t="s">
-        <v>1995</v>
+        <v>1737</v>
       </c>
       <c r="N393" t="s">
         <v>27</v>
       </c>
       <c r="O393" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="P393" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="394" spans="1:16">
       <c r="A394" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="B394" t="s">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="C394" t="s">
-        <v>631</v>
+        <v>1736</v>
       </c>
       <c r="D394" t="s">
-        <v>1999</v>
+        <v>700</v>
       </c>
       <c r="E394" t="s">
         <v>20</v>
       </c>
       <c r="F394" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G394" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H394">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="I394">
         <v>2014</v>
       </c>
       <c r="J394" t="s">
-        <v>60</v>
+        <v>1098</v>
       </c>
       <c r="K394" t="s">
         <v>34</v>
       </c>
-      <c r="L394"/>
+      <c r="L394" t="s">
+        <v>2008</v>
+      </c>
       <c r="M394" t="s">
-        <v>1976</v>
+        <v>1737</v>
       </c>
       <c r="N394" t="s">
         <v>27</v>
       </c>
       <c r="O394" t="s">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="P394" t="s">
-        <v>2001</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="395" spans="1:16">
       <c r="A395" t="s">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="B395" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="C395" t="s">
-        <v>2004</v>
+        <v>1736</v>
       </c>
       <c r="D395" t="s">
-        <v>606</v>
+        <v>2013</v>
       </c>
       <c r="E395" t="s">
         <v>20</v>
       </c>
       <c r="F395" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G395" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H395">
         <v>2002</v>
       </c>
       <c r="I395">
+        <v>2007</v>
+      </c>
+      <c r="J395" t="s">
+        <v>969</v>
+      </c>
+      <c r="K395" t="s">
+        <v>34</v>
+      </c>
+      <c r="L395" t="s">
+        <v>2014</v>
+      </c>
+      <c r="M395" t="s">
+        <v>1737</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
+        <v>2015</v>
+      </c>
+      <c r="P395" t="s">
         <v>2016</v>
-      </c>
-[...19 lines deleted...]
-        <v>2008</v>
       </c>
     </row>
     <row r="396" spans="1:16">
       <c r="A396" t="s">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="B396" t="s">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="C396" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D396" t="s">
-        <v>708</v>
+        <v>136</v>
       </c>
       <c r="E396" t="s">
         <v>20</v>
       </c>
       <c r="F396" t="s">
         <v>21</v>
       </c>
       <c r="G396" t="s">
-        <v>22</v>
+        <v>383</v>
       </c>
       <c r="H396">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="I396">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="J396" t="s">
-        <v>1101</v>
+        <v>969</v>
       </c>
       <c r="K396" t="s">
         <v>34</v>
       </c>
       <c r="L396" t="s">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="M396" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N396" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O396" t="s">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="P396" t="s">
-        <v>2013</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="397" spans="1:16">
       <c r="A397" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="B397" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="C397" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D397" t="s">
-        <v>1148</v>
+        <v>2024</v>
       </c>
       <c r="E397" t="s">
         <v>20</v>
       </c>
       <c r="F397" t="s">
         <v>21</v>
       </c>
       <c r="G397" t="s">
         <v>22</v>
       </c>
       <c r="H397">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I397"/>
       <c r="J397" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K397" t="s">
         <v>34</v>
       </c>
       <c r="L397" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="M397" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N397" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O397" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="P397" t="s">
-        <v>2018</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="398" spans="1:16">
       <c r="A398" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
       <c r="B398" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="C398" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D398" t="s">
-        <v>708</v>
+        <v>83</v>
       </c>
       <c r="E398" t="s">
         <v>20</v>
       </c>
       <c r="F398" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G398" t="s">
         <v>22</v>
       </c>
       <c r="H398">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="I398">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="J398" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="K398" t="s">
         <v>34</v>
       </c>
       <c r="L398" t="s">
-        <v>2021</v>
+        <v>2030</v>
       </c>
       <c r="M398" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N398" t="s">
         <v>27</v>
       </c>
       <c r="O398" t="s">
-        <v>2022</v>
+        <v>2031</v>
       </c>
       <c r="P398" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="399" spans="1:16">
       <c r="A399" t="s">
-        <v>2024</v>
+        <v>2033</v>
       </c>
       <c r="B399" t="s">
-        <v>2025</v>
+        <v>2034</v>
       </c>
       <c r="C399" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D399" t="s">
-        <v>2026</v>
+        <v>2035</v>
       </c>
       <c r="E399" t="s">
         <v>20</v>
       </c>
       <c r="F399" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G399" t="s">
         <v>22</v>
       </c>
       <c r="H399">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="I399">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="J399" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K399" t="s">
         <v>34</v>
       </c>
       <c r="L399" t="s">
-        <v>2027</v>
+        <v>2036</v>
       </c>
       <c r="M399" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N399" t="s">
         <v>27</v>
       </c>
       <c r="O399" t="s">
-        <v>2028</v>
+        <v>2037</v>
       </c>
       <c r="P399" t="s">
-        <v>2029</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="400" spans="1:16">
       <c r="A400" t="s">
-        <v>2030</v>
+        <v>2039</v>
       </c>
       <c r="B400" t="s">
-        <v>2031</v>
+        <v>2040</v>
       </c>
       <c r="C400" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D400" t="s">
-        <v>137</v>
+        <v>83</v>
       </c>
       <c r="E400" t="s">
         <v>20</v>
       </c>
       <c r="F400" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G400" t="s">
         <v>22</v>
       </c>
       <c r="H400">
+        <v>1995</v>
+      </c>
+      <c r="I400">
         <v>2010</v>
       </c>
-      <c r="I400">
-[...1 lines deleted...]
-      </c>
       <c r="J400" t="s">
-        <v>981</v>
+        <v>498</v>
       </c>
       <c r="K400" t="s">
         <v>34</v>
       </c>
       <c r="L400" t="s">
-        <v>2032</v>
+        <v>2041</v>
       </c>
       <c r="M400" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N400" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O400" t="s">
-        <v>2033</v>
+        <v>2042</v>
       </c>
       <c r="P400" t="s">
-        <v>2034</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="401" spans="1:16">
       <c r="A401" t="s">
-        <v>2035</v>
+        <v>2044</v>
       </c>
       <c r="B401" t="s">
-        <v>2036</v>
+        <v>2045</v>
       </c>
       <c r="C401" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D401" t="s">
-        <v>2037</v>
+        <v>83</v>
       </c>
       <c r="E401" t="s">
         <v>20</v>
       </c>
       <c r="F401" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G401" t="s">
         <v>22</v>
       </c>
       <c r="H401">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I401"/>
+        <v>1995</v>
+      </c>
+      <c r="I401">
+        <v>2016</v>
+      </c>
       <c r="J401" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K401" t="s">
         <v>34</v>
       </c>
-      <c r="L401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L401"/>
       <c r="M401" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="N401" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O401" t="s">
-        <v>2039</v>
+        <v>2046</v>
       </c>
       <c r="P401" t="s">
-        <v>2040</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="402" spans="1:16">
       <c r="A402" t="s">
-        <v>2041</v>
+        <v>2048</v>
       </c>
       <c r="B402" t="s">
-        <v>2042</v>
+        <v>2049</v>
       </c>
       <c r="C402" t="s">
-        <v>1746</v>
+        <v>454</v>
       </c>
       <c r="D402" t="s">
-        <v>78</v>
+        <v>257</v>
       </c>
       <c r="E402" t="s">
         <v>20</v>
       </c>
       <c r="F402" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G402" t="s">
         <v>22</v>
       </c>
       <c r="H402">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="I402">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="J402" t="s">
-        <v>1101</v>
+        <v>457</v>
       </c>
       <c r="K402" t="s">
         <v>34</v>
       </c>
       <c r="L402" t="s">
-        <v>2043</v>
+        <v>2050</v>
       </c>
       <c r="M402" t="s">
-        <v>1747</v>
+        <v>458</v>
       </c>
       <c r="N402" t="s">
         <v>27</v>
       </c>
       <c r="O402" t="s">
-        <v>2044</v>
+        <v>2051</v>
       </c>
       <c r="P402" t="s">
-        <v>2045</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="403" spans="1:16">
       <c r="A403" t="s">
-        <v>2046</v>
+        <v>2053</v>
       </c>
       <c r="B403" t="s">
-        <v>2047</v>
+        <v>2054</v>
       </c>
       <c r="C403" t="s">
-        <v>1746</v>
+        <v>454</v>
       </c>
       <c r="D403" t="s">
-        <v>2048</v>
+        <v>257</v>
       </c>
       <c r="E403" t="s">
         <v>20</v>
       </c>
       <c r="F403" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G403" t="s">
         <v>22</v>
       </c>
       <c r="H403">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="I403">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="J403" t="s">
-        <v>981</v>
+        <v>457</v>
       </c>
       <c r="K403" t="s">
         <v>34</v>
       </c>
       <c r="L403" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="M403" t="s">
-        <v>1747</v>
+        <v>458</v>
       </c>
       <c r="N403" t="s">
         <v>27</v>
       </c>
       <c r="O403" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="P403" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="404" spans="1:16">
       <c r="A404" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="B404" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="C404" t="s">
-        <v>1746</v>
+        <v>454</v>
       </c>
       <c r="D404" t="s">
-        <v>78</v>
+        <v>136</v>
       </c>
       <c r="E404" t="s">
         <v>20</v>
       </c>
       <c r="F404" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G404" t="s">
         <v>22</v>
       </c>
       <c r="H404">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="I404">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J404" t="s">
-        <v>499</v>
+        <v>457</v>
       </c>
       <c r="K404" t="s">
         <v>34</v>
       </c>
       <c r="L404" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="M404" t="s">
-        <v>1747</v>
+        <v>458</v>
       </c>
       <c r="N404" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O404" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="P404" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="405" spans="1:16">
       <c r="A405" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="B405" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="C405" t="s">
-        <v>1746</v>
+        <v>454</v>
       </c>
       <c r="D405" t="s">
-        <v>78</v>
+        <v>652</v>
       </c>
       <c r="E405" t="s">
         <v>20</v>
       </c>
       <c r="F405" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G405" t="s">
         <v>22</v>
       </c>
       <c r="H405">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="I405">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J405" t="s">
-        <v>981</v>
+        <v>457</v>
       </c>
       <c r="K405" t="s">
         <v>34</v>
       </c>
-      <c r="L405"/>
+      <c r="L405" t="s">
+        <v>2064</v>
+      </c>
       <c r="M405" t="s">
-        <v>1747</v>
+        <v>458</v>
       </c>
       <c r="N405" t="s">
         <v>27</v>
       </c>
       <c r="O405" t="s">
-        <v>2059</v>
+        <v>2065</v>
       </c>
       <c r="P405" t="s">
-        <v>2060</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="406" spans="1:16">
       <c r="A406" t="s">
-        <v>2061</v>
+        <v>2067</v>
       </c>
       <c r="B406" t="s">
-        <v>2062</v>
+        <v>2068</v>
       </c>
       <c r="C406" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D406" t="s">
-        <v>258</v>
+        <v>130</v>
       </c>
       <c r="E406" t="s">
         <v>20</v>
       </c>
       <c r="F406" t="s">
         <v>21</v>
       </c>
       <c r="G406" t="s">
         <v>22</v>
       </c>
       <c r="H406">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="I406">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J406" t="s">
+        <v>457</v>
+      </c>
+      <c r="K406" t="s">
+        <v>34</v>
+      </c>
+      <c r="L406" t="s">
+        <v>2069</v>
+      </c>
+      <c r="M406" t="s">
         <v>458</v>
       </c>
-      <c r="K406" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N406" t="s">
         <v>27</v>
       </c>
       <c r="O406" t="s">
-        <v>2064</v>
+        <v>2070</v>
       </c>
       <c r="P406" t="s">
-        <v>2065</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="407" spans="1:16">
       <c r="A407" t="s">
-        <v>2066</v>
+        <v>2072</v>
       </c>
       <c r="B407" t="s">
-        <v>2067</v>
+        <v>2073</v>
       </c>
       <c r="C407" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D407" t="s">
-        <v>258</v>
+        <v>83</v>
       </c>
       <c r="E407" t="s">
         <v>20</v>
       </c>
       <c r="F407" t="s">
         <v>21</v>
       </c>
       <c r="G407" t="s">
         <v>22</v>
       </c>
       <c r="H407">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="I407">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J407" t="s">
+        <v>457</v>
+      </c>
+      <c r="K407" t="s">
+        <v>34</v>
+      </c>
+      <c r="L407" t="s">
+        <v>2074</v>
+      </c>
+      <c r="M407" t="s">
         <v>458</v>
       </c>
-      <c r="K407" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N407" t="s">
         <v>27</v>
       </c>
       <c r="O407" t="s">
-        <v>2068</v>
+        <v>2075</v>
       </c>
       <c r="P407" t="s">
-        <v>2069</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="408" spans="1:16">
       <c r="A408" t="s">
-        <v>2070</v>
+        <v>2077</v>
       </c>
       <c r="B408" t="s">
-        <v>2071</v>
+        <v>2078</v>
       </c>
       <c r="C408" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D408" t="s">
-        <v>137</v>
+        <v>611</v>
       </c>
       <c r="E408" t="s">
         <v>20</v>
       </c>
       <c r="F408" t="s">
         <v>21</v>
       </c>
       <c r="G408" t="s">
         <v>22</v>
       </c>
       <c r="H408">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I408">
         <v>2015</v>
       </c>
       <c r="J408" t="s">
+        <v>457</v>
+      </c>
+      <c r="K408" t="s">
+        <v>34</v>
+      </c>
+      <c r="L408"/>
+      <c r="M408" t="s">
         <v>458</v>
       </c>
-      <c r="K408" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N408" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O408" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="P408" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="409" spans="1:16">
       <c r="A409" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
       <c r="B409" t="s">
-        <v>2076</v>
+        <v>2082</v>
       </c>
       <c r="C409" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D409" t="s">
-        <v>660</v>
+        <v>142</v>
       </c>
       <c r="E409" t="s">
         <v>20</v>
       </c>
       <c r="F409" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G409" t="s">
         <v>22</v>
       </c>
       <c r="H409">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I409">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J409" t="s">
+        <v>457</v>
+      </c>
+      <c r="K409" t="s">
+        <v>34</v>
+      </c>
+      <c r="L409" t="s">
+        <v>2083</v>
+      </c>
+      <c r="M409" t="s">
         <v>458</v>
       </c>
-      <c r="K409" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N409" t="s">
         <v>27</v>
       </c>
       <c r="O409" t="s">
-        <v>2078</v>
+        <v>2084</v>
       </c>
       <c r="P409" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="410" spans="1:16">
       <c r="A410" t="s">
-        <v>2080</v>
+        <v>2086</v>
       </c>
       <c r="B410" t="s">
-        <v>2081</v>
+        <v>2087</v>
       </c>
       <c r="C410" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D410" t="s">
-        <v>59</v>
+        <v>250</v>
       </c>
       <c r="E410" t="s">
         <v>20</v>
       </c>
       <c r="F410" t="s">
         <v>21</v>
       </c>
       <c r="G410" t="s">
         <v>22</v>
       </c>
       <c r="H410">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I410">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J410" t="s">
+        <v>457</v>
+      </c>
+      <c r="K410" t="s">
+        <v>34</v>
+      </c>
+      <c r="L410"/>
+      <c r="M410" t="s">
         <v>458</v>
       </c>
-      <c r="K410" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N410" t="s">
         <v>27</v>
       </c>
       <c r="O410" t="s">
-        <v>2083</v>
+        <v>2088</v>
       </c>
       <c r="P410" t="s">
-        <v>2084</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="411" spans="1:16">
       <c r="A411" t="s">
-        <v>2085</v>
+        <v>2090</v>
       </c>
       <c r="B411" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
       <c r="C411" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D411" t="s">
-        <v>78</v>
+        <v>142</v>
       </c>
       <c r="E411" t="s">
         <v>20</v>
       </c>
       <c r="F411" t="s">
         <v>21</v>
       </c>
       <c r="G411" t="s">
         <v>22</v>
       </c>
       <c r="H411">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I411">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="J411" t="s">
+        <v>457</v>
+      </c>
+      <c r="K411" t="s">
+        <v>34</v>
+      </c>
+      <c r="L411" t="s">
+        <v>2083</v>
+      </c>
+      <c r="M411" t="s">
         <v>458</v>
       </c>
-      <c r="K411" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N411" t="s">
         <v>27</v>
       </c>
       <c r="O411" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="P411" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="412" spans="1:16">
       <c r="A412" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="B412" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="C412" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D412" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="E412" t="s">
         <v>20</v>
       </c>
       <c r="F412" t="s">
         <v>21</v>
       </c>
       <c r="G412" t="s">
         <v>22</v>
       </c>
       <c r="H412">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I412">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J412" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="K412" t="s">
         <v>34</v>
       </c>
       <c r="L412"/>
       <c r="M412" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="N412" t="s">
         <v>27</v>
       </c>
       <c r="O412" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="P412" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="413" spans="1:16">
       <c r="A413" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="B413" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="C413" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D413" t="s">
-        <v>143</v>
+        <v>204</v>
       </c>
       <c r="E413" t="s">
         <v>20</v>
       </c>
       <c r="F413" t="s">
         <v>21</v>
       </c>
       <c r="G413" t="s">
         <v>22</v>
       </c>
       <c r="H413">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I413">
         <v>2015</v>
       </c>
       <c r="J413" t="s">
+        <v>457</v>
+      </c>
+      <c r="K413" t="s">
+        <v>34</v>
+      </c>
+      <c r="L413"/>
+      <c r="M413" t="s">
         <v>458</v>
       </c>
-      <c r="K413" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N413" t="s">
         <v>27</v>
       </c>
       <c r="O413" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="P413" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="414" spans="1:16">
       <c r="A414" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="B414" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="C414" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D414" t="s">
-        <v>251</v>
+        <v>388</v>
       </c>
       <c r="E414" t="s">
         <v>20</v>
       </c>
       <c r="F414" t="s">
         <v>21</v>
       </c>
       <c r="G414" t="s">
         <v>22</v>
       </c>
       <c r="H414">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I414">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J414" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="K414" t="s">
         <v>34</v>
       </c>
       <c r="L414"/>
       <c r="M414" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="N414" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O414" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="P414" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="415" spans="1:16">
       <c r="A415" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="B415" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="C415" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D415" t="s">
-        <v>143</v>
+        <v>268</v>
       </c>
       <c r="E415" t="s">
         <v>20</v>
       </c>
       <c r="F415" t="s">
         <v>21</v>
       </c>
       <c r="G415" t="s">
         <v>22</v>
       </c>
       <c r="H415">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I415">
         <v>2013</v>
       </c>
       <c r="J415" t="s">
+        <v>457</v>
+      </c>
+      <c r="K415" t="s">
+        <v>34</v>
+      </c>
+      <c r="L415" t="s">
+        <v>2108</v>
+      </c>
+      <c r="M415" t="s">
         <v>458</v>
       </c>
-      <c r="K415" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N415" t="s">
         <v>27</v>
       </c>
       <c r="O415" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="P415" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="416" spans="1:16">
       <c r="A416" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="B416" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="C416" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D416" t="s">
-        <v>618</v>
+        <v>539</v>
       </c>
       <c r="E416" t="s">
         <v>20</v>
       </c>
       <c r="F416" t="s">
         <v>21</v>
       </c>
       <c r="G416" t="s">
-        <v>22</v>
+        <v>1072</v>
       </c>
       <c r="H416">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I416">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J416" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="K416" t="s">
-        <v>34</v>
+        <v>2113</v>
       </c>
       <c r="L416"/>
       <c r="M416" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="N416" t="s">
         <v>27</v>
       </c>
       <c r="O416" t="s">
-        <v>2109</v>
+        <v>2114</v>
       </c>
       <c r="P416" t="s">
-        <v>2110</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="417" spans="1:16">
       <c r="A417" t="s">
-        <v>2111</v>
+        <v>2116</v>
       </c>
       <c r="B417" t="s">
-        <v>2112</v>
+        <v>2117</v>
       </c>
       <c r="C417" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D417" t="s">
-        <v>205</v>
+        <v>539</v>
       </c>
       <c r="E417" t="s">
         <v>20</v>
       </c>
       <c r="F417" t="s">
         <v>21</v>
       </c>
       <c r="G417" t="s">
         <v>22</v>
       </c>
       <c r="H417">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I417">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J417" t="s">
-        <v>458</v>
+        <v>630</v>
       </c>
       <c r="K417" t="s">
-        <v>34</v>
+        <v>2113</v>
       </c>
       <c r="L417"/>
       <c r="M417" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="N417" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O417" t="s">
-        <v>2113</v>
+        <v>2118</v>
       </c>
       <c r="P417" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="418" spans="1:16">
       <c r="A418" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="B418" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="C418" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D418" t="s">
-        <v>388</v>
+        <v>758</v>
       </c>
       <c r="E418" t="s">
         <v>20</v>
       </c>
       <c r="F418" t="s">
         <v>21</v>
       </c>
       <c r="G418" t="s">
         <v>22</v>
       </c>
       <c r="H418">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I418">
         <v>2015</v>
       </c>
       <c r="J418" t="s">
+        <v>457</v>
+      </c>
+      <c r="K418" t="s">
+        <v>34</v>
+      </c>
+      <c r="L418" t="s">
+        <v>2121</v>
+      </c>
+      <c r="M418" t="s">
         <v>458</v>
       </c>
-      <c r="K418" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N418" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O418" t="s">
-        <v>2117</v>
+        <v>2122</v>
       </c>
       <c r="P418" t="s">
-        <v>2118</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="419" spans="1:16">
       <c r="A419" t="s">
-        <v>2119</v>
+        <v>2124</v>
       </c>
       <c r="B419" t="s">
-        <v>2120</v>
+        <v>2125</v>
       </c>
       <c r="C419" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D419" t="s">
-        <v>269</v>
+        <v>292</v>
       </c>
       <c r="E419" t="s">
         <v>20</v>
       </c>
       <c r="F419" t="s">
         <v>21</v>
       </c>
       <c r="G419" t="s">
         <v>22</v>
       </c>
       <c r="H419">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I419">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J419" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="K419" t="s">
         <v>34</v>
       </c>
       <c r="L419" t="s">
         <v>2121</v>
       </c>
       <c r="M419" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="N419" t="s">
         <v>27</v>
       </c>
       <c r="O419" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="P419" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="420" spans="1:16">
       <c r="A420" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="B420" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="C420" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D420" t="s">
-        <v>540</v>
+        <v>169</v>
       </c>
       <c r="E420" t="s">
         <v>20</v>
       </c>
       <c r="F420" t="s">
         <v>21</v>
       </c>
       <c r="G420" t="s">
         <v>22</v>
       </c>
       <c r="H420">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I420">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J420" t="s">
-        <v>458</v>
+        <v>630</v>
       </c>
       <c r="K420" t="s">
-        <v>2126</v>
+        <v>34</v>
       </c>
       <c r="L420"/>
       <c r="M420" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="N420" t="s">
         <v>27</v>
       </c>
       <c r="O420" t="s">
-        <v>2127</v>
+        <v>2130</v>
       </c>
       <c r="P420" t="s">
-        <v>2128</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="421" spans="1:16">
       <c r="A421" t="s">
-        <v>2129</v>
+        <v>2132</v>
       </c>
       <c r="B421" t="s">
-        <v>2130</v>
+        <v>1907</v>
       </c>
       <c r="C421" t="s">
-        <v>455</v>
+        <v>1889</v>
       </c>
       <c r="D421" t="s">
-        <v>540</v>
+        <v>2133</v>
       </c>
       <c r="E421" t="s">
         <v>20</v>
       </c>
       <c r="F421" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G421" t="s">
         <v>22</v>
       </c>
       <c r="H421">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I421">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J421" t="s">
-        <v>638</v>
+        <v>33</v>
       </c>
       <c r="K421" t="s">
-        <v>2126</v>
+        <v>24</v>
       </c>
       <c r="L421"/>
       <c r="M421" t="s">
-        <v>459</v>
+        <v>1891</v>
       </c>
       <c r="N421" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O421" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="P421" t="s">
-        <v>2128</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="422" spans="1:16">
       <c r="A422" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="B422" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="C422" t="s">
-        <v>455</v>
+        <v>624</v>
       </c>
       <c r="D422" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
       <c r="E422" t="s">
         <v>20</v>
       </c>
       <c r="F422" t="s">
         <v>21</v>
       </c>
       <c r="G422" t="s">
         <v>22</v>
       </c>
       <c r="H422">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I422">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J422" t="s">
-        <v>458</v>
+        <v>71</v>
       </c>
       <c r="K422" t="s">
         <v>34</v>
       </c>
       <c r="L422" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="M422" t="s">
-        <v>459</v>
+        <v>1963</v>
       </c>
       <c r="N422" t="s">
         <v>27</v>
       </c>
       <c r="O422" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="P422" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="423" spans="1:16">
       <c r="A423" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="B423" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="C423" t="s">
-        <v>455</v>
+        <v>2143</v>
       </c>
       <c r="D423" t="s">
-        <v>292</v>
+        <v>94</v>
       </c>
       <c r="E423" t="s">
         <v>20</v>
       </c>
       <c r="F423" t="s">
         <v>21</v>
       </c>
       <c r="G423" t="s">
         <v>22</v>
       </c>
       <c r="H423">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="I423">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J423" t="s">
-        <v>458</v>
+        <v>969</v>
       </c>
       <c r="K423" t="s">
         <v>34</v>
       </c>
-      <c r="L423" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L423"/>
       <c r="M423" t="s">
-        <v>459</v>
+        <v>2144</v>
       </c>
       <c r="N423" t="s">
         <v>27</v>
       </c>
       <c r="O423" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="P423" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="424" spans="1:16">
       <c r="A424" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="B424" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="C424" t="s">
-        <v>455</v>
+        <v>2143</v>
       </c>
       <c r="D424" t="s">
-        <v>170</v>
+        <v>83</v>
       </c>
       <c r="E424" t="s">
         <v>20</v>
       </c>
       <c r="F424" t="s">
         <v>21</v>
       </c>
       <c r="G424" t="s">
         <v>22</v>
       </c>
       <c r="H424">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I424">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J424" t="s">
-        <v>638</v>
+        <v>1695</v>
       </c>
       <c r="K424" t="s">
         <v>34</v>
       </c>
       <c r="L424"/>
       <c r="M424" t="s">
-        <v>459</v>
+        <v>2144</v>
       </c>
       <c r="N424" t="s">
         <v>27</v>
       </c>
       <c r="O424" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="P424" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="425" spans="1:16">
       <c r="A425" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="B425" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
       <c r="C425" t="s">
-        <v>455</v>
+        <v>2143</v>
       </c>
       <c r="D425" t="s">
-        <v>170</v>
+        <v>223</v>
       </c>
       <c r="E425" t="s">
         <v>20</v>
       </c>
       <c r="F425" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G425" t="s">
         <v>22</v>
       </c>
       <c r="H425">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I425">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J425" t="s">
-        <v>1499</v>
+        <v>630</v>
       </c>
       <c r="K425" t="s">
         <v>34</v>
       </c>
       <c r="L425"/>
       <c r="M425" t="s">
-        <v>459</v>
+        <v>2144</v>
       </c>
       <c r="N425" t="s">
         <v>27</v>
       </c>
       <c r="O425" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="P425" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="426" spans="1:16">
       <c r="A426" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="B426" t="s">
-        <v>1920</v>
+        <v>2156</v>
       </c>
       <c r="C426" t="s">
-        <v>1902</v>
+        <v>2143</v>
       </c>
       <c r="D426" t="s">
-        <v>2150</v>
+        <v>142</v>
       </c>
       <c r="E426" t="s">
         <v>20</v>
       </c>
       <c r="F426" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G426" t="s">
         <v>22</v>
       </c>
       <c r="H426">
-        <v>2009</v>
+        <v>1978</v>
       </c>
       <c r="I426">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J426" t="s">
-        <v>33</v>
+        <v>969</v>
       </c>
       <c r="K426" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L426"/>
       <c r="M426" t="s">
-        <v>1904</v>
+        <v>2144</v>
       </c>
       <c r="N426" t="s">
         <v>27</v>
       </c>
       <c r="O426" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="P426" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="427" spans="1:16">
       <c r="A427" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="B427" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
       <c r="C427" t="s">
-        <v>631</v>
+        <v>2161</v>
       </c>
       <c r="D427" t="s">
-        <v>799</v>
+        <v>130</v>
       </c>
       <c r="E427" t="s">
         <v>20</v>
       </c>
       <c r="F427" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G427" t="s">
         <v>22</v>
       </c>
       <c r="H427">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="I427">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J427" t="s">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="K427" t="s">
         <v>34</v>
       </c>
       <c r="L427" t="s">
-        <v>2155</v>
+        <v>2162</v>
       </c>
       <c r="M427" t="s">
-        <v>1976</v>
+        <v>2163</v>
       </c>
       <c r="N427" t="s">
         <v>27</v>
       </c>
       <c r="O427" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="P427" t="s">
-        <v>2157</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="428" spans="1:16">
       <c r="A428" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="B428" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="C428" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="D428" t="s">
-        <v>90</v>
+        <v>1211</v>
       </c>
       <c r="E428" t="s">
         <v>20</v>
       </c>
       <c r="F428" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G428" t="s">
         <v>22</v>
       </c>
       <c r="H428">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="I428">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="J428" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="K428" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L428"/>
+        <v>24</v>
+      </c>
+      <c r="L428" t="s">
+        <v>2169</v>
+      </c>
       <c r="M428" t="s">
-        <v>2161</v>
+        <v>2170</v>
       </c>
       <c r="N428" t="s">
         <v>27</v>
       </c>
       <c r="O428" t="s">
-        <v>2162</v>
+        <v>2171</v>
       </c>
       <c r="P428" t="s">
-        <v>2163</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="429" spans="1:16">
       <c r="A429" t="s">
-        <v>2164</v>
+        <v>2173</v>
       </c>
       <c r="B429" t="s">
-        <v>2165</v>
+        <v>309</v>
       </c>
       <c r="C429" t="s">
-        <v>2160</v>
+        <v>2174</v>
       </c>
       <c r="D429" t="s">
-        <v>78</v>
+        <v>311</v>
       </c>
       <c r="E429" t="s">
         <v>20</v>
       </c>
       <c r="F429" t="s">
-        <v>21</v>
+        <v>312</v>
       </c>
       <c r="G429" t="s">
         <v>22</v>
       </c>
       <c r="H429">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="I429">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J429" t="s">
-        <v>1705</v>
+        <v>313</v>
       </c>
       <c r="K429" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L429"/>
+        <v>251</v>
+      </c>
+      <c r="L429" t="s">
+        <v>314</v>
+      </c>
       <c r="M429" t="s">
-        <v>2161</v>
+        <v>2175</v>
       </c>
       <c r="N429" t="s">
-        <v>27</v>
+        <v>316</v>
       </c>
       <c r="O429" t="s">
-        <v>2166</v>
+        <v>2176</v>
       </c>
       <c r="P429" t="s">
-        <v>2167</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="430" spans="1:16">
       <c r="A430" t="s">
-        <v>2168</v>
+        <v>2178</v>
       </c>
       <c r="B430" t="s">
-        <v>2169</v>
+        <v>2179</v>
       </c>
       <c r="C430" t="s">
-        <v>2160</v>
+        <v>2180</v>
       </c>
       <c r="D430" t="s">
-        <v>224</v>
+        <v>130</v>
       </c>
       <c r="E430" t="s">
         <v>20</v>
       </c>
       <c r="F430" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G430" t="s">
         <v>22</v>
       </c>
       <c r="H430">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I430">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J430" t="s">
-        <v>638</v>
+        <v>205</v>
       </c>
       <c r="K430" t="s">
         <v>34</v>
       </c>
-      <c r="L430"/>
+      <c r="L430" t="s">
+        <v>2181</v>
+      </c>
       <c r="M430" t="s">
-        <v>2161</v>
+        <v>2182</v>
       </c>
       <c r="N430" t="s">
         <v>27</v>
       </c>
       <c r="O430" t="s">
-        <v>2170</v>
+        <v>2183</v>
       </c>
       <c r="P430" t="s">
-        <v>2171</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="431" spans="1:16">
       <c r="A431" t="s">
-        <v>2172</v>
+        <v>2185</v>
       </c>
       <c r="B431" t="s">
-        <v>2173</v>
+        <v>2186</v>
       </c>
       <c r="C431" t="s">
-        <v>2160</v>
+        <v>2180</v>
       </c>
       <c r="D431" t="s">
-        <v>143</v>
+        <v>83</v>
       </c>
       <c r="E431" t="s">
         <v>20</v>
       </c>
       <c r="F431" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G431" t="s">
         <v>22</v>
       </c>
       <c r="H431">
-        <v>1978</v>
+        <v>2011</v>
       </c>
       <c r="I431">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J431" t="s">
-        <v>981</v>
+        <v>205</v>
       </c>
       <c r="K431" t="s">
         <v>34</v>
       </c>
-      <c r="L431"/>
+      <c r="L431" t="s">
+        <v>2187</v>
+      </c>
       <c r="M431" t="s">
-        <v>2161</v>
+        <v>2182</v>
       </c>
       <c r="N431" t="s">
         <v>27</v>
       </c>
       <c r="O431" t="s">
-        <v>2174</v>
+        <v>2188</v>
       </c>
       <c r="P431" t="s">
-        <v>2175</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="432" spans="1:16">
       <c r="A432" t="s">
-        <v>2176</v>
+        <v>2190</v>
       </c>
       <c r="B432" t="s">
-        <v>2177</v>
+        <v>2191</v>
       </c>
       <c r="C432" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="D432" t="s">
-        <v>59</v>
+        <v>250</v>
       </c>
       <c r="E432" t="s">
         <v>20</v>
       </c>
       <c r="F432" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G432" t="s">
         <v>22</v>
       </c>
       <c r="H432">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="I432">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J432" t="s">
-        <v>111</v>
+        <v>1496</v>
       </c>
       <c r="K432" t="s">
         <v>34</v>
       </c>
-      <c r="L432" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L432"/>
       <c r="M432" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="N432" t="s">
         <v>27</v>
       </c>
       <c r="O432" t="s">
-        <v>2181</v>
+        <v>2192</v>
       </c>
       <c r="P432" t="s">
-        <v>2182</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="433" spans="1:16">
       <c r="A433" t="s">
-        <v>2183</v>
+        <v>2194</v>
       </c>
       <c r="B433" t="s">
-        <v>2184</v>
+        <v>2195</v>
       </c>
       <c r="C433" t="s">
-        <v>2185</v>
+        <v>2180</v>
       </c>
       <c r="D433" t="s">
-        <v>1214</v>
+        <v>169</v>
       </c>
       <c r="E433" t="s">
         <v>20</v>
       </c>
       <c r="F433" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G433" t="s">
         <v>22</v>
       </c>
       <c r="H433">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I433">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J433" t="s">
-        <v>981</v>
+        <v>1496</v>
       </c>
       <c r="K433" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L433"/>
       <c r="M433" t="s">
-        <v>2187</v>
+        <v>2182</v>
       </c>
       <c r="N433" t="s">
         <v>27</v>
       </c>
       <c r="O433" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
       <c r="P433" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="434" spans="1:16">
       <c r="A434" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="B434" t="s">
-        <v>309</v>
+        <v>2199</v>
       </c>
       <c r="C434" t="s">
-        <v>2191</v>
+        <v>2200</v>
       </c>
       <c r="D434" t="s">
-        <v>311</v>
+        <v>250</v>
       </c>
       <c r="E434" t="s">
         <v>20</v>
       </c>
       <c r="F434" t="s">
-        <v>312</v>
+        <v>21</v>
       </c>
       <c r="G434" t="s">
         <v>22</v>
       </c>
       <c r="H434">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I434">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="J434" t="s">
-        <v>313</v>
+        <v>1472</v>
       </c>
       <c r="K434" t="s">
-        <v>252</v>
+        <v>34</v>
       </c>
       <c r="L434" t="s">
-        <v>314</v>
+        <v>2201</v>
       </c>
       <c r="M434" t="s">
-        <v>2192</v>
+        <v>2202</v>
       </c>
       <c r="N434" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="O434" t="s">
-        <v>2193</v>
+        <v>2203</v>
       </c>
       <c r="P434" t="s">
-        <v>2194</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="435" spans="1:16">
       <c r="A435" t="s">
-        <v>2195</v>
+        <v>2205</v>
       </c>
       <c r="B435" t="s">
-        <v>2196</v>
+        <v>2206</v>
       </c>
       <c r="C435" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
       <c r="D435" t="s">
-        <v>59</v>
+        <v>546</v>
       </c>
       <c r="E435" t="s">
         <v>20</v>
       </c>
       <c r="F435" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G435" t="s">
         <v>22</v>
       </c>
       <c r="H435">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I435">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J435" t="s">
-        <v>206</v>
+        <v>1472</v>
       </c>
       <c r="K435" t="s">
         <v>34</v>
       </c>
       <c r="L435" t="s">
-        <v>2198</v>
+        <v>2207</v>
       </c>
       <c r="M435" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="N435" t="s">
         <v>27</v>
       </c>
       <c r="O435" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="P435" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="436" spans="1:16">
       <c r="A436" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="B436" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="C436" t="s">
-        <v>2197</v>
+        <v>2212</v>
       </c>
       <c r="D436" t="s">
-        <v>78</v>
+        <v>274</v>
       </c>
       <c r="E436" t="s">
         <v>20</v>
       </c>
       <c r="F436" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G436" t="s">
         <v>22</v>
       </c>
       <c r="H436">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I436">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J436" t="s">
-        <v>206</v>
+        <v>1098</v>
       </c>
       <c r="K436" t="s">
         <v>34</v>
       </c>
       <c r="L436" t="s">
-        <v>2204</v>
+        <v>2213</v>
       </c>
       <c r="M436" t="s">
-        <v>2199</v>
+        <v>2214</v>
       </c>
       <c r="N436" t="s">
         <v>27</v>
       </c>
       <c r="O436" t="s">
-        <v>2205</v>
+        <v>2215</v>
       </c>
       <c r="P436" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="437" spans="1:16">
       <c r="A437" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="B437" t="s">
-        <v>2208</v>
+        <v>2218</v>
       </c>
       <c r="C437" t="s">
-        <v>2197</v>
+        <v>2212</v>
       </c>
       <c r="D437" t="s">
-        <v>251</v>
+        <v>2219</v>
       </c>
       <c r="E437" t="s">
         <v>20</v>
       </c>
       <c r="F437" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G437" t="s">
         <v>22</v>
       </c>
       <c r="H437">
+        <v>2012</v>
+      </c>
+      <c r="I437">
         <v>2014</v>
       </c>
-      <c r="I437">
-[...1 lines deleted...]
-      </c>
       <c r="J437" t="s">
-        <v>1499</v>
+        <v>1098</v>
       </c>
       <c r="K437" t="s">
         <v>34</v>
       </c>
-      <c r="L437"/>
+      <c r="L437" t="s">
+        <v>2220</v>
+      </c>
       <c r="M437" t="s">
-        <v>2199</v>
+        <v>2214</v>
       </c>
       <c r="N437" t="s">
         <v>27</v>
       </c>
       <c r="O437" t="s">
-        <v>2209</v>
+        <v>2221</v>
       </c>
       <c r="P437" t="s">
-        <v>2210</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="438" spans="1:16">
       <c r="A438" t="s">
-        <v>2211</v>
+        <v>2223</v>
       </c>
       <c r="B438" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C438" t="s">
         <v>2212</v>
       </c>
-      <c r="C438" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D438" t="s">
-        <v>170</v>
+        <v>611</v>
       </c>
       <c r="E438" t="s">
         <v>20</v>
       </c>
       <c r="F438" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G438" t="s">
         <v>22</v>
       </c>
       <c r="H438">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I438">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J438" t="s">
-        <v>1499</v>
+        <v>1098</v>
       </c>
       <c r="K438" t="s">
         <v>34</v>
       </c>
-      <c r="L438"/>
+      <c r="L438" t="s">
+        <v>2225</v>
+      </c>
       <c r="M438" t="s">
-        <v>2199</v>
+        <v>2214</v>
       </c>
       <c r="N438" t="s">
         <v>27</v>
       </c>
       <c r="O438" t="s">
-        <v>2213</v>
+        <v>2226</v>
       </c>
       <c r="P438" t="s">
-        <v>2214</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="439" spans="1:16">
       <c r="A439" t="s">
-        <v>2215</v>
+        <v>2228</v>
       </c>
       <c r="B439" t="s">
-        <v>2216</v>
+        <v>2229</v>
       </c>
       <c r="C439" t="s">
-        <v>2217</v>
+        <v>454</v>
       </c>
       <c r="D439" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="E439" t="s">
         <v>20</v>
       </c>
       <c r="F439" t="s">
         <v>21</v>
       </c>
       <c r="G439" t="s">
         <v>22</v>
       </c>
       <c r="H439">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I439">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J439" t="s">
-        <v>1475</v>
+        <v>1496</v>
       </c>
       <c r="K439" t="s">
         <v>34</v>
       </c>
-      <c r="L439" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L439"/>
       <c r="M439" t="s">
-        <v>2219</v>
+        <v>458</v>
       </c>
       <c r="N439" t="s">
         <v>27</v>
       </c>
       <c r="O439" t="s">
-        <v>2220</v>
+        <v>2230</v>
       </c>
       <c r="P439" t="s">
-        <v>2221</v>
-[...89 lines deleted...]
-      <c r="M441" t="s">
         <v>2231</v>
-      </c>
-[...155 lines deleted...]
-        <v>2248</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">