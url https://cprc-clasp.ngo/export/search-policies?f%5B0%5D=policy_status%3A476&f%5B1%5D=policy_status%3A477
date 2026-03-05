--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -12,154 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
+    <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
+  </si>
+  <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
+    <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>IEC 60465/2003+cor1/2005
+,   
+                      IEC-60335-1/2001-Amd 1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>IEC 62885-2/2016
+,   
+                    (EU) No 665/2013</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
     <t>This policy covers rice cookers.</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
-    <t>Superseded</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
@@ -197,186 +427,700 @@
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
     <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
   </si>
   <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
-[...1 lines deleted...]
-  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
     <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
   </si>
   <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>This policy covers air cleaners.</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>New, To Be Superseded</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>MEPS for electric pressure cookers</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
+,   
+                    CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
+,   
+                    IEC 60969:2001, Performance tests
+,   
+                    IEC 60901:2001, Performance tests
+,   
+                    IEC 60081:2002, Performance tests
+,   
+                    IEC 62612:2013, Performance tests
+,   
+                    IEC 62612:2013, Performance tests</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
+  </si>
+  <si>
+    <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
+,   
+                    ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
+,   
+                    IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>SNI 8557-1:2018 IEC 62552-1:2015
+,   
+                    SNI IEC 62552-2:2016
+,   
+                    SNI 8557-3:2018 IEC 62552-3:2015</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
+    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
+    <t>NOM-014-ENER-2004</t>
+  </si>
+  <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
+    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>NOM-004-ENER-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
+    <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
+    <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
+    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
+    <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -680,74 +1424,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P14"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -779,669 +1523,2423 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I2">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
         <v>40</v>
       </c>
-      <c r="E4" t="s">
-[...20 lines deleted...]
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>41</v>
       </c>
-      <c r="M4" t="s">
+      <c r="P4" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H5">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="I5">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="H6">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>53</v>
       </c>
-      <c r="M6" t="s">
-[...5 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="H7">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>58</v>
       </c>
       <c r="M7" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>59</v>
       </c>
       <c r="P7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>61</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="H8">
         <v>2008</v>
       </c>
       <c r="I8">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
         <v>64</v>
       </c>
-      <c r="M8" t="s">
-[...5 lines deleted...]
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="H9">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
         <v>73</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H10">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="I10">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="K10" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="L10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>78</v>
       </c>
       <c r="P10" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>80</v>
       </c>
       <c r="B11" t="s">
         <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="H11">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="H12">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="H13">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>1989</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
       <c r="J13" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="N13" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P13" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="D14" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
+        <v>52</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>52</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2009</v>
+      </c>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>98</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16">
+        <v>2000</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>116</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>52</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2004</v>
+      </c>
+      <c r="J17" t="s">
+        <v>108</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>116</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>2005</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>108</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>116</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>98</v>
+      </c>
+      <c r="D19" t="s">
+        <v>74</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19">
+        <v>2007</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>100</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>116</v>
+      </c>
+      <c r="N19" t="s">
+        <v>139</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>52</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>108</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>116</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>108</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>116</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>75</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>108</v>
+      </c>
+      <c r="K22" t="s">
+        <v>156</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>116</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" t="s">
+        <v>121</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>100</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>116</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>168</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>100</v>
+      </c>
+      <c r="K24" t="s">
+        <v>169</v>
+      </c>
+      <c r="L24" t="s">
+        <v>170</v>
+      </c>
+      <c r="M24" t="s">
+        <v>116</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>98</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>75</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>108</v>
+      </c>
+      <c r="K25" t="s">
+        <v>169</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>116</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" t="s">
+        <v>181</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>52</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>108</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>182</v>
+      </c>
+      <c r="M26" t="s">
+        <v>183</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>98</v>
+      </c>
+      <c r="D27" t="s">
+        <v>188</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>168</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>189</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>151</v>
+      </c>
+      <c r="M27" t="s">
+        <v>183</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" t="s">
+        <v>194</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>168</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>189</v>
+      </c>
+      <c r="K28" t="s">
+        <v>195</v>
+      </c>
+      <c r="L28" t="s">
+        <v>196</v>
+      </c>
+      <c r="M28" t="s">
+        <v>183</v>
+      </c>
+      <c r="N28" t="s">
+        <v>197</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" t="s">
+        <v>202</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>203</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>108</v>
+      </c>
+      <c r="K29" t="s">
+        <v>204</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>183</v>
+      </c>
+      <c r="N29" t="s">
+        <v>206</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
+        <v>211</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>108</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>212</v>
+      </c>
+      <c r="M30" t="s">
+        <v>102</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>217</v>
+      </c>
+      <c r="D31" t="s">
+        <v>218</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>219</v>
+      </c>
+      <c r="G31" t="s">
+        <v>220</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>221</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>222</v>
+      </c>
+      <c r="M31" t="s">
+        <v>223</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>224</v>
+      </c>
+      <c r="P31" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>226</v>
+      </c>
+      <c r="B32" t="s">
+        <v>227</v>
+      </c>
+      <c r="C32" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" t="s">
+        <v>228</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>219</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32">
+        <v>2018</v>
+      </c>
+      <c r="J32" t="s">
+        <v>221</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>229</v>
+      </c>
+      <c r="M32" t="s">
+        <v>223</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>230</v>
+      </c>
+      <c r="P32" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>232</v>
+      </c>
+      <c r="B33" t="s">
+        <v>233</v>
+      </c>
+      <c r="C33" t="s">
+        <v>217</v>
+      </c>
+      <c r="D33" t="s">
+        <v>114</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>219</v>
+      </c>
+      <c r="G33" t="s">
+        <v>220</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>221</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>234</v>
+      </c>
+      <c r="M33" t="s">
+        <v>223</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>217</v>
+      </c>
+      <c r="D34" t="s">
+        <v>150</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>219</v>
+      </c>
+      <c r="G34" t="s">
+        <v>220</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>221</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>239</v>
+      </c>
+      <c r="M34" t="s">
+        <v>223</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>242</v>
+      </c>
+      <c r="B35" t="s">
+        <v>243</v>
+      </c>
+      <c r="C35" t="s">
+        <v>217</v>
+      </c>
+      <c r="D35" t="s">
+        <v>99</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>219</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>221</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>244</v>
+      </c>
+      <c r="M35" t="s">
+        <v>223</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>248</v>
+      </c>
+      <c r="C36" t="s">
+        <v>217</v>
+      </c>
+      <c r="D36" t="s">
+        <v>68</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>219</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>221</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>249</v>
+      </c>
+      <c r="M36" t="s">
+        <v>223</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>252</v>
+      </c>
+      <c r="B37" t="s">
+        <v>253</v>
+      </c>
+      <c r="C37" t="s">
+        <v>254</v>
+      </c>
+      <c r="D37" t="s">
+        <v>255</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>33</v>
       </c>
-      <c r="H14">
-[...22 lines deleted...]
-        <v>106</v>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>256</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>257</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>258</v>
+      </c>
+      <c r="P37" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>260</v>
+      </c>
+      <c r="B38" t="s">
+        <v>261</v>
+      </c>
+      <c r="C38" t="s">
+        <v>254</v>
+      </c>
+      <c r="D38" t="s">
+        <v>262</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>256</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>263</v>
+      </c>
+      <c r="M38" t="s">
+        <v>257</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>264</v>
+      </c>
+      <c r="P38" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>266</v>
+      </c>
+      <c r="B39" t="s">
+        <v>267</v>
+      </c>
+      <c r="C39" t="s">
+        <v>254</v>
+      </c>
+      <c r="D39" t="s">
+        <v>99</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39">
+        <v>2022</v>
+      </c>
+      <c r="J39" t="s">
+        <v>256</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>268</v>
+      </c>
+      <c r="M39" t="s">
+        <v>257</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>269</v>
+      </c>
+      <c r="P39" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>271</v>
+      </c>
+      <c r="B40" t="s">
+        <v>272</v>
+      </c>
+      <c r="C40" t="s">
+        <v>254</v>
+      </c>
+      <c r="D40" t="s">
+        <v>228</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2022</v>
+      </c>
+      <c r="J40" t="s">
+        <v>256</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>273</v>
+      </c>
+      <c r="M40" t="s">
+        <v>257</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>274</v>
+      </c>
+      <c r="P40" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>275</v>
+      </c>
+      <c r="B41" t="s">
+        <v>276</v>
+      </c>
+      <c r="C41" t="s">
+        <v>277</v>
+      </c>
+      <c r="D41" t="s">
+        <v>99</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>219</v>
+      </c>
+      <c r="G41" t="s">
+        <v>84</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>278</v>
+      </c>
+      <c r="M41" t="s">
+        <v>279</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>280</v>
+      </c>
+      <c r="P41" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>283</v>
+      </c>
+      <c r="C42" t="s">
+        <v>277</v>
+      </c>
+      <c r="D42" t="s">
+        <v>284</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>219</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>285</v>
+      </c>
+      <c r="M42" t="s">
+        <v>279</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>286</v>
+      </c>
+      <c r="P42" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>288</v>
+      </c>
+      <c r="B43" t="s">
+        <v>289</v>
+      </c>
+      <c r="C43" t="s">
+        <v>290</v>
+      </c>
+      <c r="D43" t="s">
+        <v>291</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1997</v>
+      </c>
+      <c r="I43">
+        <v>2005</v>
+      </c>
+      <c r="J43" t="s">
+        <v>256</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>292</v>
+      </c>
+      <c r="N43" t="s">
+        <v>139</v>
+      </c>
+      <c r="O43" t="s">
+        <v>293</v>
+      </c>
+      <c r="P43" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>295</v>
+      </c>
+      <c r="B44" t="s">
+        <v>296</v>
+      </c>
+      <c r="C44" t="s">
+        <v>290</v>
+      </c>
+      <c r="D44" t="s">
+        <v>297</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>219</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1994</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>298</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>299</v>
+      </c>
+      <c r="M44" t="s">
+        <v>292</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>300</v>
+      </c>
+      <c r="P44" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>302</v>
+      </c>
+      <c r="B45" t="s">
+        <v>303</v>
+      </c>
+      <c r="C45" t="s">
+        <v>290</v>
+      </c>
+      <c r="D45" t="s">
+        <v>304</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>219</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2002</v>
+      </c>
+      <c r="I45">
+        <v>2007</v>
+      </c>
+      <c r="J45" t="s">
+        <v>256</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>305</v>
+      </c>
+      <c r="M45" t="s">
+        <v>292</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>306</v>
+      </c>
+      <c r="P45" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>308</v>
+      </c>
+      <c r="B46" t="s">
+        <v>309</v>
+      </c>
+      <c r="C46" t="s">
+        <v>290</v>
+      </c>
+      <c r="D46" t="s">
+        <v>310</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>75</v>
+      </c>
+      <c r="H46">
+        <v>2010</v>
+      </c>
+      <c r="I46">
+        <v>2016</v>
+      </c>
+      <c r="J46" t="s">
+        <v>256</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>311</v>
+      </c>
+      <c r="M46" t="s">
+        <v>292</v>
+      </c>
+      <c r="N46" t="s">
+        <v>139</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>316</v>
+      </c>
+      <c r="D47" t="s">
+        <v>317</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>318</v>
+      </c>
+      <c r="K47" t="s">
+        <v>319</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>320</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>321</v>
+      </c>
+      <c r="P47" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>323</v>
+      </c>
+      <c r="B48" t="s">
+        <v>324</v>
+      </c>
+      <c r="C48" t="s">
+        <v>316</v>
+      </c>
+      <c r="D48" t="s">
+        <v>68</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>52</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2015</v>
+      </c>
+      <c r="J48" t="s">
+        <v>325</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>320</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>326</v>
+      </c>
+      <c r="P48" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>328</v>
+      </c>
+      <c r="B49" t="s">
+        <v>329</v>
+      </c>
+      <c r="C49" t="s">
+        <v>330</v>
+      </c>
+      <c r="D49" t="s">
+        <v>99</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>220</v>
+      </c>
+      <c r="H49">
+        <v>2004</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>331</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>332</v>
+      </c>
+      <c r="M49" t="s">
+        <v>333</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>334</v>
+      </c>
+      <c r="P49" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>336</v>
+      </c>
+      <c r="B50" t="s">
+        <v>337</v>
+      </c>
+      <c r="C50" t="s">
+        <v>330</v>
+      </c>
+      <c r="D50" t="s">
+        <v>338</v>
+      </c>
+      <c r="E50" t="s">
+        <v>83</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>84</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>331</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>333</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>339</v>
+      </c>
+      <c r="P50" t="s">
+        <v>340</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">