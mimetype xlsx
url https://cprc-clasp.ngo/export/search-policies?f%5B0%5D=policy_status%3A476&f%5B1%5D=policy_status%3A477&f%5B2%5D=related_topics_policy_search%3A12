--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -12,51 +12,190 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>NOM-014-ENER-2004</t>
+  </si>
+  <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +497,275 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="482.454" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2007</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
+        <v>2005</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>