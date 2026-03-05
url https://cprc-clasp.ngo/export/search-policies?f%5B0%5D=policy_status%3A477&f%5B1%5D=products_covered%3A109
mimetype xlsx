--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -12,51 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +449,177 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2">
+        <v>2007</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>