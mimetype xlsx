--- v0 (2025-11-26)
+++ v1 (2026-03-04)
@@ -12,140 +12,238 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>IEC 62885-2/2016
+,   
+                    (EU) No 665/2013</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>This policy covers air cleaners.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>November 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -449,74 +547,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -557,64 +655,256 @@
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2018</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
+      <c r="L2"/>
+      <c r="M2" t="s">
         <v>25</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>28</v>
       </c>
-      <c r="P2" t="s">
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">