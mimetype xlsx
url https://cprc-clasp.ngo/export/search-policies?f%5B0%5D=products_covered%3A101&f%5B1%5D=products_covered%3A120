--- v0 (2025-10-14)
+++ v1 (2026-03-06)
@@ -12,1279 +12,1769 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="554">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1548,3619 +2038,4120 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N83"/>
+  <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>1980</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2006</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>44</v>
       </c>
-      <c r="D5" t="s">
-[...65 lines deleted...]
-      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-        <v>58</v>
+      <c r="I7">
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>88</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>89</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>97</v>
+      </c>
+      <c r="N10" t="s">
+        <v>89</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>107</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
         <v>36</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8">
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>79</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>107</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>80</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>120</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2023</v>
+      </c>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>128</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>64</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>134</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>135</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>136</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" t="s">
+        <v>135</v>
+      </c>
+      <c r="F17" t="s">
+        <v>144</v>
+      </c>
+      <c r="G17" t="s">
+        <v>136</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>55</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>145</v>
+      </c>
+      <c r="M17" t="s">
+        <v>146</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" t="s">
+        <v>151</v>
+      </c>
+      <c r="D18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>107</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>153</v>
+      </c>
+      <c r="M18" t="s">
+        <v>154</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>155</v>
+      </c>
+      <c r="P18" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" t="s">
+        <v>158</v>
+      </c>
+      <c r="C19" t="s">
+        <v>159</v>
+      </c>
+      <c r="D19" t="s">
+        <v>79</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2009</v>
+      </c>
+      <c r="J19" t="s">
+        <v>160</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>161</v>
+      </c>
+      <c r="M19" t="s">
+        <v>162</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>163</v>
+      </c>
+      <c r="P19" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>165</v>
+      </c>
+      <c r="B20" t="s">
+        <v>166</v>
+      </c>
+      <c r="C20" t="s">
+        <v>167</v>
+      </c>
+      <c r="D20" t="s">
+        <v>79</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>168</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>169</v>
+      </c>
+      <c r="M20" t="s">
+        <v>170</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>171</v>
+      </c>
+      <c r="P20" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>173</v>
+      </c>
+      <c r="B21" t="s">
+        <v>174</v>
+      </c>
+      <c r="C21" t="s">
+        <v>175</v>
+      </c>
+      <c r="D21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>107</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1997</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>176</v>
+      </c>
+      <c r="M21" t="s">
+        <v>177</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>178</v>
+      </c>
+      <c r="P21" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>180</v>
+      </c>
+      <c r="B22" t="s">
+        <v>181</v>
+      </c>
+      <c r="C22" t="s">
+        <v>182</v>
+      </c>
+      <c r="D22" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>144</v>
+      </c>
+      <c r="G22" t="s">
+        <v>64</v>
+      </c>
+      <c r="H22">
+        <v>2023</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>183</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>184</v>
+      </c>
+      <c r="M22" t="s">
+        <v>185</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>186</v>
+      </c>
+      <c r="P22" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>188</v>
+      </c>
+      <c r="B23" t="s">
+        <v>189</v>
+      </c>
+      <c r="C23" t="s">
+        <v>190</v>
+      </c>
+      <c r="D23" t="s">
+        <v>191</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>144</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>55</v>
+      </c>
+      <c r="K23" t="s">
+        <v>45</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>192</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>193</v>
+      </c>
+      <c r="P23" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>195</v>
+      </c>
+      <c r="B24" t="s">
+        <v>196</v>
+      </c>
+      <c r="C24" t="s">
+        <v>197</v>
+      </c>
+      <c r="D24" t="s">
+        <v>198</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>199</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2011</v>
+      </c>
+      <c r="J24" t="s">
+        <v>200</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>201</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>202</v>
+      </c>
+      <c r="P24" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>204</v>
+      </c>
+      <c r="B25" t="s">
+        <v>205</v>
+      </c>
+      <c r="C25" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" t="s">
+        <v>79</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>206</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" t="s">
+        <v>207</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>208</v>
+      </c>
+      <c r="P25" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>210</v>
+      </c>
+      <c r="B26" t="s">
+        <v>211</v>
+      </c>
+      <c r="C26" t="s">
+        <v>212</v>
+      </c>
+      <c r="D26" t="s">
+        <v>79</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>107</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1997</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>55</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>213</v>
+      </c>
+      <c r="M26" t="s">
+        <v>214</v>
+      </c>
+      <c r="N26" t="s">
+        <v>89</v>
+      </c>
+      <c r="O26" t="s">
+        <v>215</v>
+      </c>
+      <c r="P26" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>217</v>
+      </c>
+      <c r="B27" t="s">
+        <v>218</v>
+      </c>
+      <c r="C27" t="s">
+        <v>70</v>
+      </c>
+      <c r="D27" t="s">
+        <v>79</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1989</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>108</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>80</v>
+      </c>
+      <c r="M27" t="s">
+        <v>74</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>219</v>
+      </c>
+      <c r="P27" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>221</v>
+      </c>
+      <c r="B28" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" t="s">
+        <v>70</v>
+      </c>
+      <c r="D28" t="s">
+        <v>71</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>72</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>222</v>
+      </c>
+      <c r="M28" t="s">
+        <v>74</v>
+      </c>
+      <c r="N28" t="s">
+        <v>36</v>
+      </c>
+      <c r="O28" t="s">
+        <v>223</v>
+      </c>
+      <c r="P28" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>225</v>
+      </c>
+      <c r="B29" t="s">
+        <v>226</v>
+      </c>
+      <c r="C29" t="s">
+        <v>70</v>
+      </c>
+      <c r="D29" t="s">
+        <v>71</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>64</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>72</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>227</v>
+      </c>
+      <c r="M29" t="s">
+        <v>228</v>
+      </c>
+      <c r="N29" t="s">
+        <v>36</v>
+      </c>
+      <c r="O29" t="s">
+        <v>229</v>
+      </c>
+      <c r="P29" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>231</v>
+      </c>
+      <c r="B30" t="s">
+        <v>232</v>
+      </c>
+      <c r="C30" t="s">
+        <v>70</v>
+      </c>
+      <c r="D30" t="s">
+        <v>233</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" t="s">
+        <v>64</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>55</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>234</v>
+      </c>
+      <c r="M30" t="s">
+        <v>235</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>236</v>
+      </c>
+      <c r="P30" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>238</v>
+      </c>
+      <c r="B31" t="s">
+        <v>239</v>
+      </c>
+      <c r="C31" t="s">
+        <v>240</v>
+      </c>
+      <c r="D31" t="s">
+        <v>79</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>64</v>
+      </c>
+      <c r="H31">
+        <v>1984</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>152</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>241</v>
+      </c>
+      <c r="M31" t="s">
+        <v>242</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>243</v>
+      </c>
+      <c r="P31" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>245</v>
+      </c>
+      <c r="B32" t="s">
+        <v>246</v>
+      </c>
+      <c r="C32" t="s">
+        <v>240</v>
+      </c>
+      <c r="D32" t="s">
+        <v>79</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>43</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>152</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>247</v>
+      </c>
+      <c r="M32" t="s">
+        <v>242</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>248</v>
+      </c>
+      <c r="P32" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>250</v>
+      </c>
+      <c r="B33" t="s">
+        <v>251</v>
+      </c>
+      <c r="C33" t="s">
+        <v>252</v>
+      </c>
+      <c r="D33" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>144</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>253</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>254</v>
+      </c>
+      <c r="M33" t="s">
+        <v>255</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>256</v>
+      </c>
+      <c r="P33" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>258</v>
+      </c>
+      <c r="B34" t="s">
+        <v>259</v>
+      </c>
+      <c r="C34" t="s">
+        <v>260</v>
+      </c>
+      <c r="D34" t="s">
+        <v>79</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>144</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1989</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>168</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>261</v>
+      </c>
+      <c r="M34" t="s">
+        <v>262</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>263</v>
+      </c>
+      <c r="P34" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>265</v>
+      </c>
+      <c r="B35" t="s">
+        <v>266</v>
+      </c>
+      <c r="C35" t="s">
+        <v>151</v>
+      </c>
+      <c r="D35" t="s">
+        <v>79</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>107</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2014</v>
+      </c>
+      <c r="J35" t="s">
+        <v>152</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>267</v>
+      </c>
+      <c r="M35" t="s">
+        <v>154</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>268</v>
+      </c>
+      <c r="P35" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>270</v>
+      </c>
+      <c r="B36" t="s">
+        <v>271</v>
+      </c>
+      <c r="C36" t="s">
+        <v>252</v>
+      </c>
+      <c r="D36" t="s">
+        <v>79</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>144</v>
+      </c>
+      <c r="G36" t="s">
+        <v>272</v>
+      </c>
+      <c r="H36">
+        <v>2018</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>273</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>274</v>
+      </c>
+      <c r="M36" t="s">
+        <v>255</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>275</v>
+      </c>
+      <c r="P36" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>277</v>
+      </c>
+      <c r="B37" t="s">
+        <v>278</v>
+      </c>
+      <c r="C37" t="s">
+        <v>159</v>
+      </c>
+      <c r="D37" t="s">
+        <v>71</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>107</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>279</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>162</v>
+      </c>
+      <c r="N37" t="s">
+        <v>36</v>
+      </c>
+      <c r="O37" t="s">
+        <v>280</v>
+      </c>
+      <c r="P37" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>282</v>
+      </c>
+      <c r="B38" t="s">
+        <v>283</v>
+      </c>
+      <c r="C38" t="s">
+        <v>127</v>
+      </c>
+      <c r="D38" t="s">
+        <v>79</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>144</v>
+      </c>
+      <c r="G38" t="s">
+        <v>64</v>
+      </c>
+      <c r="H38">
+        <v>2023</v>
+      </c>
+      <c r="I38">
+        <v>2024</v>
+      </c>
+      <c r="J38" t="s">
+        <v>284</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>285</v>
+      </c>
+      <c r="M38" t="s">
+        <v>129</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>286</v>
+      </c>
+      <c r="P38" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>288</v>
+      </c>
+      <c r="B39" t="s">
+        <v>289</v>
+      </c>
+      <c r="C39" t="s">
+        <v>290</v>
+      </c>
+      <c r="D39" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1984</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>200</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>291</v>
+      </c>
+      <c r="M39" t="s">
+        <v>292</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>293</v>
+      </c>
+      <c r="P39" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>295</v>
+      </c>
+      <c r="B40" t="s">
+        <v>296</v>
+      </c>
+      <c r="C40" t="s">
+        <v>297</v>
+      </c>
+      <c r="D40" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>64</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>298</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>299</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>300</v>
+      </c>
+      <c r="P40" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>302</v>
+      </c>
+      <c r="B41" t="s">
+        <v>303</v>
+      </c>
+      <c r="C41" t="s">
+        <v>297</v>
+      </c>
+      <c r="D41" t="s">
+        <v>79</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>64</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>298</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>299</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>304</v>
+      </c>
+      <c r="P41" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>306</v>
+      </c>
+      <c r="B42" t="s">
+        <v>307</v>
+      </c>
+      <c r="C42" t="s">
+        <v>297</v>
+      </c>
+      <c r="D42" t="s">
+        <v>79</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" t="s">
+        <v>64</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>298</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>299</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>308</v>
+      </c>
+      <c r="P42" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>310</v>
+      </c>
+      <c r="B43" t="s">
+        <v>311</v>
+      </c>
+      <c r="C43" t="s">
+        <v>312</v>
+      </c>
+      <c r="D43" t="s">
+        <v>79</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>144</v>
+      </c>
+      <c r="G43" t="s">
+        <v>64</v>
+      </c>
+      <c r="H43">
+        <v>2002</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>160</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>313</v>
+      </c>
+      <c r="M43" t="s">
+        <v>314</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>315</v>
+      </c>
+      <c r="P43" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>317</v>
+      </c>
+      <c r="B44" t="s">
+        <v>317</v>
+      </c>
+      <c r="C44" t="s">
+        <v>318</v>
+      </c>
+      <c r="D44" t="s">
+        <v>79</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>64</v>
+      </c>
+      <c r="H44">
+        <v>1990</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>152</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>319</v>
+      </c>
+      <c r="M44" t="s">
+        <v>320</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>321</v>
+      </c>
+      <c r="P44" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>323</v>
+      </c>
+      <c r="B45" t="s">
+        <v>324</v>
+      </c>
+      <c r="C45" t="s">
+        <v>325</v>
+      </c>
+      <c r="D45" t="s">
+        <v>79</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>64</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>326</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>327</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>328</v>
+      </c>
+      <c r="P45" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>330</v>
+      </c>
+      <c r="B46" t="s">
+        <v>331</v>
+      </c>
+      <c r="C46" t="s">
+        <v>175</v>
+      </c>
+      <c r="D46" t="s">
+        <v>332</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>144</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>44</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>333</v>
+      </c>
+      <c r="M46" t="s">
+        <v>334</v>
+      </c>
+      <c r="N46" t="s">
+        <v>36</v>
+      </c>
+      <c r="O46" t="s">
+        <v>335</v>
+      </c>
+      <c r="P46" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>337</v>
+      </c>
+      <c r="B47" t="s">
+        <v>338</v>
+      </c>
+      <c r="C47" t="s">
+        <v>339</v>
+      </c>
+      <c r="D47" t="s">
+        <v>79</v>
+      </c>
+      <c r="E47" t="s">
+        <v>135</v>
+      </c>
+      <c r="F47" t="s">
+        <v>144</v>
+      </c>
+      <c r="G47" t="s">
+        <v>136</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>340</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>341</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>342</v>
+      </c>
+      <c r="P47" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>344</v>
+      </c>
+      <c r="B48" t="s">
+        <v>338</v>
+      </c>
+      <c r="C48" t="s">
+        <v>345</v>
+      </c>
+      <c r="D48" t="s">
+        <v>79</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>144</v>
+      </c>
+      <c r="G48" t="s">
+        <v>136</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>340</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>346</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>347</v>
+      </c>
+      <c r="P48" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>344</v>
+      </c>
+      <c r="B49" t="s">
+        <v>338</v>
+      </c>
+      <c r="C49" t="s">
+        <v>349</v>
+      </c>
+      <c r="D49" t="s">
+        <v>79</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>136</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>279</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>350</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>351</v>
+      </c>
+      <c r="P49" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>353</v>
+      </c>
+      <c r="B50" t="s">
+        <v>354</v>
+      </c>
+      <c r="C50" t="s">
+        <v>159</v>
+      </c>
+      <c r="D50" t="s">
+        <v>79</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2002</v>
+      </c>
+      <c r="I50">
+        <v>2006</v>
+      </c>
+      <c r="J50" t="s">
+        <v>160</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>161</v>
+      </c>
+      <c r="M50" t="s">
+        <v>162</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>355</v>
+      </c>
+      <c r="P50" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>357</v>
+      </c>
+      <c r="B51" t="s">
+        <v>358</v>
+      </c>
+      <c r="C51" t="s">
+        <v>159</v>
+      </c>
+      <c r="D51" t="s">
+        <v>79</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2002</v>
+      </c>
+      <c r="I51">
+        <v>2004</v>
+      </c>
+      <c r="J51" t="s">
+        <v>160</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>161</v>
+      </c>
+      <c r="M51" t="s">
+        <v>162</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>359</v>
+      </c>
+      <c r="P51" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>360</v>
+      </c>
+      <c r="B52" t="s">
+        <v>361</v>
+      </c>
+      <c r="C52" t="s">
+        <v>167</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>135</v>
+      </c>
+      <c r="F52" t="s">
+        <v>362</v>
+      </c>
+      <c r="G52" t="s">
+        <v>64</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>363</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>364</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>365</v>
+      </c>
+      <c r="P52" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>360</v>
+      </c>
+      <c r="B53" t="s">
+        <v>367</v>
+      </c>
+      <c r="C53" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" t="s">
+        <v>53</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>362</v>
+      </c>
+      <c r="G53" t="s">
+        <v>64</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>363</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>364</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>368</v>
+      </c>
+      <c r="P53" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>369</v>
+      </c>
+      <c r="B54" t="s">
+        <v>370</v>
+      </c>
+      <c r="C54" t="s">
+        <v>371</v>
+      </c>
+      <c r="D54" t="s">
+        <v>79</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>144</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54">
+        <v>2016</v>
+      </c>
+      <c r="J54" t="s">
+        <v>168</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>372</v>
+      </c>
+      <c r="M54" t="s">
+        <v>373</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>374</v>
+      </c>
+      <c r="P54" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>376</v>
+      </c>
+      <c r="B55" t="s">
+        <v>377</v>
+      </c>
+      <c r="C55" t="s">
+        <v>378</v>
+      </c>
+      <c r="D55" t="s">
+        <v>379</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>107</v>
+      </c>
+      <c r="G55" t="s">
+        <v>64</v>
+      </c>
+      <c r="H55">
+        <v>2014</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>380</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>381</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>382</v>
+      </c>
+      <c r="P55" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>384</v>
+      </c>
+      <c r="B56" t="s">
+        <v>385</v>
+      </c>
+      <c r="C56" t="s">
+        <v>127</v>
+      </c>
+      <c r="D56" t="s">
+        <v>79</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>64</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>206</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>386</v>
+      </c>
+      <c r="M56" t="s">
+        <v>129</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>387</v>
+      </c>
+      <c r="P56" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>389</v>
+      </c>
+      <c r="B57" t="s">
+        <v>390</v>
+      </c>
+      <c r="C57" t="s">
+        <v>290</v>
+      </c>
+      <c r="D57" t="s">
+        <v>79</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>107</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1993</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
+      <c r="J57" t="s">
+        <v>200</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>391</v>
+      </c>
+      <c r="M57" t="s">
+        <v>392</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>393</v>
+      </c>
+      <c r="P57" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>395</v>
+      </c>
+      <c r="B58" t="s">
+        <v>396</v>
+      </c>
+      <c r="C58" t="s">
+        <v>397</v>
+      </c>
+      <c r="D58" t="s">
+        <v>79</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2007</v>
       </c>
-      <c r="H8">
+      <c r="I58">
+        <v>2011</v>
+      </c>
+      <c r="J58" t="s">
+        <v>206</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>398</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>399</v>
+      </c>
+      <c r="P58" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>401</v>
+      </c>
+      <c r="B59" t="s">
+        <v>402</v>
+      </c>
+      <c r="C59" t="s">
+        <v>159</v>
+      </c>
+      <c r="D59" t="s">
+        <v>79</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>107</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>160</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>162</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>403</v>
+      </c>
+      <c r="P59" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>404</v>
+      </c>
+      <c r="B60" t="s">
+        <v>405</v>
+      </c>
+      <c r="C60" t="s">
+        <v>406</v>
+      </c>
+      <c r="D60" t="s">
+        <v>407</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>144</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60">
+        <v>2021</v>
+      </c>
+      <c r="J60" t="s">
+        <v>273</v>
+      </c>
+      <c r="K60" t="s">
+        <v>408</v>
+      </c>
+      <c r="L60" t="s">
+        <v>409</v>
+      </c>
+      <c r="M60" t="s">
+        <v>410</v>
+      </c>
+      <c r="N60" t="s">
+        <v>36</v>
+      </c>
+      <c r="O60" t="s">
+        <v>411</v>
+      </c>
+      <c r="P60" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>413</v>
+      </c>
+      <c r="B61" t="s">
+        <v>414</v>
+      </c>
+      <c r="C61" t="s">
+        <v>415</v>
+      </c>
+      <c r="D61" t="s">
+        <v>416</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61">
+        <v>2018</v>
+      </c>
+      <c r="J61" t="s">
+        <v>298</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>417</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>418</v>
+      </c>
+      <c r="P61" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>420</v>
+      </c>
+      <c r="B62" t="s">
+        <v>421</v>
+      </c>
+      <c r="C62" t="s">
+        <v>397</v>
+      </c>
+      <c r="D62" t="s">
+        <v>79</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>422</v>
+      </c>
+      <c r="H62">
         <v>2013</v>
       </c>
-      <c r="I8" t="s">
-[...5 lines deleted...]
-      <c r="K8" t="s">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>206</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>398</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>423</v>
+      </c>
+      <c r="P62" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>425</v>
+      </c>
+      <c r="B63" t="s">
+        <v>426</v>
+      </c>
+      <c r="C63" t="s">
+        <v>427</v>
+      </c>
+      <c r="D63" t="s">
+        <v>79</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
         <v>64</v>
       </c>
-      <c r="L8" t="s">
-[...2 lines deleted...]
-      <c r="M8" t="s">
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>200</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>428</v>
+      </c>
+      <c r="M63" t="s">
+        <v>429</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>430</v>
+      </c>
+      <c r="P63" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>432</v>
+      </c>
+      <c r="B64" t="s">
+        <v>433</v>
+      </c>
+      <c r="C64" t="s">
+        <v>434</v>
+      </c>
+      <c r="D64" t="s">
+        <v>435</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>43</v>
+      </c>
+      <c r="G64" t="s">
+        <v>64</v>
+      </c>
+      <c r="H64">
+        <v>2014</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>380</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>436</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>437</v>
+      </c>
+      <c r="P64" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>439</v>
+      </c>
+      <c r="B65" t="s">
+        <v>440</v>
+      </c>
+      <c r="C65" t="s">
+        <v>434</v>
+      </c>
+      <c r="D65" t="s">
+        <v>441</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>43</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2013</v>
+      </c>
+      <c r="J65" t="s">
+        <v>279</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>25</v>
+      </c>
+      <c r="M65" t="s">
+        <v>436</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>442</v>
+      </c>
+      <c r="P65" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>444</v>
+      </c>
+      <c r="B66" t="s">
+        <v>445</v>
+      </c>
+      <c r="C66" t="s">
+        <v>446</v>
+      </c>
+      <c r="D66" t="s">
+        <v>86</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>144</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2007</v>
+      </c>
+      <c r="I66">
+        <v>2018</v>
+      </c>
+      <c r="J66" t="s">
+        <v>279</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>447</v>
+      </c>
+      <c r="M66" t="s">
+        <v>448</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>449</v>
+      </c>
+      <c r="P66" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>451</v>
+      </c>
+      <c r="B67" t="s">
+        <v>452</v>
+      </c>
+      <c r="C67" t="s">
+        <v>182</v>
+      </c>
+      <c r="D67" t="s">
+        <v>79</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>144</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67">
+        <v>2019</v>
+      </c>
+      <c r="J67" t="s">
+        <v>55</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>453</v>
+      </c>
+      <c r="M67" t="s">
+        <v>185</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>454</v>
+      </c>
+      <c r="P67" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>456</v>
+      </c>
+      <c r="B68" t="s">
+        <v>457</v>
+      </c>
+      <c r="C68" t="s">
+        <v>371</v>
+      </c>
+      <c r="D68" t="s">
+        <v>79</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>107</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2000</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
+      <c r="J68" t="s">
+        <v>200</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>458</v>
+      </c>
+      <c r="M68" t="s">
+        <v>459</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>460</v>
+      </c>
+      <c r="P68" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>462</v>
+      </c>
+      <c r="B69" t="s">
+        <v>463</v>
+      </c>
+      <c r="C69" t="s">
+        <v>464</v>
+      </c>
+      <c r="D69" t="s">
+        <v>465</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>64</v>
+      </c>
+      <c r="H69">
+        <v>2016</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>55</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>466</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>467</v>
+      </c>
+      <c r="P69" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>469</v>
+      </c>
+      <c r="B70" t="s">
+        <v>470</v>
+      </c>
+      <c r="C70" t="s">
+        <v>464</v>
+      </c>
+      <c r="D70" t="s">
+        <v>471</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>64</v>
+      </c>
+      <c r="H70">
+        <v>2017</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>55</v>
+      </c>
+      <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...16 lines deleted...]
-      <c r="E9" t="s">
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>466</v>
+      </c>
+      <c r="N70" t="s">
         <v>36</v>
       </c>
-      <c r="F9" t="s">
-[...66 lines deleted...]
-      <c r="A11" t="s">
+      <c r="O70" t="s">
+        <v>472</v>
+      </c>
+      <c r="P70" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>474</v>
+      </c>
+      <c r="B71" t="s">
+        <v>475</v>
+      </c>
+      <c r="C71" t="s">
+        <v>118</v>
+      </c>
+      <c r="D71" t="s">
         <v>79</v>
       </c>
-      <c r="B11" t="s">
-[...14 lines deleted...]
-      <c r="G11">
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2010</v>
       </c>
-      <c r="H11">
-[...14 lines deleted...]
-      <c r="M11" t="s">
+      <c r="I71">
+        <v>2013</v>
+      </c>
+      <c r="J71" t="s">
+        <v>121</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>476</v>
+      </c>
+      <c r="M71" t="s">
+        <v>122</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>477</v>
+      </c>
+      <c r="P71" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>479</v>
+      </c>
+      <c r="B72" t="s">
+        <v>480</v>
+      </c>
+      <c r="C72" t="s">
+        <v>481</v>
+      </c>
+      <c r="D72" t="s">
+        <v>482</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2009</v>
+      </c>
+      <c r="I72">
+        <v>2016</v>
+      </c>
+      <c r="J72" t="s">
+        <v>33</v>
+      </c>
+      <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...35 lines deleted...]
-      <c r="L12" t="s">
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>483</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>484</v>
+      </c>
+      <c r="P72" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>486</v>
+      </c>
+      <c r="B73" t="s">
+        <v>487</v>
+      </c>
+      <c r="C73" t="s">
+        <v>167</v>
+      </c>
+      <c r="D73" t="s">
+        <v>79</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>107</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2007</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
+        <v>488</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>489</v>
+      </c>
+      <c r="M73" t="s">
+        <v>490</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>491</v>
+      </c>
+      <c r="P73" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>493</v>
+      </c>
+      <c r="B74" t="s">
+        <v>494</v>
+      </c>
+      <c r="C74" t="s">
         <v>85</v>
       </c>
-      <c r="M12" t="s">
-[...2 lines deleted...]
-      <c r="N12" t="s">
+      <c r="D74" t="s">
         <v>86</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" t="s">
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>64</v>
+      </c>
+      <c r="H74">
+        <v>2021</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
         <v>87</v>
       </c>
-      <c r="B13" t="s">
-[...17 lines deleted...]
-      <c r="H13">
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74"/>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>495</v>
+      </c>
+      <c r="P74" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>497</v>
+      </c>
+      <c r="B75" t="s">
+        <v>498</v>
+      </c>
+      <c r="C75" t="s">
+        <v>167</v>
+      </c>
+      <c r="D75" t="s">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>1997</v>
+      </c>
+      <c r="I75">
+        <v>2022</v>
+      </c>
+      <c r="J75" t="s">
+        <v>168</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>499</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>500</v>
+      </c>
+      <c r="P75" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>502</v>
+      </c>
+      <c r="B76" t="s">
+        <v>338</v>
+      </c>
+      <c r="C76" t="s">
+        <v>503</v>
+      </c>
+      <c r="D76" t="s">
+        <v>79</v>
+      </c>
+      <c r="E76" t="s">
+        <v>135</v>
+      </c>
+      <c r="F76" t="s">
+        <v>144</v>
+      </c>
+      <c r="G76" t="s">
+        <v>136</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>55</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>504</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>505</v>
+      </c>
+      <c r="P76" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>507</v>
+      </c>
+      <c r="B77" t="s">
+        <v>508</v>
+      </c>
+      <c r="C77" t="s">
+        <v>509</v>
+      </c>
+      <c r="D77" t="s">
+        <v>79</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77">
+        <v>2021</v>
+      </c>
+      <c r="J77" t="s">
+        <v>168</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>510</v>
+      </c>
+      <c r="M77" t="s">
+        <v>511</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>512</v>
+      </c>
+      <c r="P77" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>514</v>
+      </c>
+      <c r="B78" t="s">
+        <v>515</v>
+      </c>
+      <c r="C78" t="s">
+        <v>509</v>
+      </c>
+      <c r="D78" t="s">
+        <v>79</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>43</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2002</v>
+      </c>
+      <c r="I78">
+        <v>2021</v>
+      </c>
+      <c r="J78" t="s">
+        <v>168</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>516</v>
+      </c>
+      <c r="M78" t="s">
+        <v>511</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>517</v>
+      </c>
+      <c r="P78" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>519</v>
+      </c>
+      <c r="B79" t="s">
+        <v>520</v>
+      </c>
+      <c r="C79" t="s">
+        <v>521</v>
+      </c>
+      <c r="D79" t="s">
+        <v>379</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>144</v>
+      </c>
+      <c r="G79" t="s">
+        <v>64</v>
+      </c>
+      <c r="H79">
         <v>2013</v>
       </c>
-      <c r="I13" t="s">
-[...37 lines deleted...]
-      <c r="G14">
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>206</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>522</v>
+      </c>
+      <c r="M79" t="s">
+        <v>523</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>524</v>
+      </c>
+      <c r="P79" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>526</v>
+      </c>
+      <c r="B80" t="s">
+        <v>527</v>
+      </c>
+      <c r="C80" t="s">
+        <v>528</v>
+      </c>
+      <c r="D80" t="s">
+        <v>529</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>144</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2012</v>
+      </c>
+      <c r="I80">
+        <v>2014</v>
+      </c>
+      <c r="J80" t="s">
+        <v>200</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>530</v>
+      </c>
+      <c r="M80" t="s">
+        <v>531</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>532</v>
+      </c>
+      <c r="P80" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>534</v>
+      </c>
+      <c r="B81" t="s">
+        <v>535</v>
+      </c>
+      <c r="C81" t="s">
+        <v>134</v>
+      </c>
+      <c r="D81" t="s">
+        <v>536</v>
+      </c>
+      <c r="E81" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" t="s">
+        <v>43</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2014</v>
+      </c>
+      <c r="I81">
+        <v>2017</v>
+      </c>
+      <c r="J81" t="s">
+        <v>108</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>138</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>537</v>
+      </c>
+      <c r="P81" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>539</v>
+      </c>
+      <c r="B82" t="s">
+        <v>540</v>
+      </c>
+      <c r="C82" t="s">
+        <v>260</v>
+      </c>
+      <c r="D82" t="s">
+        <v>541</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>43</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82">
+        <v>2016</v>
+      </c>
+      <c r="J82" t="s">
+        <v>273</v>
+      </c>
+      <c r="K82" t="s">
+        <v>542</v>
+      </c>
+      <c r="L82" t="s">
+        <v>543</v>
+      </c>
+      <c r="M82" t="s">
+        <v>544</v>
+      </c>
+      <c r="N82" t="s">
+        <v>545</v>
+      </c>
+      <c r="O82" t="s">
+        <v>546</v>
+      </c>
+      <c r="P82" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>548</v>
+      </c>
+      <c r="B83" t="s">
+        <v>549</v>
+      </c>
+      <c r="C83" t="s">
+        <v>182</v>
+      </c>
+      <c r="D83" t="s">
+        <v>550</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>107</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2011</v>
       </c>
-      <c r="H14">
-[...109 lines deleted...]
-      <c r="D17" t="s">
+      <c r="I83">
+        <v>2017</v>
+      </c>
+      <c r="J83" t="s">
         <v>108</v>
       </c>
-      <c r="E17" t="s">
-[...2808 lines deleted...]
-      </c>
+      <c r="K83" t="s">
+        <v>542</v>
+      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>388</v>
+        <v>551</v>
       </c>
       <c r="N83" t="s">
-        <v>393</v>
+        <v>545</v>
+      </c>
+      <c r="O83" t="s">
+        <v>552</v>
+      </c>
+      <c r="P83" t="s">
+        <v>553</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>