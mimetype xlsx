--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,304 +12,366 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -573,527 +635,590 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L6" t="s">
         <v>25</v>
       </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...17 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
         <v>32</v>
       </c>
-      <c r="J3" t="s">
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>37</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="E10" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...173 lines deleted...]
-      <c r="B8" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
-[...113 lines deleted...]
-        <v>70</v>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>