--- v1 (2025-11-29)
+++ v2 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -264,50 +264,53 @@
   <si>
     <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
@@ -649,51 +652,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1067,122 +1070,122 @@
       </c>
       <c r="P8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>80</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">