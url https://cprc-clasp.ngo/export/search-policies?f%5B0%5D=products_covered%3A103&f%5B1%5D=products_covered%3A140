--- v0 (2025-10-14)
+++ v1 (2026-03-06)
@@ -12,298 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -567,491 +625,548 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="131" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>78</v>
+      </c>
+      <c r="G8" t="s">
+        <v>79</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...285 lines deleted...]
-        <v>68</v>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>