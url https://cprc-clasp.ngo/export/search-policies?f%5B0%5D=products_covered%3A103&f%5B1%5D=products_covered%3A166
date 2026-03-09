--- v0 (2025-11-29)
+++ v1 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -197,50 +197,53 @@
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
@@ -582,51 +585,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -858,122 +861,122 @@
       </c>
       <c r="P5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>60</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="H6">
         <v>2014</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>60</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">