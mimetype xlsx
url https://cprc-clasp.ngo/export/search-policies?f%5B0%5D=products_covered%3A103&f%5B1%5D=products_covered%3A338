--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -265,72 +265,69 @@
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
     <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
@@ -425,50 +422,53 @@
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -579,50 +579,53 @@
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
     <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
 (a) built-in washing machines and washer-dryers; and
 (b) machines that can also be powered by batteries.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
@@ -1021,51 +1024,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1395,343 +1398,345 @@
       </c>
       <c r="P7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>77</v>
       </c>
       <c r="B8" t="s">
         <v>78</v>
       </c>
       <c r="C8" t="s">
         <v>79</v>
       </c>
       <c r="D8" t="s">
         <v>80</v>
       </c>
       <c r="E8" t="s">
         <v>53</v>
       </c>
       <c r="F8" t="s">
         <v>81</v>
       </c>
       <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
         <v>82</v>
-      </c>
-[...5 lines deleted...]
-        <v>83</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="N8" t="s">
         <v>25</v>
       </c>
       <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
         <v>87</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D9" t="s">
         <v>52</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>63</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2009</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>44</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="N9" t="s">
         <v>37</v>
       </c>
       <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
         <v>94</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M10" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="N10" t="s">
         <v>37</v>
       </c>
       <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
         <v>102</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>37</v>
       </c>
       <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
         <v>107</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>108</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E12" t="s">
         <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
+        <v>110</v>
+      </c>
+      <c r="K12" t="s">
         <v>111</v>
       </c>
-      <c r="K12" t="s">
+      <c r="L12" t="s">
         <v>112</v>
       </c>
-      <c r="L12" t="s">
+      <c r="M12" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="N12" t="s">
         <v>37</v>
       </c>
       <c r="O12" t="s">
+        <v>114</v>
+      </c>
+      <c r="P12" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B13" t="s">
         <v>117</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>118</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>63</v>
       </c>
       <c r="G13" t="s">
         <v>32</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13">
         <v>2021</v>
       </c>
       <c r="J13" t="s">
+        <v>120</v>
+      </c>
+      <c r="K13" t="s">
         <v>121</v>
       </c>
-      <c r="K13" t="s">
+      <c r="L13" t="s">
         <v>122</v>
       </c>
-      <c r="L13" t="s">
+      <c r="M13" t="s">
         <v>123</v>
       </c>
-      <c r="M13" t="s">
+      <c r="N13" t="s">
         <v>124</v>
       </c>
-      <c r="N13" t="s">
+      <c r="O13" t="s">
         <v>125</v>
       </c>
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>127</v>
+      </c>
+      <c r="B14" t="s">
         <v>128</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D14" t="s">
         <v>80</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
+        <v>130</v>
+      </c>
+      <c r="G14" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="H14">
         <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>132</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
         <v>133</v>
       </c>
       <c r="M14" t="s">
         <v>134</v>
       </c>
       <c r="N14" t="s">
         <v>37</v>
       </c>
       <c r="O14" t="s">
         <v>135</v>
       </c>
       <c r="P14" t="s">
         <v>136</v>
@@ -1887,58 +1892,58 @@
         <v>161</v>
       </c>
       <c r="C18" t="s">
         <v>155</v>
       </c>
       <c r="D18" t="s">
         <v>162</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>64</v>
       </c>
       <c r="K18" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>157</v>
       </c>
       <c r="N18" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O18" t="s">
         <v>163</v>
       </c>
       <c r="P18" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>165</v>
       </c>
       <c r="B19" t="s">
         <v>166</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
@@ -2015,222 +2020,222 @@
       </c>
       <c r="P20" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>175</v>
       </c>
       <c r="B21" t="s">
         <v>176</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>177</v>
       </c>
       <c r="E21" t="s">
         <v>53</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>178</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N21" t="s">
         <v>37</v>
       </c>
       <c r="O21" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P21" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22" t="s">
         <v>52</v>
       </c>
       <c r="E22" t="s">
         <v>53</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
         <v>32</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N22" t="s">
         <v>37</v>
       </c>
       <c r="O22" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P22" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C23" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D23" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>63</v>
       </c>
       <c r="G23" t="s">
         <v>32</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2014</v>
       </c>
       <c r="J23" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M23" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="N23" t="s">
         <v>37</v>
       </c>
       <c r="O23" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P23" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B24" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D24" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E24" t="s">
         <v>53</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>32</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24">
         <v>2016</v>
       </c>
       <c r="J24" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K24" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L24" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M24" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N24" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O24" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P24" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">