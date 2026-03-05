--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1356">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -207,50 +207,53 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
     <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -262,53 +265,50 @@
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
@@ -1717,66 +1717,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
     <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
@@ -2030,50 +2030,53 @@
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
     <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
@@ -2633,97 +2636,97 @@
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
     <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
@@ -2926,50 +2929,65 @@
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
@@ -4522,65 +4540,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P239"/>
+  <dimension ref="A1:P240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4814,258 +4832,258 @@
       </c>
       <c r="P5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>63</v>
       </c>
       <c r="D6" t="s">
         <v>64</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2016</v>
       </c>
       <c r="J6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2017</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>83</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9" t="s">
         <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
         <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>86</v>
       </c>
       <c r="P9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>90</v>
       </c>
       <c r="D10" t="s">
         <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1979</v>
       </c>
       <c r="I10">
         <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
         <v>92</v>
       </c>
       <c r="M10" t="s">
         <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>94</v>
       </c>
       <c r="P10" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>96</v>
       </c>
       <c r="B11" t="s">
@@ -5297,51 +5315,51 @@
       </c>
       <c r="M15" t="s">
         <v>131</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>132</v>
       </c>
       <c r="P15" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>134</v>
       </c>
       <c r="B16" t="s">
         <v>135</v>
       </c>
       <c r="C16" t="s">
         <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>55</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>33</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
         <v>136</v>
       </c>
       <c r="M16" t="s">
         <v>131</v>
@@ -5725,51 +5743,51 @@
       </c>
       <c r="M24" t="s">
         <v>169</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>192</v>
       </c>
       <c r="P24" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>194</v>
       </c>
       <c r="B25" t="s">
         <v>195</v>
       </c>
       <c r="C25" t="s">
         <v>166</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2005</v>
       </c>
       <c r="I25">
         <v>2010</v>
       </c>
       <c r="J25" t="s">
         <v>150</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
         <v>196</v>
       </c>
@@ -6329,101 +6347,101 @@
       </c>
       <c r="M37" t="s">
         <v>260</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>267</v>
       </c>
       <c r="P37" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>269</v>
       </c>
       <c r="B38" t="s">
         <v>270</v>
       </c>
       <c r="C38" t="s">
         <v>166</v>
       </c>
       <c r="D38" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
         <v>83</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2003</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
         <v>174</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
         <v>271</v>
       </c>
       <c r="M38" t="s">
         <v>260</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>272</v>
       </c>
       <c r="P38" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>274</v>
       </c>
       <c r="B39" t="s">
         <v>275</v>
       </c>
       <c r="C39" t="s">
         <v>166</v>
       </c>
       <c r="D39" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
         <v>83</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2003</v>
       </c>
       <c r="I39">
         <v>2010</v>
       </c>
       <c r="J39" t="s">
         <v>174</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
         <v>196</v>
       </c>
@@ -6479,51 +6497,51 @@
       </c>
       <c r="M40" t="s">
         <v>260</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>281</v>
       </c>
       <c r="P40" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>283</v>
       </c>
       <c r="B41" t="s">
         <v>284</v>
       </c>
       <c r="C41" t="s">
         <v>166</v>
       </c>
       <c r="D41" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
         <v>83</v>
       </c>
       <c r="G41" t="s">
         <v>55</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41">
         <v>2019</v>
       </c>
       <c r="J41" t="s">
         <v>150</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
         <v>280</v>
       </c>
@@ -6777,51 +6795,51 @@
       </c>
       <c r="M46" t="s">
         <v>260</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>309</v>
       </c>
       <c r="P46" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>311</v>
       </c>
       <c r="B47" t="s">
         <v>312</v>
       </c>
       <c r="C47" t="s">
         <v>166</v>
       </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>83</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2003</v>
       </c>
       <c r="I47">
         <v>2016</v>
       </c>
       <c r="J47" t="s">
         <v>174</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
         <v>313</v>
       </c>
@@ -6875,51 +6893,51 @@
       </c>
       <c r="M48" t="s">
         <v>260</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>319</v>
       </c>
       <c r="P48" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>321</v>
       </c>
       <c r="B49" t="s">
         <v>322</v>
       </c>
       <c r="C49" t="s">
         <v>323</v>
       </c>
       <c r="D49" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>108</v>
       </c>
       <c r="G49" t="s">
         <v>55</v>
       </c>
       <c r="H49">
         <v>2019</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>117</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
         <v>324</v>
       </c>
       <c r="M49" t="s">
         <v>325</v>
@@ -7017,51 +7035,51 @@
       <c r="L51"/>
       <c r="M51" t="s">
         <v>341</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>342</v>
       </c>
       <c r="P51" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>344</v>
       </c>
       <c r="B52" t="s">
         <v>345</v>
       </c>
       <c r="C52" t="s">
         <v>346</v>
       </c>
       <c r="D52" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>83</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2016</v>
       </c>
       <c r="I52">
         <v>2020</v>
       </c>
       <c r="J52" t="s">
         <v>44</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
         <v>347</v>
       </c>
@@ -7199,51 +7217,51 @@
         <v>34</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>369</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>370</v>
       </c>
       <c r="P55"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>371</v>
       </c>
       <c r="B56" t="s">
         <v>372</v>
       </c>
       <c r="C56" t="s">
         <v>373</v>
       </c>
       <c r="D56" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>149</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>374</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>375</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
@@ -7349,129 +7367,129 @@
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>392</v>
       </c>
       <c r="B59" t="s">
         <v>393</v>
       </c>
       <c r="C59" t="s">
         <v>394</v>
       </c>
       <c r="D59" t="s">
         <v>245</v>
       </c>
       <c r="E59" t="s">
         <v>42</v>
       </c>
       <c r="F59" t="s">
         <v>108</v>
       </c>
       <c r="G59" t="s">
         <v>149</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
         <v>395</v>
       </c>
       <c r="M59" t="s">
         <v>396</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>397</v>
       </c>
       <c r="P59" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>399</v>
       </c>
       <c r="B60" t="s">
         <v>400</v>
       </c>
       <c r="C60" t="s">
         <v>401</v>
       </c>
       <c r="D60" t="s">
         <v>402</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>108</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60"/>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
         <v>403</v>
       </c>
       <c r="M60" t="s">
         <v>404</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>405</v>
       </c>
       <c r="P60" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>407</v>
       </c>
       <c r="B61" t="s">
         <v>408</v>
       </c>
       <c r="C61" t="s">
         <v>409</v>
       </c>
       <c r="D61" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>83</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2009</v>
       </c>
       <c r="I61">
         <v>2015</v>
       </c>
       <c r="J61" t="s">
         <v>109</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
         <v>410</v>
       </c>
@@ -7525,119 +7543,119 @@
       </c>
       <c r="M62" t="s">
         <v>420</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>421</v>
       </c>
       <c r="P62" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>423</v>
       </c>
       <c r="B63" t="s">
         <v>424</v>
       </c>
       <c r="C63" t="s">
         <v>425</v>
       </c>
       <c r="D63" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>43</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>1993</v>
       </c>
       <c r="I63">
         <v>2009</v>
       </c>
       <c r="J63" t="s">
         <v>117</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
         <v>426</v>
       </c>
       <c r="M63" t="s">
         <v>427</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>428</v>
       </c>
       <c r="P63" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>430</v>
       </c>
       <c r="B64" t="s">
         <v>431</v>
       </c>
       <c r="C64" t="s">
         <v>432</v>
       </c>
       <c r="D64" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E64" t="s">
         <v>42</v>
       </c>
       <c r="F64" t="s">
         <v>83</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>1996</v>
       </c>
       <c r="I64">
         <v>2021</v>
       </c>
       <c r="J64" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
         <v>433</v>
       </c>
       <c r="M64" t="s">
         <v>434</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>435</v>
       </c>
       <c r="P64" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>437</v>
       </c>
       <c r="B65" t="s">
@@ -7721,101 +7739,101 @@
       </c>
       <c r="M66" t="s">
         <v>390</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>450</v>
       </c>
       <c r="P66" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>452</v>
       </c>
       <c r="B67" t="s">
         <v>453</v>
       </c>
       <c r="C67" t="s">
         <v>387</v>
       </c>
       <c r="D67" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>108</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
       <c r="I67">
         <v>2022</v>
       </c>
       <c r="J67" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
         <v>454</v>
       </c>
       <c r="M67" t="s">
         <v>390</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>455</v>
       </c>
       <c r="P67" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>457</v>
       </c>
       <c r="B68" t="s">
         <v>458</v>
       </c>
       <c r="C68" t="s">
         <v>387</v>
       </c>
       <c r="D68" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>108</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2007</v>
       </c>
       <c r="I68">
         <v>2024</v>
       </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
         <v>459</v>
       </c>
@@ -7869,119 +7887,119 @@
       <c r="L69"/>
       <c r="M69" t="s">
         <v>390</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>465</v>
       </c>
       <c r="P69" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>467</v>
       </c>
       <c r="B70" t="s">
         <v>468</v>
       </c>
       <c r="C70" t="s">
         <v>387</v>
       </c>
       <c r="D70" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>108</v>
       </c>
       <c r="G70" t="s">
         <v>55</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
       <c r="I70">
         <v>2022</v>
       </c>
       <c r="J70" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
         <v>469</v>
       </c>
       <c r="M70" t="s">
         <v>390</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>470</v>
       </c>
       <c r="P70" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>472</v>
       </c>
       <c r="B71" t="s">
         <v>473</v>
       </c>
       <c r="C71" t="s">
         <v>474</v>
       </c>
       <c r="D71" t="s">
         <v>475</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>108</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2016</v>
       </c>
       <c r="I71">
         <v>2019</v>
       </c>
       <c r="J71" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K71" t="s">
         <v>45</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>476</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
         <v>477</v>
       </c>
       <c r="P71" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>479</v>
       </c>
       <c r="B72" t="s">
         <v>480</v>
       </c>
@@ -8107,51 +8125,51 @@
       <c r="L74"/>
       <c r="M74" t="s">
         <v>497</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>498</v>
       </c>
       <c r="P74" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>500</v>
       </c>
       <c r="B75" t="s">
         <v>501</v>
       </c>
       <c r="C75" t="s">
         <v>90</v>
       </c>
       <c r="D75" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E75" t="s">
         <v>42</v>
       </c>
       <c r="F75" t="s">
         <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2000</v>
       </c>
       <c r="I75">
         <v>2012</v>
       </c>
       <c r="J75" t="s">
         <v>117</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>502</v>
@@ -8545,51 +8563,51 @@
       </c>
       <c r="M83" t="s">
         <v>515</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
         <v>542</v>
       </c>
       <c r="P83" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>544</v>
       </c>
       <c r="B84" t="s">
         <v>545</v>
       </c>
       <c r="C84" t="s">
         <v>513</v>
       </c>
       <c r="D84" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
         <v>83</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>1996</v>
       </c>
       <c r="I84">
         <v>2015</v>
       </c>
       <c r="J84" t="s">
         <v>174</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
         <v>546</v>
       </c>
@@ -8645,51 +8663,51 @@
       </c>
       <c r="M85" t="s">
         <v>552</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>553</v>
       </c>
       <c r="P85" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>555</v>
       </c>
       <c r="B86" t="s">
         <v>556</v>
       </c>
       <c r="C86" t="s">
         <v>557</v>
       </c>
       <c r="D86" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>108</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2015</v>
       </c>
       <c r="I86">
         <v>2023</v>
       </c>
       <c r="J86" t="s">
         <v>558</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>559</v>
@@ -8741,51 +8759,51 @@
       </c>
       <c r="M87" t="s">
         <v>565</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
         <v>566</v>
       </c>
       <c r="P87" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>568</v>
       </c>
       <c r="B88" t="s">
         <v>569</v>
       </c>
       <c r="C88" t="s">
         <v>166</v>
       </c>
       <c r="D88" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>1989</v>
       </c>
       <c r="I88">
         <v>2018</v>
       </c>
       <c r="J88" t="s">
         <v>174</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
         <v>186</v>
       </c>
@@ -8891,51 +8909,51 @@
       </c>
       <c r="M90" t="s">
         <v>169</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>578</v>
       </c>
       <c r="P90" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>580</v>
       </c>
       <c r="B91" t="s">
         <v>270</v>
       </c>
       <c r="C91" t="s">
         <v>166</v>
       </c>
       <c r="D91" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>1989</v>
       </c>
       <c r="I91">
         <v>2020</v>
       </c>
       <c r="J91" t="s">
         <v>150</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
         <v>581</v>
       </c>
@@ -9053,83 +9071,83 @@
         <v>592</v>
       </c>
       <c r="B94" t="s">
         <v>593</v>
       </c>
       <c r="C94" t="s">
         <v>166</v>
       </c>
       <c r="D94" t="s">
         <v>594</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>83</v>
       </c>
       <c r="G94" t="s">
         <v>55</v>
       </c>
       <c r="H94">
         <v>2021</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
         <v>595</v>
       </c>
       <c r="M94" t="s">
         <v>596</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>597</v>
       </c>
       <c r="P94" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>599</v>
       </c>
       <c r="B95" t="s">
         <v>600</v>
       </c>
       <c r="C95" t="s">
         <v>601</v>
       </c>
       <c r="D95" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>1986</v>
       </c>
       <c r="I95">
         <v>1988</v>
       </c>
       <c r="J95" t="s">
         <v>109</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
         <v>602</v>
@@ -9147,53 +9165,51 @@
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>605</v>
       </c>
       <c r="B96" t="s">
         <v>606</v>
       </c>
       <c r="C96" t="s">
         <v>607</v>
       </c>
       <c r="D96" t="s">
         <v>447</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>108</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2013</v>
       </c>
-      <c r="I96">
-[...1 lines deleted...]
-      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
         <v>608</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
         <v>609</v>
       </c>
       <c r="M96" t="s">
         <v>610</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>611</v>
       </c>
       <c r="P96" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>613</v>
@@ -9423,6627 +9439,6671 @@
       </c>
       <c r="M101" t="s">
         <v>624</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
         <v>640</v>
       </c>
       <c r="P101" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>642</v>
       </c>
       <c r="B102" t="s">
         <v>643</v>
       </c>
       <c r="C102" t="s">
         <v>409</v>
       </c>
       <c r="D102" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E102" t="s">
         <v>42</v>
       </c>
       <c r="F102" t="s">
         <v>83</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2005</v>
       </c>
       <c r="I102">
         <v>2013</v>
       </c>
       <c r="J102" t="s">
         <v>109</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
         <v>644</v>
       </c>
       <c r="M102" t="s">
         <v>645</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
         <v>646</v>
       </c>
       <c r="P102" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>648</v>
       </c>
       <c r="B103" t="s">
         <v>366</v>
       </c>
       <c r="C103" t="s">
         <v>649</v>
       </c>
       <c r="D103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>108</v>
       </c>
       <c r="G103" t="s">
         <v>149</v>
       </c>
       <c r="H103"/>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>650</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
         <v>651</v>
       </c>
       <c r="M103" t="s">
         <v>652</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
         <v>653</v>
       </c>
       <c r="P103"/>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>654</v>
       </c>
       <c r="B104" t="s">
         <v>655</v>
       </c>
       <c r="C104" t="s">
         <v>656</v>
       </c>
       <c r="D104" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>108</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>657</v>
       </c>
       <c r="H104">
         <v>2015</v>
       </c>
       <c r="I104">
         <v>2018</v>
       </c>
       <c r="J104" t="s">
         <v>124</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M104" t="s">
         <v>610</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P104" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B105" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C105" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D105" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>43</v>
       </c>
       <c r="G105" t="s">
         <v>149</v>
       </c>
       <c r="H105"/>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>150</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P105"/>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B106" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C106" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D106" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>149</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>150</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P106"/>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B107" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C107" t="s">
         <v>425</v>
       </c>
       <c r="D107" t="s">
         <v>116</v>
       </c>
       <c r="E107" t="s">
         <v>42</v>
       </c>
       <c r="F107" t="s">
         <v>83</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2010</v>
       </c>
       <c r="I107">
         <v>2012</v>
       </c>
       <c r="J107" t="s">
         <v>117</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>427</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P107" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B108" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C108" t="s">
         <v>425</v>
       </c>
       <c r="D108" t="s">
         <v>116</v>
       </c>
       <c r="E108" t="s">
         <v>42</v>
       </c>
       <c r="F108" t="s">
         <v>83</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>1996</v>
       </c>
       <c r="I108">
         <v>2010</v>
       </c>
       <c r="J108" t="s">
         <v>117</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
         <v>427</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="P108" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B109" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C109" t="s">
         <v>339</v>
       </c>
       <c r="D109" t="s">
         <v>447</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>108</v>
       </c>
       <c r="G109" t="s">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="H109">
         <v>2021</v>
       </c>
       <c r="I109">
         <v>2024</v>
       </c>
       <c r="J109" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="M109" t="s">
         <v>341</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P109" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B110" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C110" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D110" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>43</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2008</v>
       </c>
       <c r="I110">
         <v>2020</v>
       </c>
       <c r="J110" t="s">
         <v>484</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="M110" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="P110" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B111" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C111" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D111" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>1996</v>
       </c>
       <c r="I111">
         <v>2019</v>
       </c>
       <c r="J111" t="s">
         <v>44</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M111" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="P111" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B112" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C112" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D112" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>43</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>1996</v>
       </c>
       <c r="I112">
         <v>2019</v>
       </c>
       <c r="J112" t="s">
         <v>44</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M112" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P112" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B113" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C113" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D113" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2008</v>
       </c>
       <c r="I113">
         <v>2006</v>
       </c>
       <c r="J113" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="M113" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="P113" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B114" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C114" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D114" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>43</v>
       </c>
       <c r="G114" t="s">
         <v>55</v>
       </c>
       <c r="H114">
         <v>2009</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="P114" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B115" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C115" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D115" t="s">
         <v>167</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>55</v>
       </c>
       <c r="H115">
         <v>2009</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="M115" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="N115" t="s">
         <v>36</v>
       </c>
       <c r="O115" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P115" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B116" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C116" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D116" t="s">
         <v>116</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>108</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2002</v>
       </c>
       <c r="I116">
         <v>2002</v>
       </c>
       <c r="J116" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="M116" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="P116" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B117" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C117" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D117" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>108</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>1999</v>
       </c>
       <c r="I117">
         <v>2009</v>
       </c>
       <c r="J117" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="M117" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="P117" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B118" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C118" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D118" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>108</v>
       </c>
       <c r="G118" t="s">
         <v>55</v>
       </c>
       <c r="H118">
         <v>2002</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="M118" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P118" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B119" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C119" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D119" t="s">
         <v>235</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2013</v>
       </c>
       <c r="I119">
         <v>2014</v>
       </c>
       <c r="J119" t="s">
         <v>174</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="M119" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P119"/>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B120" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C120" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D120" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>43</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2012</v>
       </c>
       <c r="I120">
         <v>2013</v>
       </c>
       <c r="J120" t="s">
         <v>174</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="M120" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="P120" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B121" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C121" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D121" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>43</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>1996</v>
       </c>
       <c r="I121">
         <v>2017</v>
       </c>
       <c r="J121" t="s">
         <v>117</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="M121" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="P121" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B122" t="s">
         <v>366</v>
       </c>
       <c r="C122" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D122" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>21</v>
       </c>
       <c r="G122" t="s">
         <v>55</v>
       </c>
       <c r="H122">
         <v>2017</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>117</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P122" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B123" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C123" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D123" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2016</v>
       </c>
       <c r="I123">
         <v>2019</v>
       </c>
       <c r="J123" t="s">
         <v>44</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="P123" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B124" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C124" t="s">
         <v>367</v>
       </c>
       <c r="D124" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>108</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2005</v>
       </c>
       <c r="I124">
         <v>2008</v>
       </c>
       <c r="J124" t="s">
         <v>100</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="M124" t="s">
         <v>369</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="P124" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B125" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C125" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D125" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>108</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2004</v>
       </c>
       <c r="I125">
         <v>2010</v>
       </c>
       <c r="J125" t="s">
         <v>484</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="M125" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="P125" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B126" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C126" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D126" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>43</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2009</v>
       </c>
       <c r="I126">
         <v>2012</v>
       </c>
       <c r="J126" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="P126" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B127" t="s">
         <v>30</v>
       </c>
       <c r="C127" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D127" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2010</v>
       </c>
       <c r="I127">
         <v>2012</v>
       </c>
       <c r="J127" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127" t="s">
         <v>35</v>
       </c>
       <c r="M127" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
+        <v>773</v>
+      </c>
+      <c r="P127" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B128" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C128" t="s">
         <v>367</v>
       </c>
       <c r="D128" t="s">
         <v>490</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>55</v>
       </c>
       <c r="H128">
         <v>2022</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
         <v>369</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="P128" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B129" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C129" t="s">
         <v>432</v>
       </c>
       <c r="D129" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>108</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2008</v>
       </c>
       <c r="I129">
         <v>2020</v>
       </c>
       <c r="J129" t="s">
         <v>44</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="M129" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="N129" t="s">
         <v>36</v>
       </c>
       <c r="O129" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="P129" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B130" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C130" t="s">
         <v>401</v>
       </c>
       <c r="D130" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>43</v>
       </c>
       <c r="G130" t="s">
         <v>388</v>
       </c>
       <c r="H130">
         <v>2008</v>
       </c>
       <c r="I130">
         <v>2014</v>
       </c>
       <c r="J130" t="s">
         <v>629</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M130" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="P130" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B131" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C131" t="s">
         <v>401</v>
       </c>
       <c r="D131" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>43</v>
       </c>
       <c r="G131" t="s">
         <v>55</v>
       </c>
-      <c r="H131">
+      <c r="H131"/>
+      <c r="I131">
         <v>2024</v>
       </c>
-      <c r="I131"/>
       <c r="J131" t="s">
         <v>418</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="P131" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B132" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C132" t="s">
         <v>401</v>
       </c>
       <c r="D132" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>43</v>
       </c>
       <c r="G132" t="s">
         <v>8</v>
       </c>
       <c r="H132">
         <v>2008</v>
       </c>
       <c r="I132">
         <v>2014</v>
       </c>
       <c r="J132" t="s">
         <v>629</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="M132" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="P132" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B133" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C133" t="s">
         <v>401</v>
       </c>
       <c r="D133" t="s">
         <v>167</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>43</v>
       </c>
       <c r="G133" t="s">
         <v>388</v>
       </c>
       <c r="H133">
         <v>2021</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>629</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="M133" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="P133" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B134" t="s">
         <v>366</v>
       </c>
       <c r="C134" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D134" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>108</v>
       </c>
       <c r="G134" t="s">
         <v>149</v>
       </c>
       <c r="H134"/>
       <c r="I134"/>
       <c r="J134" t="s">
         <v>100</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="P134" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B135" t="s">
         <v>366</v>
       </c>
       <c r="C135" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D135" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E135" t="s">
         <v>42</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>149</v>
       </c>
       <c r="H135"/>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>100</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="P135" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B136" t="s">
         <v>366</v>
       </c>
       <c r="C136" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D136" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E136" t="s">
         <v>42</v>
       </c>
       <c r="F136" t="s">
         <v>43</v>
       </c>
       <c r="G136" t="s">
         <v>149</v>
       </c>
       <c r="H136"/>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>100</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
+        <v>812</v>
+      </c>
+      <c r="P136" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B137" t="s">
         <v>366</v>
       </c>
       <c r="C137" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D137" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="G137" t="s">
         <v>149</v>
       </c>
       <c r="H137"/>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>100</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="P137" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B138" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C138" t="s">
         <v>416</v>
       </c>
       <c r="D138" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E138" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F138" t="s">
         <v>108</v>
       </c>
       <c r="G138" t="s">
         <v>149</v>
       </c>
       <c r="H138"/>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>100</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="P138" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B139" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C139" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D139" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E139" t="s">
         <v>42</v>
       </c>
       <c r="F139" t="s">
         <v>108</v>
       </c>
       <c r="G139" t="s">
         <v>55</v>
       </c>
       <c r="H139">
         <v>2015</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M139" t="s">
         <v>652</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="P139" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B140" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C140" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D140" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>108</v>
       </c>
       <c r="G140" t="s">
         <v>55</v>
       </c>
       <c r="H140">
         <v>2016</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>100</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="P140" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B141" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C141" t="s">
         <v>98</v>
       </c>
       <c r="D141" t="s">
         <v>99</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>55</v>
       </c>
       <c r="H141">
         <v>2010</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>100</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
         <v>101</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="P141" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B142" t="s">
         <v>424</v>
       </c>
       <c r="C142" t="s">
         <v>425</v>
       </c>
       <c r="D142" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>1993</v>
       </c>
       <c r="I142">
         <v>2009</v>
       </c>
       <c r="J142" t="s">
         <v>117</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142" t="s">
         <v>426</v>
       </c>
       <c r="M142" t="s">
         <v>427</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="P142" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B143" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C143" t="s">
         <v>401</v>
       </c>
       <c r="D143" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2011</v>
       </c>
       <c r="I143">
         <v>2022</v>
       </c>
       <c r="J143" t="s">
         <v>629</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="M143" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="P143" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B144" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C144" t="s">
         <v>425</v>
       </c>
       <c r="D144" t="s">
         <v>167</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2010</v>
       </c>
       <c r="I144">
         <v>2012</v>
       </c>
       <c r="J144" t="s">
         <v>117</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
         <v>427</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="P144" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B145" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C145" t="s">
         <v>401</v>
       </c>
       <c r="D145" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>388</v>
       </c>
       <c r="H145">
         <v>2024</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>418</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="P145" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B146" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C146" t="s">
         <v>401</v>
       </c>
       <c r="D146" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>8</v>
+        <v>657</v>
       </c>
       <c r="H146">
         <v>2011</v>
       </c>
       <c r="I146">
         <v>2022</v>
       </c>
       <c r="J146" t="s">
         <v>629</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="M146" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="P146" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B147" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C147" t="s">
         <v>401</v>
       </c>
       <c r="D147" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2011</v>
       </c>
       <c r="I147">
         <v>2025</v>
       </c>
       <c r="J147" t="s">
         <v>418</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="P147" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B148" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C148" t="s">
         <v>401</v>
       </c>
       <c r="D148" t="s">
         <v>167</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>388</v>
       </c>
       <c r="H148">
         <v>2021</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
         <v>629</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="M148" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="P148" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B149" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C149" t="s">
         <v>409</v>
       </c>
       <c r="D149" t="s">
         <v>116</v>
       </c>
       <c r="E149" t="s">
         <v>42</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>55</v>
       </c>
       <c r="H149">
         <v>2003</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
         <v>109</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="M149" t="s">
         <v>645</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="P149" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B150" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C150" t="s">
         <v>425</v>
       </c>
       <c r="D150" t="s">
         <v>157</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>149</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K150" t="s">
         <v>159</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
         <v>427</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="P150" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B151" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C151" t="s">
         <v>409</v>
       </c>
       <c r="D151" t="s">
         <v>116</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2003</v>
       </c>
       <c r="I151">
         <v>2005</v>
       </c>
       <c r="J151" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
         <v>411</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="P151" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B152"/>
       <c r="C152" t="s">
         <v>409</v>
       </c>
       <c r="D152" t="s">
         <v>447</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>55</v>
       </c>
       <c r="H152">
         <v>2011</v>
       </c>
       <c r="I152">
         <v>2016</v>
       </c>
       <c r="J152" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
         <v>411</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="P152" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B153" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C153" t="s">
         <v>409</v>
       </c>
       <c r="D153" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>55</v>
       </c>
       <c r="H153">
         <v>2002</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
         <v>411</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="P153" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B154" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C154" t="s">
         <v>495</v>
       </c>
       <c r="D154" t="s">
         <v>496</v>
       </c>
       <c r="E154" t="s">
         <v>42</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>55</v>
       </c>
       <c r="H154">
         <v>2013</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
         <v>33</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
         <v>497</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="P154" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B155" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C155" t="s">
         <v>557</v>
       </c>
       <c r="D155" t="s">
         <v>417</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>108</v>
       </c>
       <c r="G155" t="s">
-        <v>22</v>
+        <v>657</v>
       </c>
       <c r="H155">
         <v>2021</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="M155" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="P155" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B156" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C156" t="s">
         <v>557</v>
       </c>
       <c r="D156" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>108</v>
       </c>
       <c r="G156" t="s">
         <v>55</v>
       </c>
       <c r="H156">
         <v>2021</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="P156" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B157" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C157" t="s">
         <v>557</v>
       </c>
       <c r="D157" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>108</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2015</v>
       </c>
       <c r="I157">
         <v>2018</v>
       </c>
       <c r="J157" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="M157" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="P157" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B158" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C158" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D158" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="E158" t="s">
         <v>42</v>
       </c>
       <c r="F158" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="G158" t="s">
         <v>55</v>
       </c>
       <c r="H158">
         <v>2009</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="P158" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B159" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C159" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D159" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="G159" t="s">
         <v>55</v>
       </c>
       <c r="H159">
         <v>2009</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="P159" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B160" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C160" t="s">
         <v>601</v>
       </c>
       <c r="D160" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="E160" t="s">
         <v>42</v>
       </c>
       <c r="F160" t="s">
         <v>43</v>
       </c>
       <c r="G160" t="s">
         <v>55</v>
       </c>
       <c r="H160">
         <v>2012</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
         <v>109</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="M160" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="P160" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B161" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C161" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D161" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2007</v>
       </c>
       <c r="I161">
         <v>2022</v>
       </c>
       <c r="J161" t="s">
         <v>484</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="P161" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B162" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C162" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D162" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E162" t="s">
         <v>42</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
         <v>2013</v>
       </c>
       <c r="I162">
         <v>2015</v>
       </c>
       <c r="J162" t="s">
         <v>44</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="M162" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="P162" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B163" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C163" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D163" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="E163" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F163" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="G163" t="s">
         <v>55</v>
       </c>
       <c r="H163">
         <v>2023</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>333</v>
       </c>
       <c r="K163" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="N163" t="s">
         <v>36</v>
       </c>
       <c r="O163" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="P163" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B164" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C164" t="s">
         <v>564</v>
       </c>
       <c r="D164" t="s">
         <v>208</v>
       </c>
       <c r="E164" t="s">
         <v>42</v>
       </c>
       <c r="F164" t="s">
         <v>43</v>
       </c>
       <c r="G164" t="s">
         <v>55</v>
       </c>
       <c r="H164">
         <v>2017</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
         <v>368</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
         <v>565</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="P164" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="B165" t="s">
         <v>946</v>
       </c>
+      <c r="B165"/>
       <c r="C165" t="s">
-        <v>947</v>
+        <v>564</v>
       </c>
       <c r="D165" t="s">
-        <v>167</v>
+        <v>78</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>108</v>
       </c>
       <c r="G165" t="s">
-        <v>22</v>
+        <v>388</v>
       </c>
       <c r="H165">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I165"/>
       <c r="J165" t="s">
-        <v>418</v>
+        <v>947</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
-      <c r="L165" t="s">
+      <c r="L165"/>
+      <c r="M165" t="s">
         <v>948</v>
       </c>
-      <c r="M165" t="s">
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
         <v>949</v>
       </c>
-      <c r="N165" t="s">
-[...2 lines deleted...]
-      <c r="O165" t="s">
+      <c r="P165" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
+        <v>951</v>
+      </c>
+      <c r="B166" t="s">
         <v>952</v>
       </c>
-      <c r="B166" t="s">
+      <c r="C166" t="s">
         <v>953</v>
       </c>
-      <c r="C166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D166" t="s">
-        <v>77</v>
+        <v>167</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="I166">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J166" t="s">
-        <v>629</v>
+        <v>418</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="M166" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="P166" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B167" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C167" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D167" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>1995</v>
       </c>
       <c r="I167">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J167" t="s">
         <v>629</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
-      <c r="L167"/>
+      <c r="L167" t="s">
+        <v>958</v>
+      </c>
       <c r="M167" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="P167" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="B168" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C168" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D168" t="s">
-        <v>962</v>
+        <v>78</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G168" t="s">
-        <v>388</v>
+        <v>22</v>
       </c>
       <c r="H168">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I168"/>
+        <v>1995</v>
+      </c>
+      <c r="I168">
+        <v>2018</v>
+      </c>
       <c r="J168" t="s">
-        <v>418</v>
+        <v>629</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
-      <c r="L168" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L168"/>
       <c r="M168" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
         <v>964</v>
       </c>
       <c r="P168" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
         <v>966</v>
       </c>
       <c r="B169" t="s">
         <v>967</v>
       </c>
       <c r="C169" t="s">
+        <v>953</v>
+      </c>
+      <c r="D169" t="s">
         <v>968</v>
       </c>
-      <c r="D169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="G169" t="s">
-        <v>55</v>
+        <v>388</v>
       </c>
       <c r="H169">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>374</v>
+        <v>418</v>
       </c>
       <c r="K169" t="s">
-        <v>159</v>
+        <v>34</v>
       </c>
       <c r="L169" t="s">
+        <v>969</v>
+      </c>
+      <c r="M169" t="s">
+        <v>955</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
         <v>970</v>
       </c>
-      <c r="M169" t="s">
+      <c r="P169" t="s">
         <v>971</v>
-      </c>
-[...7 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
+        <v>972</v>
+      </c>
+      <c r="B170" t="s">
+        <v>973</v>
+      </c>
+      <c r="C170" t="s">
         <v>974</v>
       </c>
-      <c r="B170" t="s">
+      <c r="D170" t="s">
         <v>975</v>
       </c>
-      <c r="C170" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E170" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F170" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="G170" t="s">
         <v>55</v>
       </c>
       <c r="H170">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>117</v>
+        <v>374</v>
       </c>
       <c r="K170" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L170"/>
+        <v>159</v>
+      </c>
+      <c r="L170" t="s">
+        <v>976</v>
+      </c>
       <c r="M170" t="s">
         <v>977</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
         <v>978</v>
       </c>
       <c r="P170" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
         <v>980</v>
       </c>
       <c r="B171" t="s">
         <v>981</v>
       </c>
       <c r="C171" t="s">
-        <v>361</v>
+        <v>982</v>
       </c>
       <c r="D171" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G171" t="s">
         <v>55</v>
       </c>
       <c r="H171">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>56</v>
+        <v>117</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="N171" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="P171" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B172" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C172" t="s">
-        <v>935</v>
+        <v>361</v>
       </c>
       <c r="D172" t="s">
-        <v>77</v>
+        <v>53</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="G172" t="s">
         <v>55</v>
       </c>
       <c r="H172">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I172"/>
       <c r="J172" t="s">
-        <v>678</v>
+        <v>56</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
-      <c r="L172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L172"/>
       <c r="M172" t="s">
-        <v>939</v>
+        <v>988</v>
       </c>
       <c r="N172" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="O172" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="P172" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B173" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C173" t="s">
-        <v>992</v>
+        <v>936</v>
       </c>
       <c r="D173" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="G173" t="s">
         <v>55</v>
       </c>
       <c r="H173">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I173"/>
+        <v>2014</v>
+      </c>
+      <c r="I173">
+        <v>2024</v>
+      </c>
       <c r="J173" t="s">
-        <v>703</v>
+        <v>679</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
         <v>993</v>
       </c>
       <c r="M173" t="s">
+        <v>940</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
         <v>994</v>
       </c>
-      <c r="N173" t="s">
-[...2 lines deleted...]
-      <c r="O173" t="s">
+      <c r="P173" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
+        <v>996</v>
+      </c>
+      <c r="B174" t="s">
         <v>997</v>
       </c>
-      <c r="B174" t="s">
+      <c r="C174" t="s">
         <v>998</v>
       </c>
-      <c r="C174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D174" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G174" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H174">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I174"/>
       <c r="J174" t="s">
-        <v>158</v>
+        <v>704</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174" t="s">
         <v>999</v>
       </c>
       <c r="M174" t="s">
-        <v>341</v>
+        <v>1000</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="P174" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B175" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C175" t="s">
-        <v>649</v>
+        <v>339</v>
       </c>
       <c r="D175" t="s">
-        <v>1004</v>
+        <v>78</v>
       </c>
       <c r="E175" t="s">
-        <v>818</v>
+        <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>108</v>
       </c>
       <c r="G175" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-      <c r="I175"/>
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>1993</v>
+      </c>
+      <c r="I175">
+        <v>2007</v>
+      </c>
       <c r="J175" t="s">
-        <v>418</v>
+        <v>158</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
-      <c r="L175"/>
-      <c r="M175"/>
+      <c r="L175" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M175" t="s">
+        <v>341</v>
+      </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="P175" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B176" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C176" t="s">
-        <v>684</v>
+        <v>649</v>
       </c>
       <c r="D176" t="s">
-        <v>77</v>
+        <v>1010</v>
       </c>
       <c r="E176" t="s">
-        <v>42</v>
+        <v>819</v>
       </c>
       <c r="F176" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="G176" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H176"/>
+      <c r="I176"/>
       <c r="J176" t="s">
-        <v>484</v>
+        <v>418</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
-      <c r="L176" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L176"/>
+      <c r="M176"/>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
         <v>1011</v>
       </c>
       <c r="P176" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
         <v>1013</v>
       </c>
       <c r="B177" t="s">
         <v>1014</v>
       </c>
       <c r="C177" t="s">
-        <v>156</v>
+        <v>685</v>
       </c>
       <c r="D177" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E177" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F177" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="I177">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J177" t="s">
-        <v>158</v>
+        <v>484</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
-      <c r="L177"/>
+      <c r="L177" t="s">
+        <v>1015</v>
+      </c>
       <c r="M177" t="s">
-        <v>161</v>
+        <v>1016</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="P177" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="B178" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C178" t="s">
-        <v>409</v>
+        <v>156</v>
       </c>
       <c r="D178" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E178" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F178" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
-        <v>1991</v>
+        <v>2008</v>
       </c>
       <c r="I178">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="J178" t="s">
-        <v>109</v>
+        <v>158</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
-      <c r="L178" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L178"/>
       <c r="M178" t="s">
-        <v>411</v>
+        <v>161</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="P178" t="s">
-        <v>867</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="B179" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C179" t="s">
         <v>409</v>
       </c>
       <c r="D179" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E179" t="s">
         <v>42</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>1991</v>
       </c>
       <c r="I179">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J179" t="s">
         <v>109</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179" t="s">
-        <v>410</v>
+        <v>1025</v>
       </c>
       <c r="M179" t="s">
         <v>411</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="P179" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="B180" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="C180" t="s">
         <v>409</v>
       </c>
       <c r="D180" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E180" t="s">
         <v>42</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180">
         <v>1991</v>
       </c>
       <c r="I180">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="J180" t="s">
         <v>109</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>1026</v>
+        <v>410</v>
       </c>
       <c r="M180" t="s">
-        <v>645</v>
+        <v>411</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="P180" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B181" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C181" t="s">
-        <v>1030</v>
+        <v>409</v>
       </c>
       <c r="D181" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E181" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F181" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G181" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H181">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I181"/>
+        <v>1991</v>
+      </c>
+      <c r="I181">
+        <v>2016</v>
+      </c>
       <c r="J181" t="s">
-        <v>703</v>
+        <v>109</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="M181" t="s">
-        <v>1032</v>
+        <v>645</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
         <v>1033</v>
       </c>
       <c r="P181" t="s">
-        <v>1034</v>
+        <v>868</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B182" t="s">
         <v>1035</v>
       </c>
-      <c r="B182" t="s">
+      <c r="C182" t="s">
         <v>1036</v>
       </c>
-      <c r="C182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D182" t="s">
-        <v>1038</v>
+        <v>78</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>108</v>
       </c>
       <c r="G182" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H182">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I182"/>
       <c r="J182" t="s">
-        <v>124</v>
+        <v>704</v>
       </c>
       <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1037</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1038</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
         <v>1039</v>
       </c>
-      <c r="L182" t="s">
+      <c r="P182" t="s">
         <v>1040</v>
-      </c>
-[...10 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D183" t="s">
         <v>1044</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>108</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I183">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="J183" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="K183" t="s">
-        <v>34</v>
+        <v>1045</v>
       </c>
       <c r="L183" t="s">
+        <v>1046</v>
+      </c>
+      <c r="M183" t="s">
         <v>1047</v>
       </c>
-      <c r="M183" t="s">
+      <c r="N183" t="s">
+        <v>36</v>
+      </c>
+      <c r="O183" t="s">
         <v>1048</v>
       </c>
-      <c r="N183" t="s">
-[...2 lines deleted...]
-      <c r="O183" t="s">
+      <c r="P183" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B184" t="s">
         <v>1051</v>
       </c>
-      <c r="B184" t="s">
+      <c r="C184" t="s">
         <v>1052</v>
       </c>
-      <c r="C184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" t="s">
-        <v>245</v>
+        <v>78</v>
       </c>
       <c r="E184" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>108</v>
       </c>
       <c r="G184" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-      <c r="I184"/>
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2015</v>
+      </c>
+      <c r="I184">
+        <v>2018</v>
+      </c>
       <c r="J184" t="s">
-        <v>703</v>
+        <v>158</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184" t="s">
-        <v>246</v>
+        <v>1053</v>
       </c>
       <c r="M184" t="s">
         <v>1054</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
         <v>1055</v>
       </c>
       <c r="P184" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
         <v>1057</v>
       </c>
       <c r="B185" t="s">
         <v>1058</v>
       </c>
       <c r="C185" t="s">
         <v>1059</v>
       </c>
       <c r="D185" t="s">
-        <v>1060</v>
+        <v>245</v>
       </c>
       <c r="E185" t="s">
         <v>42</v>
       </c>
       <c r="F185" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="G185" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H185"/>
+      <c r="I185"/>
       <c r="J185" t="s">
+        <v>704</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>246</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1060</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
         <v>1061</v>
       </c>
-      <c r="K185" t="s">
-[...3 lines deleted...]
-      <c r="M185" t="s">
+      <c r="P185" t="s">
         <v>1062</v>
-      </c>
-[...7 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C186" t="s">
         <v>1065</v>
       </c>
-      <c r="B186" t="s">
+      <c r="D186" t="s">
         <v>1066</v>
       </c>
-      <c r="C186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E186" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F186" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I186">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J186" t="s">
-        <v>33</v>
+        <v>1067</v>
       </c>
       <c r="K186" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>664</v>
+        <v>1068</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
         <v>1069</v>
       </c>
       <c r="P186" t="s">
         <v>1070</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
         <v>1071</v>
       </c>
       <c r="B187" t="s">
         <v>1072</v>
       </c>
       <c r="C187" t="s">
-        <v>992</v>
+        <v>1073</v>
       </c>
       <c r="D187" t="s">
-        <v>77</v>
+        <v>1074</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>21</v>
       </c>
       <c r="G187" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H187">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I187"/>
+        <v>2009</v>
+      </c>
+      <c r="I187">
+        <v>2013</v>
+      </c>
       <c r="J187" t="s">
-        <v>484</v>
+        <v>33</v>
       </c>
       <c r="K187" t="s">
         <v>34</v>
       </c>
-      <c r="L187" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L187"/>
       <c r="M187" t="s">
-        <v>1074</v>
+        <v>665</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
         <v>1075</v>
       </c>
       <c r="P187" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
         <v>1077</v>
       </c>
       <c r="B188" t="s">
         <v>1078</v>
       </c>
       <c r="C188" t="s">
-        <v>1079</v>
+        <v>998</v>
       </c>
       <c r="D188" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>55</v>
       </c>
       <c r="H188">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>100</v>
+        <v>484</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M188" t="s">
         <v>1080</v>
       </c>
-      <c r="M188" t="s">
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
         <v>1081</v>
       </c>
-      <c r="N188" t="s">
-[...2 lines deleted...]
-      <c r="O188" t="s">
+      <c r="P188" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B189" t="s">
         <v>1084</v>
       </c>
-      <c r="B189" t="s">
+      <c r="C189" t="s">
         <v>1085</v>
       </c>
-      <c r="C189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>108</v>
       </c>
       <c r="G189" t="s">
         <v>55</v>
       </c>
       <c r="H189">
         <v>2019</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>100</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189" t="s">
         <v>1086</v>
       </c>
       <c r="M189" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="P189" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="B190" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C190" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="D190" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>108</v>
       </c>
       <c r="G190" t="s">
         <v>55</v>
       </c>
       <c r="H190">
         <v>2019</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
         <v>100</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="M190" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="P190" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="B191" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="C191" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="D191" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>108</v>
       </c>
       <c r="G191" t="s">
         <v>55</v>
       </c>
       <c r="H191">
         <v>2019</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
         <v>100</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="M191" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="P191" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="B192" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C192" t="s">
-        <v>156</v>
+        <v>1085</v>
       </c>
       <c r="D192" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>108</v>
       </c>
       <c r="G192" t="s">
         <v>55</v>
       </c>
       <c r="H192">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
-        <v>158</v>
+        <v>100</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
-      <c r="L192"/>
+      <c r="L192" t="s">
+        <v>1100</v>
+      </c>
       <c r="M192" t="s">
-        <v>161</v>
+        <v>1087</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="P192" t="s">
-        <v>1016</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="B193" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="C193" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="D193" t="s">
-        <v>1101</v>
+        <v>78</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
       <c r="G193" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H193">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I193"/>
       <c r="J193" t="s">
-        <v>56</v>
+        <v>158</v>
       </c>
       <c r="K193" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>1102</v>
+        <v>161</v>
       </c>
       <c r="N193" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="P193" t="s">
-        <v>1104</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
         <v>1105</v>
       </c>
       <c r="B194" t="s">
         <v>1106</v>
       </c>
       <c r="C194" t="s">
-        <v>409</v>
+        <v>52</v>
       </c>
       <c r="D194" t="s">
-        <v>167</v>
+        <v>1107</v>
       </c>
       <c r="E194" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="I194">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="J194" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="K194" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>411</v>
+        <v>1108</v>
       </c>
       <c r="N194" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="O194" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="P194" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="B195" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C195" t="s">
         <v>409</v>
       </c>
       <c r="D195" t="s">
-        <v>77</v>
+        <v>167</v>
       </c>
       <c r="E195" t="s">
         <v>42</v>
       </c>
       <c r="F195" t="s">
         <v>43</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2010</v>
       </c>
       <c r="I195">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J195" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
-      <c r="L195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L195"/>
       <c r="M195" t="s">
         <v>411</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="P195" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="B196" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="C196" t="s">
-        <v>1115</v>
+        <v>409</v>
       </c>
       <c r="D196" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E196" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F196" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G196" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H196">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I196"/>
+        <v>2010</v>
+      </c>
+      <c r="I196">
+        <v>2010</v>
+      </c>
       <c r="J196" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
-      <c r="L196"/>
+      <c r="L196" t="s">
+        <v>1032</v>
+      </c>
       <c r="M196" t="s">
-        <v>1116</v>
+        <v>411</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
         <v>1117</v>
       </c>
       <c r="P196" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="B197" t="s">
-        <v>366</v>
+        <v>1120</v>
       </c>
       <c r="C197" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="D197" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>108</v>
       </c>
       <c r="G197" t="s">
         <v>55</v>
       </c>
       <c r="H197">
         <v>2014</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
         <v>100</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="P197" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B198" t="s">
+        <v>366</v>
+      </c>
+      <c r="C198" t="s">
         <v>1121</v>
       </c>
-      <c r="B198" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D198" t="s">
-        <v>208</v>
+        <v>78</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>108</v>
       </c>
       <c r="G198" t="s">
         <v>55</v>
       </c>
       <c r="H198">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
         <v>100</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
         <v>1125</v>
       </c>
       <c r="P198" t="s">
         <v>1126</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
         <v>1127</v>
       </c>
       <c r="B199" t="s">
         <v>1128</v>
       </c>
       <c r="C199" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="D199" t="s">
-        <v>77</v>
+        <v>208</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>108</v>
       </c>
       <c r="G199" t="s">
         <v>55</v>
       </c>
       <c r="H199">
         <v>2019</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
         <v>100</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="P199" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B200" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C200" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="D200" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>108</v>
       </c>
       <c r="G200" t="s">
         <v>55</v>
       </c>
       <c r="H200">
         <v>2019</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
         <v>100</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="P200" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="B201" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C201" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="D201" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G201" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="H201"/>
+        <v>55</v>
+      </c>
+      <c r="H201">
+        <v>2019</v>
+      </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
         <v>1139</v>
       </c>
       <c r="P201" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
         <v>1141</v>
       </c>
       <c r="B202" t="s">
         <v>1142</v>
       </c>
       <c r="C202" t="s">
         <v>1143</v>
       </c>
       <c r="D202" t="s">
-        <v>1144</v>
+        <v>78</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G202" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H202"/>
       <c r="I202"/>
       <c r="J202" t="s">
         <v>44</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
         <v>1145</v>
       </c>
-      <c r="N202" t="s">
-[...2 lines deleted...]
-      <c r="O202" t="s">
+      <c r="P202" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B203" t="s">
         <v>1148</v>
       </c>
-      <c r="B203" t="s">
+      <c r="C203" t="s">
         <v>1149</v>
       </c>
-      <c r="C203" t="s">
+      <c r="D203" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G203" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H203">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I203">
         <v>2018</v>
       </c>
+      <c r="I203"/>
       <c r="J203" t="s">
-        <v>117</v>
+        <v>44</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
-      <c r="L203" t="s">
+      <c r="L203"/>
+      <c r="M203" t="s">
         <v>1151</v>
       </c>
-      <c r="M203" t="s">
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
         <v>1152</v>
       </c>
-      <c r="N203" t="s">
-[...2 lines deleted...]
-      <c r="O203" t="s">
+      <c r="P203" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B204" t="s">
         <v>1155</v>
       </c>
-      <c r="B204" t="s">
+      <c r="C204" t="s">
         <v>1156</v>
       </c>
-      <c r="C204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" t="s">
-        <v>1157</v>
+        <v>78</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G204" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H204">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I204"/>
+        <v>2013</v>
+      </c>
+      <c r="I204">
+        <v>2018</v>
+      </c>
       <c r="J204" t="s">
         <v>117</v>
       </c>
       <c r="K204" t="s">
         <v>34</v>
       </c>
-      <c r="L204"/>
+      <c r="L204" t="s">
+        <v>1157</v>
+      </c>
       <c r="M204" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="P204" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B205" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C205" t="s">
-        <v>387</v>
+        <v>1156</v>
       </c>
       <c r="D205" t="s">
-        <v>116</v>
+        <v>1163</v>
       </c>
       <c r="E205" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F205" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G205" t="s">
         <v>55</v>
       </c>
       <c r="H205">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
-        <v>65</v>
+        <v>117</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
-      <c r="L205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L205"/>
       <c r="M205" t="s">
-        <v>390</v>
+        <v>1158</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="P205" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="B206" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C206" t="s">
         <v>387</v>
       </c>
       <c r="D206" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="E206" t="s">
         <v>42</v>
       </c>
       <c r="F206" t="s">
         <v>108</v>
       </c>
       <c r="G206" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H206">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I206"/>
       <c r="J206" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="K206" t="s">
         <v>34</v>
       </c>
       <c r="L206" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="M206" t="s">
         <v>390</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="P206" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B207" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="C207" t="s">
-        <v>947</v>
+        <v>387</v>
       </c>
       <c r="D207" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E207" t="s">
         <v>42</v>
       </c>
       <c r="F207" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="I207">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="J207" t="s">
-        <v>484</v>
+        <v>23</v>
       </c>
       <c r="K207" t="s">
         <v>34</v>
       </c>
       <c r="L207" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="M207" t="s">
-        <v>1173</v>
+        <v>390</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
         <v>1174</v>
       </c>
       <c r="P207" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
         <v>1176</v>
       </c>
       <c r="B208" t="s">
         <v>1177</v>
       </c>
       <c r="C208" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D208" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E208" t="s">
         <v>42</v>
       </c>
       <c r="F208" t="s">
         <v>83</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
-        <v>1998</v>
+        <v>2010</v>
       </c>
       <c r="I208">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J208" t="s">
-        <v>703</v>
+        <v>484</v>
       </c>
       <c r="K208" t="s">
         <v>34</v>
       </c>
       <c r="L208" t="s">
         <v>1178</v>
       </c>
       <c r="M208" t="s">
         <v>1179</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
         <v>1180</v>
       </c>
       <c r="P208" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
         <v>1182</v>
       </c>
       <c r="B209" t="s">
         <v>1183</v>
       </c>
       <c r="C209" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D209" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E209" t="s">
         <v>42</v>
       </c>
       <c r="F209" t="s">
         <v>83</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
         <v>1998</v>
       </c>
       <c r="I209">
         <v>2012</v>
       </c>
       <c r="J209" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K209" t="s">
         <v>34</v>
       </c>
       <c r="L209" t="s">
         <v>1184</v>
       </c>
       <c r="M209" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="P209" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="B210" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C210" t="s">
+        <v>953</v>
+      </c>
+      <c r="D210" t="s">
+        <v>78</v>
+      </c>
+      <c r="E210" t="s">
+        <v>42</v>
+      </c>
+      <c r="F210" t="s">
+        <v>83</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>1998</v>
+      </c>
+      <c r="I210">
+        <v>2012</v>
+      </c>
+      <c r="J210" t="s">
+        <v>704</v>
+      </c>
+      <c r="K210" t="s">
+        <v>34</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1185</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1191</v>
+      </c>
+      <c r="P210" t="s">
         <v>1187</v>
-      </c>
-[...36 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
         <v>1192</v>
       </c>
       <c r="B211" t="s">
         <v>1193</v>
       </c>
       <c r="C211" t="s">
         <v>1194</v>
       </c>
       <c r="D211" t="s">
-        <v>77</v>
+        <v>208</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G211" t="s">
         <v>55</v>
       </c>
       <c r="H211">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="K211" t="s">
         <v>34</v>
       </c>
       <c r="L211"/>
       <c r="M211" t="s">
         <v>1195</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
         <v>1196</v>
       </c>
       <c r="P211" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
         <v>1198</v>
       </c>
       <c r="B212" t="s">
         <v>1199</v>
       </c>
       <c r="C212" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="D212" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E212" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F212" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G212" t="s">
         <v>55</v>
       </c>
       <c r="H212">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="K212" t="s">
         <v>34</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="P212" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="B213" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="C213" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="D213" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E213" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F213" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G213" t="s">
         <v>55</v>
       </c>
       <c r="H213">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="K213" t="s">
         <v>34</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="P213" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="B214" t="s">
         <v>1208</v>
       </c>
       <c r="C214" t="s">
-        <v>947</v>
+        <v>1209</v>
       </c>
       <c r="D214" t="s">
-        <v>1209</v>
+        <v>78</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>108</v>
       </c>
       <c r="G214" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H214">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I214"/>
       <c r="J214" t="s">
-        <v>629</v>
+        <v>124</v>
       </c>
       <c r="K214" t="s">
         <v>34</v>
       </c>
-      <c r="L214" t="s">
+      <c r="L214"/>
+      <c r="M214" t="s">
         <v>1210</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
         <v>1211</v>
       </c>
       <c r="P214" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
         <v>1213</v>
       </c>
       <c r="B215" t="s">
         <v>1214</v>
       </c>
       <c r="C215" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D215" t="s">
-        <v>77</v>
+        <v>1215</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
         <v>108</v>
       </c>
       <c r="G215" t="s">
-        <v>22</v>
+        <v>657</v>
       </c>
       <c r="H215">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="I215">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="J215" t="s">
-        <v>484</v>
+        <v>629</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="M215" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="P215" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B216" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C216" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D216" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>108</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>1995</v>
       </c>
       <c r="I216">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="J216" t="s">
-        <v>703</v>
+        <v>484</v>
       </c>
       <c r="K216" t="s">
         <v>34</v>
       </c>
       <c r="L216" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="M216" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="P216" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="B217" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="C217" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D217" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>108</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>1995</v>
       </c>
       <c r="I217">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="J217" t="s">
-        <v>629</v>
+        <v>704</v>
       </c>
       <c r="K217" t="s">
         <v>34</v>
       </c>
-      <c r="L217"/>
+      <c r="L217" t="s">
+        <v>1226</v>
+      </c>
       <c r="M217" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="P217" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="B218" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="C218" t="s">
-        <v>1229</v>
+        <v>953</v>
       </c>
       <c r="D218" t="s">
-        <v>721</v>
+        <v>78</v>
       </c>
       <c r="E218" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>108</v>
       </c>
       <c r="G218" t="s">
-        <v>388</v>
+        <v>22</v>
       </c>
       <c r="H218">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I218"/>
+        <v>1995</v>
+      </c>
+      <c r="I218">
+        <v>2016</v>
+      </c>
       <c r="J218" t="s">
-        <v>1230</v>
+        <v>629</v>
       </c>
       <c r="K218" t="s">
         <v>34</v>
       </c>
-      <c r="L218" t="s">
+      <c r="L218"/>
+      <c r="M218" t="s">
+        <v>955</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
         <v>1231</v>
       </c>
-      <c r="M218" t="s">
+      <c r="P218" t="s">
         <v>1232</v>
-      </c>
-[...7 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C219" t="s">
         <v>1235</v>
       </c>
-      <c r="B219" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D219" t="s">
-        <v>1238</v>
+        <v>722</v>
       </c>
       <c r="E219" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F219" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="G219" t="s">
-        <v>55</v>
+        <v>388</v>
       </c>
       <c r="H219">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>65</v>
+        <v>1236</v>
       </c>
       <c r="K219" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L219"/>
+        <v>34</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1237</v>
+      </c>
       <c r="M219" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
         <v>1239</v>
       </c>
-      <c r="N219" t="s">
-[...2 lines deleted...]
-      <c r="O219" t="s">
+      <c r="P219" t="s">
         <v>1240</v>
-      </c>
-[...1 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B220" t="s">
         <v>1242</v>
       </c>
-      <c r="B220" t="s">
+      <c r="C220" t="s">
         <v>1243</v>
       </c>
-      <c r="C220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D220" t="s">
-        <v>157</v>
+        <v>1244</v>
       </c>
       <c r="E220" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>43</v>
       </c>
       <c r="G220" t="s">
         <v>55</v>
       </c>
       <c r="H220">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="K220" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="L220"/>
       <c r="M220" t="s">
-        <v>1041</v>
+        <v>1245</v>
       </c>
       <c r="N220" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O220" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="P220" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="B221" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="C221" t="s">
-        <v>330</v>
+        <v>1043</v>
       </c>
       <c r="D221" t="s">
-        <v>447</v>
+        <v>157</v>
       </c>
       <c r="E221" t="s">
         <v>42</v>
       </c>
       <c r="F221" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G221" t="s">
         <v>55</v>
       </c>
       <c r="H221">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I221"/>
       <c r="J221" t="s">
-        <v>558</v>
+        <v>44</v>
       </c>
       <c r="K221" t="s">
-        <v>34</v>
+        <v>159</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>334</v>
+        <v>1047</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1248</v>
-[...1 lines deleted...]
-      <c r="P221"/>
+        <v>1250</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1251</v>
+      </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="B222" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="C222" t="s">
         <v>330</v>
       </c>
       <c r="D222" t="s">
-        <v>77</v>
+        <v>447</v>
       </c>
       <c r="E222" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F222" t="s">
         <v>21</v>
       </c>
       <c r="G222" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H222">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I222"/>
       <c r="J222" t="s">
-        <v>333</v>
+        <v>558</v>
       </c>
       <c r="K222" t="s">
         <v>34</v>
       </c>
-      <c r="L222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L222"/>
       <c r="M222" t="s">
         <v>334</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1252</v>
-[...3 lines deleted...]
-      </c>
+        <v>1254</v>
+      </c>
+      <c r="P222"/>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B223" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="C223" t="s">
         <v>330</v>
       </c>
       <c r="D223" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>21</v>
       </c>
       <c r="G223" t="s">
-        <v>388</v>
+        <v>22</v>
       </c>
       <c r="H223">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I223"/>
+        <v>2007</v>
+      </c>
+      <c r="I223">
+        <v>2020</v>
+      </c>
       <c r="J223" t="s">
         <v>333</v>
       </c>
       <c r="K223" t="s">
         <v>34</v>
       </c>
-      <c r="L223"/>
+      <c r="L223" t="s">
+        <v>1257</v>
+      </c>
       <c r="M223" t="s">
         <v>334</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="P223" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="B224" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="C224" t="s">
         <v>330</v>
       </c>
       <c r="D224" t="s">
-        <v>447</v>
+        <v>78</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>21</v>
       </c>
       <c r="G224" t="s">
         <v>388</v>
       </c>
       <c r="H224">
         <v>2021</v>
       </c>
       <c r="I224"/>
       <c r="J224" t="s">
         <v>333</v>
       </c>
       <c r="K224" t="s">
         <v>34</v>
       </c>
-      <c r="L224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L224"/>
       <c r="M224" t="s">
         <v>334</v>
       </c>
       <c r="N224" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="P224" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B225" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C225" t="s">
-        <v>902</v>
+        <v>330</v>
       </c>
       <c r="D225" t="s">
-        <v>969</v>
+        <v>447</v>
       </c>
       <c r="E225" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F225" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="G225" t="s">
-        <v>55</v>
+        <v>388</v>
       </c>
       <c r="H225">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
-        <v>911</v>
+        <v>333</v>
       </c>
       <c r="K225" t="s">
-        <v>159</v>
+        <v>34</v>
       </c>
       <c r="L225" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="M225" t="s">
-        <v>1266</v>
+        <v>334</v>
       </c>
       <c r="N225" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O225" t="s">
         <v>1267</v>
       </c>
       <c r="P225" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
         <v>1269</v>
       </c>
       <c r="B226" t="s">
         <v>1270</v>
       </c>
       <c r="C226" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D226" t="s">
-        <v>77</v>
+        <v>975</v>
       </c>
       <c r="E226" t="s">
         <v>42</v>
       </c>
       <c r="F226" t="s">
         <v>83</v>
       </c>
       <c r="G226" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H226">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I226"/>
       <c r="J226" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="K226" t="s">
-        <v>34</v>
+        <v>159</v>
       </c>
       <c r="L226" t="s">
         <v>1271</v>
       </c>
       <c r="M226" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="P226" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B227" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C227" t="s">
-        <v>750</v>
+        <v>903</v>
       </c>
       <c r="D227" t="s">
-        <v>1276</v>
+        <v>78</v>
       </c>
       <c r="E227" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F227" t="s">
-        <v>108</v>
+        <v>83</v>
       </c>
       <c r="G227" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H227">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I227"/>
+        <v>2003</v>
+      </c>
+      <c r="I227">
+        <v>2021</v>
+      </c>
       <c r="J227" t="s">
+        <v>912</v>
+      </c>
+      <c r="K227" t="s">
+        <v>34</v>
+      </c>
+      <c r="L227" t="s">
         <v>1277</v>
       </c>
-      <c r="K227" t="s">
-[...2 lines deleted...]
-      <c r="L227"/>
       <c r="M227" t="s">
+        <v>1272</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
         <v>1278</v>
       </c>
-      <c r="N227" t="s">
-[...2 lines deleted...]
-      <c r="O227" t="s">
+      <c r="P227" t="s">
         <v>1279</v>
-      </c>
-[...1 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B228" t="s">
         <v>1281</v>
       </c>
-      <c r="B228" t="s">
+      <c r="C228" t="s">
+        <v>751</v>
+      </c>
+      <c r="D228" t="s">
         <v>1282</v>
       </c>
-      <c r="C228" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E228" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F228" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="G228" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H228">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I228"/>
       <c r="J228" t="s">
-        <v>629</v>
+        <v>1283</v>
       </c>
       <c r="K228" t="s">
         <v>34</v>
       </c>
-      <c r="L228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L228"/>
       <c r="M228" t="s">
         <v>1284</v>
       </c>
       <c r="N228" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O228" t="s">
         <v>1285</v>
       </c>
       <c r="P228" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
         <v>1287</v>
       </c>
       <c r="B229" t="s">
         <v>1288</v>
       </c>
       <c r="C229" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D229" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E229" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F229" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="I229">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J229" t="s">
-        <v>911</v>
+        <v>629</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
-      <c r="L229"/>
+      <c r="L229" t="s">
+        <v>1289</v>
+      </c>
       <c r="M229" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="P229" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B230" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C230" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D230" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>21</v>
       </c>
       <c r="G230" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H230">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I230"/>
+        <v>2003</v>
+      </c>
+      <c r="I230">
+        <v>2013</v>
+      </c>
       <c r="J230" t="s">
-        <v>629</v>
+        <v>912</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="P230" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B231" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C231" t="s">
-        <v>1299</v>
+        <v>903</v>
       </c>
       <c r="D231" t="s">
-        <v>215</v>
+        <v>78</v>
       </c>
       <c r="E231" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F231" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G231" t="s">
         <v>55</v>
       </c>
       <c r="H231">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>1061</v>
+        <v>629</v>
       </c>
       <c r="K231" t="s">
         <v>34</v>
       </c>
-      <c r="L231" t="s">
+      <c r="L231"/>
+      <c r="M231" t="s">
         <v>1300</v>
       </c>
-      <c r="M231" t="s">
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
         <v>1301</v>
       </c>
-      <c r="N231" t="s">
-[...2 lines deleted...]
-      <c r="O231" t="s">
+      <c r="P231" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B232" t="s">
         <v>1304</v>
       </c>
-      <c r="B232" t="s">
+      <c r="C232" t="s">
         <v>1305</v>
       </c>
-      <c r="C232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D232" t="s">
-        <v>245</v>
+        <v>215</v>
       </c>
       <c r="E232" t="s">
         <v>42</v>
       </c>
       <c r="F232" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G232" t="s">
         <v>55</v>
       </c>
       <c r="H232">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>158</v>
+        <v>1067</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232" t="s">
-        <v>246</v>
+        <v>1306</v>
       </c>
       <c r="M232" t="s">
         <v>1307</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
         <v>1308</v>
       </c>
       <c r="P232" t="s">
         <v>1309</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
         <v>1310</v>
       </c>
       <c r="B233" t="s">
         <v>1311</v>
       </c>
       <c r="C233" t="s">
         <v>1312</v>
       </c>
       <c r="D233" t="s">
-        <v>77</v>
+        <v>245</v>
       </c>
       <c r="E233" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F233" t="s">
         <v>108</v>
       </c>
       <c r="G233" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H233">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I233"/>
       <c r="J233" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="K233" t="s">
         <v>34</v>
       </c>
       <c r="L233" t="s">
+        <v>246</v>
+      </c>
+      <c r="M233" t="s">
         <v>1313</v>
       </c>
-      <c r="M233" t="s">
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
         <v>1314</v>
       </c>
-      <c r="N233" t="s">
-[...2 lines deleted...]
-      <c r="O233" t="s">
+      <c r="P233" t="s">
         <v>1315</v>
-      </c>
-[...1 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B234" t="s">
         <v>1317</v>
       </c>
-      <c r="B234" t="s">
+      <c r="C234" t="s">
         <v>1318</v>
       </c>
-      <c r="C234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" t="s">
-        <v>167</v>
+        <v>78</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>108</v>
       </c>
       <c r="G234" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H234">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I234">
         <v>2019</v>
       </c>
       <c r="J234" t="s">
         <v>174</v>
       </c>
       <c r="K234" t="s">
         <v>34</v>
       </c>
-      <c r="L234"/>
+      <c r="L234" t="s">
+        <v>1319</v>
+      </c>
       <c r="M234" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="P234" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="B235" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="C235" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="D235" t="s">
-        <v>107</v>
+        <v>167</v>
       </c>
       <c r="E235" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F235" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="G235" t="s">
         <v>55</v>
       </c>
       <c r="H235">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I235"/>
+        <v>2014</v>
+      </c>
+      <c r="I235">
+        <v>2019</v>
+      </c>
       <c r="J235" t="s">
-        <v>65</v>
+        <v>174</v>
       </c>
       <c r="K235" t="s">
         <v>34</v>
       </c>
-      <c r="L235" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L235"/>
       <c r="M235" t="s">
+        <v>1320</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
         <v>1325</v>
       </c>
-      <c r="N235" t="s">
-[...2 lines deleted...]
-      <c r="O235" t="s">
+      <c r="P235" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B236" t="s">
         <v>1328</v>
       </c>
-      <c r="B236" t="s">
+      <c r="C236" t="s">
         <v>1329</v>
       </c>
-      <c r="C236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D236" t="s">
-        <v>77</v>
+        <v>107</v>
       </c>
       <c r="E236" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F236" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G236" t="s">
         <v>55</v>
       </c>
       <c r="H236">
         <v>2009</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
-        <v>100</v>
+        <v>66</v>
       </c>
       <c r="K236" t="s">
         <v>34</v>
       </c>
       <c r="L236" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="M236" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="P236" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="B237" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="C237" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
       <c r="D237" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E237" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>21</v>
       </c>
       <c r="G237" t="s">
         <v>55</v>
       </c>
       <c r="H237">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="K237" t="s">
         <v>34</v>
       </c>
-      <c r="L237"/>
+      <c r="L237" t="s">
+        <v>1330</v>
+      </c>
       <c r="M237" t="s">
-        <v>1334</v>
+        <v>1331</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="P237" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
         <v>1337</v>
       </c>
       <c r="B238" t="s">
         <v>1338</v>
       </c>
       <c r="C238" t="s">
         <v>1339</v>
       </c>
       <c r="D238" t="s">
+        <v>78</v>
+      </c>
+      <c r="E238" t="s">
+        <v>42</v>
+      </c>
+      <c r="F238" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>55</v>
+      </c>
+      <c r="H238">
+        <v>2011</v>
+      </c>
+      <c r="I238"/>
+      <c r="J238" t="s">
+        <v>117</v>
+      </c>
+      <c r="K238" t="s">
+        <v>34</v>
+      </c>
+      <c r="L238"/>
+      <c r="M238" t="s">
         <v>1340</v>
       </c>
-      <c r="E238" t="s">
-[...20 lines deleted...]
-      <c r="L238" t="s">
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
         <v>1341</v>
       </c>
-      <c r="M238" t="s">
+      <c r="P238" t="s">
         <v>1342</v>
-      </c>
-[...7 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C239" t="s">
         <v>1345</v>
       </c>
-      <c r="B239" t="s">
+      <c r="D239" t="s">
         <v>1346</v>
       </c>
-      <c r="C239" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E239" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F239" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
+        <v>2012</v>
+      </c>
+      <c r="I239">
         <v>2014</v>
       </c>
-      <c r="I239">
+      <c r="J239" t="s">
+        <v>484</v>
+      </c>
+      <c r="K239" t="s">
+        <v>34</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1347</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1348</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C240" t="s">
+        <v>929</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E240" t="s">
+        <v>42</v>
+      </c>
+      <c r="F240" t="s">
+        <v>43</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2014</v>
+      </c>
+      <c r="I240">
         <v>2017</v>
       </c>
-      <c r="J239" t="s">
+      <c r="J240" t="s">
         <v>174</v>
       </c>
-      <c r="K239" t="s">
-[...13 lines deleted...]
-        <v>1349</v>
+      <c r="K240" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240"/>
+      <c r="M240" t="s">
+        <v>931</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1354</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1355</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">