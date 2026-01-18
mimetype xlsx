--- v0 (2025-10-14)
+++ v1 (2026-01-18)
@@ -12,314 +12,376 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,527 +645,590 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="278" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>36</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>90</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...321 lines deleted...]
-        <v>74</v>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>