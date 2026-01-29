--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -348,50 +348,53 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
     <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
 of commercial sale.</t>
   </si>
   <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>May 2025</t>
@@ -1328,174 +1331,174 @@
       </c>
       <c r="P11" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>107</v>
       </c>
       <c r="B12" t="s">
         <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>88</v>
       </c>
       <c r="D12" t="s">
         <v>109</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>57</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>110</v>
       </c>
       <c r="H12">
         <v>2002</v>
       </c>
       <c r="I12">
         <v>2007</v>
       </c>
       <c r="J12" t="s">
         <v>73</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M12" t="s">
         <v>93</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D13" t="s">
         <v>80</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F13" t="s">
         <v>57</v>
       </c>
       <c r="G13" t="s">
         <v>90</v>
       </c>
       <c r="H13">
         <v>2025</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2006</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">