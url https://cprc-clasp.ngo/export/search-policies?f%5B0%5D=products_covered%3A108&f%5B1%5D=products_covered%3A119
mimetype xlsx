--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,281 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -550,407 +597,452 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="519.016" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1999</v>
+      </c>
+      <c r="I6">
+        <v>2009</v>
+      </c>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>34</v>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7">
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...150 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="N7" t="s">
-        <v>63</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>