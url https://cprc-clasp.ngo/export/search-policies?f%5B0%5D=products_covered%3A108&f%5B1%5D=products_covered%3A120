--- v0 (2025-10-12)
+++ v1 (2026-01-19)
@@ -12,290 +12,346 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -559,491 +615,548 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...30 lines deleted...]
-        <v>2010</v>
+      <c r="G3" t="s">
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2010</v>
       </c>
-      <c r="I3" t="s">
-        <v>29</v>
+      <c r="I3">
+        <v>2010</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="M3" t="s">
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...18 lines deleted...]
-      <c r="I4" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
         <v>32</v>
       </c>
-      <c r="N4" t="s">
-[...34 lines deleted...]
-      <c r="K5" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="L5" t="s">
-[...5 lines deleted...]
-      <c r="N5" t="s">
+      <c r="F7" t="s">
         <v>43</v>
       </c>
-    </row>
-[...62 lines deleted...]
-        <v>2012</v>
+      <c r="G7" t="s">
+        <v>33</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
-        <v>50</v>
+      <c r="I7">
+        <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
-        <v>52</v>
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
         <v>1999</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2009</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>60</v>
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9">
         <v>2025</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K9" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>66</v>
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>