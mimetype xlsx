--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="417">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1141,50 +1141,53 @@
     <t>India</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -4577,410 +4580,410 @@
       </c>
       <c r="P61" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>369</v>
       </c>
       <c r="B62" t="s">
         <v>370</v>
       </c>
       <c r="C62" t="s">
         <v>325</v>
       </c>
       <c r="D62" t="s">
         <v>371</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>160</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>372</v>
       </c>
       <c r="H62">
         <v>2002</v>
       </c>
       <c r="I62">
         <v>2007</v>
       </c>
       <c r="J62" t="s">
         <v>253</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M62" t="s">
         <v>330</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P62" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B63" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C63" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D63" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>55</v>
       </c>
       <c r="H63">
         <v>2016</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>161</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="P63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B64" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C64" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D64" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
         <v>55</v>
       </c>
       <c r="H64">
         <v>2017</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>161</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="N64" t="s">
         <v>36</v>
       </c>
       <c r="O64" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="P64" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B65" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C65" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D65" t="s">
         <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>372</v>
       </c>
       <c r="H65">
         <v>2010</v>
       </c>
       <c r="I65">
         <v>2019</v>
       </c>
       <c r="J65" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="K65" t="s">
         <v>180</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B66" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C66" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D66" t="s">
         <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2010</v>
       </c>
       <c r="I66">
         <v>2019</v>
       </c>
       <c r="J66" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K66" t="s">
         <v>180</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N66" t="s">
         <v>36</v>
       </c>
       <c r="O66" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P66" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B67" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C67" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D67" t="s">
         <v>84</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
         <v>43</v>
       </c>
       <c r="G67" t="s">
         <v>55</v>
       </c>
       <c r="H67">
         <v>2006</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>204</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="M67" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P67" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B68" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D68" t="s">
         <v>53</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>43</v>
       </c>
       <c r="G68" t="s">
         <v>55</v>
       </c>
       <c r="H68">
         <v>2022</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>253</v>
       </c>
       <c r="K68" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="L68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M68" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P68" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B69" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C69" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>55</v>
       </c>
       <c r="H69">
         <v>2022</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>253</v>
       </c>
       <c r="K69" t="s">
         <v>66</v>
       </c>
       <c r="L69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M69" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P69" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">