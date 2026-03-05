--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -369,66 +369,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
@@ -2448,136 +2448,136 @@
       <c r="K17" t="s">
         <v>100</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>72</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>113</v>
       </c>
       <c r="P17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>115</v>
       </c>
       <c r="B18" t="s">
         <v>116</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="D18" t="s">
         <v>91</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1992</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="K18" t="s">
         <v>45</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P18" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>115</v>
       </c>
       <c r="B19" t="s">
         <v>116</v>
       </c>
       <c r="C19" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>91</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
+        <v>72</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>121</v>
       </c>
-      <c r="N19" t="s">
-[...2 lines deleted...]
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>123</v>
       </c>
       <c r="B20" t="s">
         <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>125</v>
       </c>
       <c r="D20" t="s">
         <v>53</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>54</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">