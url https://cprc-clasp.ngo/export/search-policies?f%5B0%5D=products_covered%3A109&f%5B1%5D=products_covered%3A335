--- v0 (2025-12-01)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -399,50 +399,53 @@
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
   </si>
   <si>
     <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
@@ -1473,174 +1476,174 @@
       </c>
       <c r="P13" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>124</v>
       </c>
       <c r="B14" t="s">
         <v>125</v>
       </c>
       <c r="C14" t="s">
         <v>97</v>
       </c>
       <c r="D14" t="s">
         <v>126</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>75</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="H14">
         <v>2002</v>
       </c>
       <c r="I14">
         <v>2007</v>
       </c>
       <c r="J14" t="s">
         <v>91</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M14" t="s">
         <v>102</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D15" t="s">
         <v>56</v>
       </c>
       <c r="E15" t="s">
         <v>57</v>
       </c>
       <c r="F15" t="s">
         <v>58</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2004</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>57</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
         <v>2006</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P16" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">