--- v0 (2025-11-29)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="834">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="836">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -639,66 +639,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -1752,68 +1752,68 @@
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
     <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
@@ -2289,50 +2289,53 @@
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
   </si>
   <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
@@ -2353,50 +2356,53 @@
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>Technical Regulation on Labeling</t>
   </si>
@@ -2957,51 +2963,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4429,136 +4435,136 @@
       <c r="K31" t="s">
         <v>184</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>152</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>202</v>
       </c>
       <c r="P31" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>204</v>
       </c>
       <c r="B32" t="s">
         <v>205</v>
       </c>
       <c r="C32" t="s">
-        <v>128</v>
+        <v>206</v>
       </c>
       <c r="D32" t="s">
         <v>164</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1992</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="K32" t="s">
         <v>45</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>152</v>
+        <v>207</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P32" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>204</v>
       </c>
       <c r="B33" t="s">
         <v>205</v>
       </c>
       <c r="C33" t="s">
-        <v>209</v>
+        <v>128</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1992</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="K33" t="s">
         <v>45</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
+        <v>152</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>210</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>212</v>
       </c>
       <c r="B34" t="s">
         <v>213</v>
       </c>
       <c r="C34" t="s">
         <v>96</v>
       </c>
       <c r="D34" t="s">
         <v>129</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>130</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
@@ -9057,884 +9063,884 @@
       </c>
       <c r="P127" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>732</v>
       </c>
       <c r="B128" t="s">
         <v>733</v>
       </c>
       <c r="C128" t="s">
         <v>611</v>
       </c>
       <c r="D128" t="s">
         <v>74</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>22</v>
+        <v>734</v>
       </c>
       <c r="H128">
         <v>2010</v>
       </c>
       <c r="I128">
         <v>2016</v>
       </c>
       <c r="J128" t="s">
         <v>566</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="M128" t="s">
         <v>614</v>
       </c>
       <c r="N128" t="s">
         <v>36</v>
       </c>
       <c r="O128" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="P128" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B129" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C129" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D129" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>55</v>
       </c>
       <c r="H129">
         <v>2016</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>304</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="P129" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B130" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C130" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D130" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>43</v>
       </c>
       <c r="G130" t="s">
         <v>55</v>
       </c>
       <c r="H130">
         <v>2017</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>304</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="N130" t="s">
         <v>36</v>
       </c>
       <c r="O130" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P130" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B131" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C131" t="s">
         <v>274</v>
       </c>
       <c r="D131" t="s">
         <v>74</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2005</v>
       </c>
       <c r="I131">
         <v>2015</v>
       </c>
       <c r="J131" t="s">
         <v>277</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="M131" t="s">
         <v>278</v>
       </c>
       <c r="N131" t="s">
         <v>36</v>
       </c>
       <c r="O131" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="P131" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B132" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C132" t="s">
         <v>274</v>
       </c>
       <c r="D132" t="s">
         <v>129</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>22</v>
+        <v>757</v>
       </c>
       <c r="H132">
         <v>2010</v>
       </c>
       <c r="I132">
         <v>2019</v>
       </c>
       <c r="J132" t="s">
         <v>277</v>
       </c>
       <c r="K132" t="s">
         <v>351</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
         <v>278</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="P132" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B133" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C133" t="s">
         <v>274</v>
       </c>
       <c r="D133" t="s">
         <v>129</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2010</v>
       </c>
       <c r="I133">
         <v>2019</v>
       </c>
       <c r="J133" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="K133" t="s">
         <v>351</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
         <v>278</v>
       </c>
       <c r="N133" t="s">
         <v>36</v>
       </c>
       <c r="O133" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="P133" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B134" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C134" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D134" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>43</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2009</v>
       </c>
       <c r="I134">
         <v>2016</v>
       </c>
       <c r="J134" t="s">
         <v>33</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
         <v>460</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="P134" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B135" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C135" t="s">
         <v>467</v>
       </c>
       <c r="D135" t="s">
         <v>558</v>
       </c>
       <c r="E135" t="s">
         <v>42</v>
       </c>
       <c r="F135" t="s">
         <v>130</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2001</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>593</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="M135" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="P135" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B136" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C136" t="s">
         <v>467</v>
       </c>
       <c r="D136" t="s">
         <v>74</v>
       </c>
       <c r="E136" t="s">
         <v>42</v>
       </c>
       <c r="F136" t="s">
         <v>130</v>
       </c>
       <c r="G136" t="s">
         <v>55</v>
       </c>
       <c r="H136">
         <v>1998</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>593</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="M136" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="N136" t="s">
         <v>36</v>
       </c>
       <c r="O136" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="P136" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B137" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C137" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D137" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>65</v>
       </c>
       <c r="G137" t="s">
         <v>55</v>
       </c>
       <c r="H137">
         <v>2016</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="N137" t="s">
         <v>36</v>
       </c>
       <c r="O137" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="P137" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B138" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C138" t="s">
         <v>467</v>
       </c>
       <c r="D138" t="s">
         <v>468</v>
       </c>
       <c r="E138" t="s">
         <v>42</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>55</v>
       </c>
       <c r="H138">
         <v>2007</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>469</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="P138" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B139" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C139" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D139" t="s">
         <v>129</v>
       </c>
       <c r="E139" t="s">
         <v>42</v>
       </c>
       <c r="F139" t="s">
         <v>43</v>
       </c>
       <c r="G139" t="s">
         <v>55</v>
       </c>
       <c r="H139">
         <v>2022</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>566</v>
       </c>
       <c r="K139" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="L139" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="M139" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="P139" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B140" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C140" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D140" t="s">
         <v>85</v>
       </c>
       <c r="E140" t="s">
         <v>42</v>
       </c>
       <c r="F140" t="s">
         <v>43</v>
       </c>
       <c r="G140" t="s">
         <v>55</v>
       </c>
       <c r="H140">
         <v>2022</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>566</v>
       </c>
       <c r="K140" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="P140" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B141" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C141" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D141" t="s">
         <v>129</v>
       </c>
       <c r="E141" t="s">
         <v>42</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>55</v>
       </c>
       <c r="H141">
         <v>2022</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>566</v>
       </c>
       <c r="K141" t="s">
         <v>146</v>
       </c>
       <c r="L141" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="M141" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="P141" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B142" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C142" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D142" t="s">
         <v>85</v>
       </c>
       <c r="E142" t="s">
         <v>42</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>55</v>
       </c>
       <c r="H142">
         <v>2022</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>566</v>
       </c>
       <c r="K142" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="L142" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="M142" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="P142" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B143" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C143" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D143" t="s">
         <v>85</v>
       </c>
       <c r="E143" t="s">
         <v>42</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>55</v>
       </c>
       <c r="H143">
         <v>2022</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>566</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="M143" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="P143" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B144" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C144" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="D144" t="s">
         <v>64</v>
       </c>
       <c r="E144" t="s">
         <v>42</v>
       </c>
       <c r="F144" t="s">
         <v>43</v>
       </c>
       <c r="G144" t="s">
         <v>55</v>
       </c>
       <c r="H144">
         <v>2009</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
         <v>304</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="M144" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="P144" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B145" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C145" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D145" t="s">
         <v>74</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>55</v>
       </c>
       <c r="H145">
         <v>2011</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>44</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="N145" t="s">
         <v>36</v>
       </c>
       <c r="O145" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="P145" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">