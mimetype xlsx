--- v0 (2025-11-29)
+++ v1 (2026-03-05)
@@ -578,66 +578,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -1145,53 +1145,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
     <t>This policy covers regenerative rolling reheating furnaces.</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
     <t>This policy covers household electric heating appliances.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
@@ -1729,50 +1726,53 @@
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
@@ -3529,136 +3529,136 @@
       <c r="K27" t="s">
         <v>169</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>137</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>182</v>
       </c>
       <c r="P27" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>184</v>
       </c>
       <c r="B28" t="s">
         <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>186</v>
       </c>
       <c r="D28" t="s">
         <v>149</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1992</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="K28" t="s">
         <v>45</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>137</v>
+        <v>187</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P28" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>184</v>
       </c>
       <c r="B29" t="s">
         <v>185</v>
       </c>
       <c r="C29" t="s">
-        <v>189</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
         <v>149</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1992</v>
       </c>
       <c r="I29">
         <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="K29" t="s">
         <v>45</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
+        <v>137</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>190</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>192</v>
       </c>
       <c r="B30" t="s">
         <v>193</v>
       </c>
       <c r="C30" t="s">
         <v>84</v>
       </c>
       <c r="D30" t="s">
         <v>114</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>115</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
@@ -5075,1876 +5075,1876 @@
       </c>
       <c r="L59" t="s">
         <v>361</v>
       </c>
       <c r="M59" t="s">
         <v>343</v>
       </c>
       <c r="N59" t="s">
         <v>36</v>
       </c>
       <c r="O59" t="s">
         <v>362</v>
       </c>
       <c r="P59" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>364</v>
       </c>
       <c r="B60" t="s">
         <v>365</v>
       </c>
       <c r="C60" t="s">
-        <v>366</v>
+        <v>84</v>
       </c>
       <c r="D60" t="s">
         <v>93</v>
       </c>
       <c r="E60" t="s">
         <v>42</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>330</v>
       </c>
       <c r="H60">
         <v>2025</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
+        <v>367</v>
+      </c>
+      <c r="M60" t="s">
         <v>368</v>
       </c>
-      <c r="M60" t="s">
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
         <v>369</v>
       </c>
-      <c r="N60" t="s">
-[...2 lines deleted...]
-      <c r="O60" t="s">
+      <c r="P60" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>371</v>
+      </c>
+      <c r="B61" t="s">
         <v>372</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="D61" t="s">
         <v>85</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>1987</v>
       </c>
       <c r="I61">
         <v>1988</v>
       </c>
       <c r="J61" t="s">
         <v>66</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
+        <v>374</v>
+      </c>
+      <c r="M61" t="s">
         <v>375</v>
       </c>
-      <c r="M61" t="s">
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
         <v>376</v>
       </c>
-      <c r="N61" t="s">
-[...2 lines deleted...]
-      <c r="O61" t="s">
+      <c r="P61" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>378</v>
+      </c>
+      <c r="B62" t="s">
         <v>379</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="D62" t="s">
         <v>114</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>55</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>66</v>
       </c>
       <c r="K62" t="s">
         <v>239</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
+        <v>380</v>
+      </c>
+      <c r="P62" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>382</v>
+      </c>
+      <c r="B63" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C63" t="s">
         <v>245</v>
       </c>
       <c r="D63" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>54</v>
       </c>
       <c r="G63" t="s">
         <v>55</v>
       </c>
       <c r="H63">
         <v>2022</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>56</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="N63" t="s">
         <v>58</v>
       </c>
       <c r="O63" t="s">
+        <v>386</v>
+      </c>
+      <c r="P63" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>388</v>
+      </c>
+      <c r="B64" t="s">
         <v>389</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>390</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
         <v>107</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>86</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
+        <v>392</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="P64"/>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
+        <v>394</v>
+      </c>
+      <c r="B65" t="s">
         <v>395</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" t="s">
+        <v>390</v>
+      </c>
+      <c r="D65" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>107</v>
       </c>
       <c r="H65"/>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>86</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="P65"/>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
+        <v>397</v>
+      </c>
+      <c r="B66" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="C66" t="s">
         <v>251</v>
       </c>
       <c r="D66" t="s">
         <v>114</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
         <v>115</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>1996</v>
       </c>
       <c r="I66">
         <v>2012</v>
       </c>
       <c r="J66" t="s">
         <v>258</v>
       </c>
       <c r="K66" t="s">
         <v>319</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>253</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
+        <v>399</v>
+      </c>
+      <c r="P66" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C67" t="s">
         <v>251</v>
       </c>
       <c r="D67" t="s">
         <v>114</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
         <v>115</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>1996</v>
       </c>
       <c r="I67">
         <v>2012</v>
       </c>
       <c r="J67" t="s">
         <v>258</v>
       </c>
       <c r="K67" t="s">
         <v>319</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
         <v>253</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="P67" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>403</v>
+      </c>
+      <c r="B68" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="C68" t="s">
         <v>251</v>
       </c>
       <c r="D68" t="s">
         <v>114</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>115</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>1996</v>
       </c>
       <c r="I68">
         <v>2010</v>
       </c>
       <c r="J68" t="s">
         <v>258</v>
       </c>
       <c r="K68" t="s">
         <v>239</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>253</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="P68" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
+        <v>406</v>
+      </c>
+      <c r="B69" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="C69" t="s">
         <v>251</v>
       </c>
       <c r="D69" t="s">
         <v>114</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
         <v>115</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>1996</v>
       </c>
       <c r="I69">
         <v>2010</v>
       </c>
       <c r="J69" t="s">
         <v>258</v>
       </c>
       <c r="K69" t="s">
         <v>239</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>253</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="P69" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
+        <v>409</v>
+      </c>
+      <c r="B70" t="s">
         <v>410</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="D70" t="s">
         <v>202</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>65</v>
       </c>
       <c r="G70" t="s">
         <v>55</v>
       </c>
       <c r="H70">
         <v>2013</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>258</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
+        <v>412</v>
+      </c>
+      <c r="M70" t="s">
         <v>413</v>
       </c>
-      <c r="M70" t="s">
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
         <v>414</v>
       </c>
-      <c r="N70" t="s">
-[...2 lines deleted...]
-      <c r="O70" t="s">
+      <c r="P70" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>416</v>
+      </c>
+      <c r="B71" t="s">
         <v>417</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D71" t="s">
         <v>114</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>43</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2002</v>
       </c>
       <c r="I71">
         <v>2002</v>
       </c>
       <c r="J71" t="s">
         <v>258</v>
       </c>
       <c r="K71" t="s">
         <v>239</v>
       </c>
       <c r="L71" t="s">
+        <v>418</v>
+      </c>
+      <c r="M71" t="s">
+        <v>413</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
         <v>419</v>
       </c>
-      <c r="M71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P71" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
+        <v>420</v>
+      </c>
+      <c r="B72" t="s">
         <v>421</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D72" t="s">
         <v>114</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>1998</v>
       </c>
       <c r="I72">
         <v>2009</v>
       </c>
       <c r="J72" t="s">
         <v>258</v>
       </c>
       <c r="K72" t="s">
         <v>239</v>
       </c>
       <c r="L72" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="M72" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="N72" t="s">
         <v>36</v>
       </c>
       <c r="O72" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="P72" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>424</v>
+      </c>
+      <c r="B73" t="s">
         <v>425</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D73" t="s">
         <v>114</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>65</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
       <c r="I73">
         <v>2015</v>
       </c>
       <c r="J73" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
+        <v>427</v>
+      </c>
+      <c r="M73" t="s">
+        <v>413</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
         <v>428</v>
       </c>
-      <c r="M73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P73" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
+        <v>429</v>
+      </c>
+      <c r="B74" t="s">
         <v>430</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D74" t="s">
         <v>114</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74">
         <v>2013</v>
       </c>
       <c r="J74" t="s">
         <v>258</v>
       </c>
       <c r="K74" t="s">
         <v>239</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="P74" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
+        <v>432</v>
+      </c>
+      <c r="B75" t="s">
         <v>433</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D75" t="s">
         <v>114</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2002</v>
       </c>
       <c r="I75">
         <v>2010</v>
       </c>
       <c r="J75" t="s">
         <v>258</v>
       </c>
       <c r="K75" t="s">
         <v>239</v>
       </c>
       <c r="L75" t="s">
+        <v>434</v>
+      </c>
+      <c r="M75" t="s">
+        <v>413</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
         <v>435</v>
       </c>
-      <c r="M75" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P75" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>436</v>
+      </c>
+      <c r="B76" t="s">
         <v>437</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D76" t="s">
         <v>114</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>43</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2002</v>
       </c>
       <c r="I76">
         <v>2012</v>
       </c>
       <c r="J76" t="s">
         <v>258</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="P76" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
+        <v>439</v>
+      </c>
+      <c r="B77" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="C77" t="s">
         <v>251</v>
       </c>
       <c r="D77" t="s">
         <v>114</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>55</v>
       </c>
       <c r="H77">
         <v>2011</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>258</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>253</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
+        <v>441</v>
+      </c>
+      <c r="P77" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
+        <v>443</v>
+      </c>
+      <c r="B78" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="C78" t="s">
         <v>251</v>
       </c>
       <c r="D78" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>159</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>265</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
+        <v>446</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
         <v>447</v>
       </c>
-      <c r="N78" t="s">
-[...2 lines deleted...]
-      <c r="O78" t="s">
+      <c r="P78" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B79" t="s">
         <v>257</v>
       </c>
       <c r="C79" t="s">
         <v>251</v>
       </c>
       <c r="D79" t="s">
         <v>114</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2001</v>
       </c>
       <c r="I79">
         <v>2010</v>
       </c>
       <c r="J79" t="s">
         <v>258</v>
       </c>
       <c r="K79" t="s">
         <v>239</v>
       </c>
       <c r="L79" t="s">
         <v>259</v>
       </c>
       <c r="M79" t="s">
         <v>253</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="P79" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B80"/>
       <c r="C80" t="s">
         <v>314</v>
       </c>
       <c r="D80" t="s">
         <v>93</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>55</v>
       </c>
       <c r="H80">
         <v>2021</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>265</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>320</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
+        <v>452</v>
+      </c>
+      <c r="P80" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
+        <v>454</v>
+      </c>
+      <c r="B81" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="C81" t="s">
         <v>314</v>
       </c>
       <c r="D81" t="s">
         <v>114</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>55</v>
       </c>
       <c r="H81">
         <v>2003</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>265</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>320</v>
       </c>
       <c r="N81" t="s">
         <v>36</v>
       </c>
       <c r="O81" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="P81" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
+        <v>457</v>
+      </c>
+      <c r="B82" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="C82" t="s">
         <v>271</v>
       </c>
       <c r="D82" t="s">
         <v>272</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>55</v>
       </c>
       <c r="H82">
         <v>2013</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>33</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
         <v>273</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="P82" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
+        <v>460</v>
+      </c>
+      <c r="B83" t="s">
         <v>461</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="D83" t="s">
         <v>114</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="G83" t="s">
         <v>55</v>
       </c>
       <c r="H83">
         <v>2009</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
+        <v>465</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
         <v>466</v>
       </c>
-      <c r="N83" t="s">
-[...2 lines deleted...]
-      <c r="O83" t="s">
+      <c r="P83" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
+        <v>468</v>
+      </c>
+      <c r="B84" t="s">
         <v>469</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
+        <v>373</v>
+      </c>
+      <c r="D84" t="s">
         <v>470</v>
-      </c>
-[...4 lines deleted...]
-        <v>471</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
         <v>43</v>
       </c>
       <c r="G84" t="s">
         <v>55</v>
       </c>
       <c r="H84">
         <v>2012</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>66</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
+        <v>471</v>
+      </c>
+      <c r="M84" t="s">
         <v>472</v>
       </c>
-      <c r="M84" t="s">
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
         <v>473</v>
       </c>
-      <c r="N84" t="s">
-[...2 lines deleted...]
-      <c r="O84" t="s">
+      <c r="P84" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
+        <v>475</v>
+      </c>
+      <c r="B85" t="s">
         <v>476</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="D85" t="s">
         <v>202</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>65</v>
       </c>
       <c r="G85" t="s">
         <v>55</v>
       </c>
       <c r="H85">
         <v>2020</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
+        <v>479</v>
+      </c>
+      <c r="M85" t="s">
         <v>480</v>
       </c>
-      <c r="M85" t="s">
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
         <v>481</v>
       </c>
-      <c r="N85" t="s">
-[...2 lines deleted...]
-      <c r="O85" t="s">
+      <c r="P85" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
+        <v>483</v>
+      </c>
+      <c r="B86" t="s">
         <v>484</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="D86" t="s">
         <v>149</v>
       </c>
       <c r="E86" t="s">
         <v>42</v>
       </c>
       <c r="F86" t="s">
         <v>115</v>
       </c>
       <c r="G86" t="s">
         <v>55</v>
       </c>
       <c r="H86">
         <v>2014</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
+        <v>487</v>
+      </c>
+      <c r="M86" t="s">
         <v>488</v>
       </c>
-      <c r="M86" t="s">
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
         <v>489</v>
       </c>
-      <c r="N86" t="s">
-[...2 lines deleted...]
-      <c r="O86" t="s">
+      <c r="P86" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
+        <v>491</v>
+      </c>
+      <c r="B87" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="C87" t="s">
         <v>245</v>
       </c>
       <c r="D87" t="s">
         <v>53</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>54</v>
       </c>
       <c r="G87" t="s">
         <v>55</v>
       </c>
       <c r="H87">
         <v>2022</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>56</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="N87" t="s">
         <v>58</v>
       </c>
       <c r="O87" t="s">
+        <v>494</v>
+      </c>
+      <c r="P87" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
+        <v>496</v>
+      </c>
+      <c r="B88" t="s">
         <v>497</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>498</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>65</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2017</v>
       </c>
       <c r="I88">
         <v>2021</v>
       </c>
       <c r="J88" t="s">
+        <v>500</v>
+      </c>
+      <c r="K88" t="s">
         <v>501</v>
       </c>
-      <c r="K88" t="s">
+      <c r="L88" t="s">
         <v>502</v>
       </c>
-      <c r="L88" t="s">
+      <c r="M88" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="N88" t="s">
         <v>36</v>
       </c>
       <c r="O88" t="s">
+        <v>504</v>
+      </c>
+      <c r="P88" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
+        <v>506</v>
+      </c>
+      <c r="B89" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="C89" t="s">
         <v>251</v>
       </c>
       <c r="D89" t="s">
         <v>80</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>65</v>
       </c>
       <c r="G89" t="s">
         <v>8</v>
       </c>
       <c r="H89">
         <v>2011</v>
       </c>
       <c r="I89">
         <v>2024</v>
       </c>
       <c r="J89" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
+        <v>509</v>
+      </c>
+      <c r="M89" t="s">
         <v>510</v>
       </c>
-      <c r="M89" t="s">
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
         <v>511</v>
       </c>
-      <c r="N89" t="s">
-[...2 lines deleted...]
-      <c r="O89" t="s">
+      <c r="P89" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
+        <v>513</v>
+      </c>
+      <c r="B90" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="C90" t="s">
         <v>52</v>
       </c>
       <c r="D90" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>54</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>1982</v>
       </c>
       <c r="I90">
         <v>2024</v>
       </c>
       <c r="J90" t="s">
         <v>56</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="N90" t="s">
         <v>58</v>
       </c>
       <c r="O90" t="s">
+        <v>517</v>
+      </c>
+      <c r="P90" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
+        <v>519</v>
+      </c>
+      <c r="B91" t="s">
         <v>520</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="D91" t="s">
         <v>114</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>65</v>
       </c>
       <c r="G91" t="s">
         <v>55</v>
       </c>
       <c r="H91">
         <v>2024</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
+        <v>522</v>
+      </c>
+      <c r="L91" t="s">
         <v>523</v>
       </c>
-      <c r="L91" t="s">
+      <c r="M91" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="N91" t="s">
         <v>36</v>
       </c>
       <c r="O91" t="s">
+        <v>525</v>
+      </c>
+      <c r="P91" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
+        <v>527</v>
+      </c>
+      <c r="B92" t="s">
         <v>528</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="D92" t="s">
         <v>93</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>115</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2008</v>
       </c>
       <c r="I92">
         <v>2012</v>
       </c>
       <c r="J92" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
+        <v>530</v>
+      </c>
+      <c r="M92" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="N92" t="s">
         <v>36</v>
       </c>
       <c r="O92" t="s">
+        <v>532</v>
+      </c>
+      <c r="P92" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
+        <v>534</v>
+      </c>
+      <c r="B93" t="s">
         <v>535</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
+        <v>477</v>
+      </c>
+      <c r="D93" t="s">
         <v>536</v>
-      </c>
-[...4 lines deleted...]
-        <v>537</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>115</v>
       </c>
       <c r="G93" t="s">
         <v>55</v>
       </c>
       <c r="H93">
         <v>2011</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
+        <v>537</v>
+      </c>
+      <c r="M93" t="s">
+        <v>531</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
         <v>538</v>
       </c>
-      <c r="M93" t="s">
-[...5 lines deleted...]
-      <c r="O93" t="s">
+      <c r="P93" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
+        <v>540</v>
+      </c>
+      <c r="B94" t="s">
         <v>541</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>542</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>55</v>
       </c>
       <c r="H94">
         <v>2016</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>265</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
+        <v>544</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
         <v>545</v>
       </c>
-      <c r="N94" t="s">
-[...2 lines deleted...]
-      <c r="O94" t="s">
+      <c r="P94" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
+        <v>547</v>
+      </c>
+      <c r="B95" t="s">
         <v>548</v>
       </c>
-      <c r="B95" t="s">
+      <c r="C95" t="s">
+        <v>542</v>
+      </c>
+      <c r="D95" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>43</v>
       </c>
       <c r="G95" t="s">
         <v>55</v>
       </c>
       <c r="H95">
         <v>2017</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>265</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="N95" t="s">
         <v>36</v>
       </c>
       <c r="O95" t="s">
+        <v>550</v>
+      </c>
+      <c r="P95" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
+        <v>552</v>
+      </c>
+      <c r="B96" t="s">
         <v>553</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="D96" t="s">
         <v>114</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>22</v>
+        <v>555</v>
       </c>
       <c r="H96">
         <v>2010</v>
       </c>
       <c r="I96">
         <v>2019</v>
       </c>
       <c r="J96" t="s">
         <v>556</v>
       </c>
       <c r="K96" t="s">
         <v>284</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
         <v>557</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>558</v>
       </c>
       <c r="P96" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>560</v>
       </c>
       <c r="B97" t="s">
         <v>561</v>
       </c>
       <c r="C97" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D97" t="s">
         <v>114</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2010</v>
       </c>
       <c r="I97">
         <v>2019</v>
       </c>
       <c r="J97" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="K97" t="s">
         <v>284</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
         <v>557</v>
       </c>
       <c r="N97" t="s">
         <v>36</v>
       </c>
       <c r="O97" t="s">
         <v>562</v>
       </c>
       <c r="P97" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>563</v>
       </c>
       <c r="B98" t="s">
         <v>564</v>
       </c>
       <c r="C98" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="D98" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>115</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2001</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
         <v>565</v>
       </c>
       <c r="M98" t="s">
         <v>566</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
         <v>567</v>
       </c>
       <c r="P98" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>569</v>
       </c>
       <c r="B99" t="s">