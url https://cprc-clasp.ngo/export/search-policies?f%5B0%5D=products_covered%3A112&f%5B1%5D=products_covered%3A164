--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,2094 +12,3016 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="934">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
+  </si>
+  <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2363,6975 +3285,7954 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N164"/>
+  <dimension ref="A1:P164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1998</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>81</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>113</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>64</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>121</v>
+      </c>
+      <c r="G14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>122</v>
+      </c>
+      <c r="K14" t="s">
+        <v>123</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>124</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>121</v>
+      </c>
+      <c r="G15" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...101 lines deleted...]
-      <c r="D5" t="s">
+      <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>134</v>
+      </c>
+      <c r="D16" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>42</v>
       </c>
-      <c r="E5" t="s">
-[...101 lines deleted...]
-      <c r="K7" t="s">
+      <c r="G16" t="s">
         <v>61</v>
       </c>
-      <c r="L7" t="s">
-[...199 lines deleted...]
-      <c r="H12">
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="I12" t="s">
-[...66 lines deleted...]
-      <c r="D14" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>136</v>
+      </c>
+      <c r="K16" t="s">
+        <v>137</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>42</v>
       </c>
-      <c r="E14" t="s">
-[...36 lines deleted...]
-      <c r="D15" t="s">
+      <c r="G17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>142</v>
+      </c>
+      <c r="K17" t="s">
+        <v>137</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C18" t="s">
+        <v>119</v>
+      </c>
+      <c r="D18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>42</v>
       </c>
-      <c r="E15" t="s">
-[...47 lines deleted...]
-      <c r="G16">
+      <c r="G18" t="s">
+        <v>61</v>
+      </c>
+      <c r="H18">
         <v>2015</v>
       </c>
-      <c r="H16"/>
-[...34 lines deleted...]
-      <c r="G17">
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>142</v>
+      </c>
+      <c r="K18" t="s">
+        <v>137</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>134</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H19">
         <v>2015</v>
       </c>
-      <c r="H17"/>
-[...82 lines deleted...]
-      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="K19"/>
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>137</v>
+      </c>
       <c r="L19"/>
-      <c r="M19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M19"/>
       <c r="N19" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="B20" t="s">
-        <v>94</v>
+        <v>154</v>
       </c>
       <c r="C20" t="s">
         <v>119</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>155</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>61</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
+        <v>142</v>
+      </c>
+      <c r="K20" t="s">
+        <v>156</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>143</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" t="s">
+        <v>134</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" t="s">
+        <v>61</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>136</v>
+      </c>
+      <c r="K21" t="s">
+        <v>156</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
+        <v>134</v>
+      </c>
+      <c r="D22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>165</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K22" t="s">
+        <v>137</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>134</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>165</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>136</v>
+      </c>
+      <c r="K23" t="s">
+        <v>137</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>165</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>142</v>
+      </c>
+      <c r="K24" t="s">
+        <v>137</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>134</v>
+      </c>
+      <c r="D25" t="s">
+        <v>135</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>61</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>136</v>
+      </c>
+      <c r="K25" t="s">
+        <v>175</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>134</v>
+      </c>
+      <c r="D26" t="s">
         <v>120</v>
       </c>
-      <c r="K20"/>
-[...17 lines deleted...]
-      <c r="C21" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>61</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>136</v>
+      </c>
+      <c r="K26" t="s">
+        <v>137</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
         <v>119</v>
       </c>
-      <c r="D21" t="s">
-[...15 lines deleted...]
-      <c r="J21" t="s">
+      <c r="D27" t="s">
         <v>120</v>
       </c>
-      <c r="K21"/>
-[...27 lines deleted...]
-      <c r="G22">
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>61</v>
+      </c>
+      <c r="H27">
         <v>2015</v>
       </c>
-      <c r="H22"/>
-[...34 lines deleted...]
-      <c r="G23">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>142</v>
+      </c>
+      <c r="K27" t="s">
+        <v>137</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>143</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2015</v>
       </c>
-      <c r="H23"/>
-[...191 lines deleted...]
-      <c r="H28">
+      <c r="I28">
         <v>2024</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>130</v>
-[...4 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="K28" t="s">
+        <v>175</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>143</v>
       </c>
       <c r="N28" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>188</v>
+      </c>
+      <c r="P28" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>138</v>
+        <v>190</v>
       </c>
       <c r="B29" t="s">
-        <v>139</v>
+        <v>191</v>
       </c>
       <c r="C29" t="s">
         <v>119</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>155</v>
       </c>
       <c r="E29" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>1992</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2013</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="K29" t="s">
+        <v>53</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
+        <v>143</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>195</v>
+      </c>
+      <c r="D30" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1992</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>187</v>
+      </c>
+      <c r="K30" t="s">
+        <v>53</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>196</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>198</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>200</v>
+      </c>
+      <c r="D31" t="s">
+        <v>201</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>71</v>
+      </c>
+      <c r="G31" t="s">
+        <v>61</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>52</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>203</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>204</v>
+      </c>
+      <c r="P31" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>208</v>
+      </c>
+      <c r="D32" t="s">
+        <v>209</v>
+      </c>
+      <c r="E32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" t="s">
+        <v>71</v>
+      </c>
+      <c r="G32" t="s">
+        <v>113</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>210</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>211</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>212</v>
+      </c>
+      <c r="P32" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>214</v>
+      </c>
+      <c r="B33" t="s">
+        <v>215</v>
+      </c>
+      <c r="C33" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" t="s">
+        <v>120</v>
+      </c>
+      <c r="E33" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" t="s">
+        <v>121</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>210</v>
+      </c>
+      <c r="K33" t="s">
+        <v>216</v>
+      </c>
+      <c r="L33" t="s">
+        <v>217</v>
+      </c>
+      <c r="M33" t="s">
+        <v>218</v>
+      </c>
+      <c r="N33" t="s">
+        <v>36</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" t="s">
+        <v>223</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>121</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2004</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>210</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>224</v>
+      </c>
+      <c r="M34" t="s">
+        <v>218</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" t="s">
+        <v>98</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
+        <v>121</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>210</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
+      <c r="M35" t="s">
+        <v>218</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>230</v>
+      </c>
+      <c r="P35" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>232</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" t="s">
+        <v>98</v>
+      </c>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
+        <v>121</v>
+      </c>
+      <c r="G36" t="s">
+        <v>61</v>
+      </c>
+      <c r="H36">
+        <v>2018</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>99</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>234</v>
+      </c>
+      <c r="M36" t="s">
+        <v>218</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>235</v>
+      </c>
+      <c r="P36" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>237</v>
+      </c>
+      <c r="B37" t="s">
+        <v>238</v>
+      </c>
+      <c r="C37" t="s">
+        <v>97</v>
+      </c>
+      <c r="D37" t="s">
+        <v>98</v>
+      </c>
+      <c r="E37" t="s">
+        <v>51</v>
+      </c>
+      <c r="F37" t="s">
+        <v>121</v>
+      </c>
+      <c r="G37" t="s">
+        <v>61</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>99</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>239</v>
+      </c>
+      <c r="M37" t="s">
+        <v>218</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>240</v>
+      </c>
+      <c r="P37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>242</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>97</v>
+      </c>
+      <c r="D38" t="s">
+        <v>120</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" t="s">
+        <v>121</v>
+      </c>
+      <c r="G38" t="s">
+        <v>61</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>210</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>244</v>
+      </c>
+      <c r="M38" t="s">
+        <v>218</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>245</v>
+      </c>
+      <c r="P38" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C39" t="s">
+        <v>97</v>
+      </c>
+      <c r="D39" t="s">
+        <v>120</v>
+      </c>
+      <c r="E39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F39" t="s">
+        <v>121</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2002</v>
+      </c>
+      <c r="I39">
+        <v>2017</v>
+      </c>
+      <c r="J39" t="s">
+        <v>210</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>249</v>
+      </c>
+      <c r="M39" t="s">
+        <v>218</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>252</v>
+      </c>
+      <c r="B40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>97</v>
+      </c>
+      <c r="D40" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>121</v>
+      </c>
+      <c r="G40" t="s">
+        <v>61</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>99</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>254</v>
+      </c>
+      <c r="M40" t="s">
+        <v>218</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>255</v>
+      </c>
+      <c r="P40" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>257</v>
+      </c>
+      <c r="B41" t="s">
+        <v>258</v>
+      </c>
+      <c r="C41" t="s">
+        <v>97</v>
+      </c>
+      <c r="D41" t="s">
+        <v>79</v>
+      </c>
+      <c r="E41" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" t="s">
+        <v>121</v>
+      </c>
+      <c r="G41" t="s">
+        <v>61</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>210</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>259</v>
+      </c>
+      <c r="M41" t="s">
+        <v>218</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>262</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>97</v>
+      </c>
+      <c r="D42" t="s">
+        <v>79</v>
+      </c>
+      <c r="E42" t="s">
+        <v>51</v>
+      </c>
+      <c r="F42" t="s">
+        <v>121</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>210</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>264</v>
+      </c>
+      <c r="M42" t="s">
+        <v>218</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>265</v>
+      </c>
+      <c r="P42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>267</v>
+      </c>
+      <c r="B43" t="s">
+        <v>268</v>
+      </c>
+      <c r="C43" t="s">
+        <v>97</v>
+      </c>
+      <c r="D43" t="s">
+        <v>120</v>
+      </c>
+      <c r="E43" t="s">
+        <v>51</v>
+      </c>
+      <c r="F43" t="s">
+        <v>121</v>
+      </c>
+      <c r="G43" t="s">
+        <v>61</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>210</v>
+      </c>
+      <c r="K43" t="s">
+        <v>269</v>
+      </c>
+      <c r="L43" t="s">
+        <v>270</v>
+      </c>
+      <c r="M43" t="s">
+        <v>218</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>271</v>
+      </c>
+      <c r="P43" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>273</v>
+      </c>
+      <c r="B44" t="s">
+        <v>274</v>
+      </c>
+      <c r="C44" t="s">
+        <v>275</v>
+      </c>
+      <c r="D44" t="s">
+        <v>276</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>277</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44">
+        <v>2023</v>
+      </c>
+      <c r="J44" t="s">
+        <v>278</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>279</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>280</v>
+      </c>
+      <c r="P44" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>282</v>
+      </c>
+      <c r="B45" t="s">
+        <v>283</v>
+      </c>
+      <c r="C45" t="s">
+        <v>284</v>
+      </c>
+      <c r="D45" t="s">
+        <v>285</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>61</v>
+      </c>
+      <c r="H45">
+        <v>2020</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>278</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>286</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>287</v>
+      </c>
+      <c r="P45" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>289</v>
+      </c>
+      <c r="B46" t="s">
+        <v>290</v>
+      </c>
+      <c r="C46" t="s">
+        <v>291</v>
+      </c>
+      <c r="D46" t="s">
+        <v>292</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>42</v>
+      </c>
+      <c r="G46" t="s">
+        <v>61</v>
+      </c>
+      <c r="H46">
+        <v>2020</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>293</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>294</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>295</v>
+      </c>
+      <c r="P46" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>297</v>
+      </c>
+      <c r="B47" t="s">
+        <v>298</v>
+      </c>
+      <c r="C47" t="s">
+        <v>299</v>
+      </c>
+      <c r="D47" t="s">
+        <v>59</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>60</v>
+      </c>
+      <c r="G47" t="s">
+        <v>113</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>62</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>300</v>
+      </c>
+      <c r="N47" t="s">
+        <v>64</v>
+      </c>
+      <c r="O47" t="s">
+        <v>301</v>
+      </c>
+      <c r="P47" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>303</v>
+      </c>
+      <c r="B48" t="s">
+        <v>304</v>
+      </c>
+      <c r="C48" t="s">
+        <v>305</v>
+      </c>
+      <c r="D48" t="s">
+        <v>201</v>
+      </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" t="s">
+        <v>71</v>
+      </c>
+      <c r="G48" t="s">
+        <v>113</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>306</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>307</v>
+      </c>
+      <c r="M48" t="s">
+        <v>308</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>309</v>
+      </c>
+      <c r="P48" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>311</v>
+      </c>
+      <c r="B49" t="s">
+        <v>312</v>
+      </c>
+      <c r="C49" t="s">
+        <v>313</v>
+      </c>
+      <c r="D49" t="s">
+        <v>98</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>42</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1992</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>80</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>314</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>315</v>
+      </c>
+      <c r="P49" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>317</v>
+      </c>
+      <c r="B50" t="s">
+        <v>318</v>
+      </c>
+      <c r="C50" t="s">
+        <v>313</v>
+      </c>
+      <c r="D50" t="s">
+        <v>319</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>42</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1994</v>
+      </c>
+      <c r="I50">
+        <v>2003</v>
+      </c>
+      <c r="J50" t="s">
+        <v>80</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>314</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>320</v>
+      </c>
+      <c r="P50" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>321</v>
+      </c>
+      <c r="B51" t="s">
+        <v>322</v>
+      </c>
+      <c r="C51" t="s">
+        <v>313</v>
+      </c>
+      <c r="D51" t="s">
+        <v>120</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>42</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2000</v>
+      </c>
+      <c r="I51">
+        <v>2010</v>
+      </c>
+      <c r="J51" t="s">
+        <v>323</v>
+      </c>
+      <c r="K51" t="s">
+        <v>269</v>
+      </c>
+      <c r="L51" t="s">
+        <v>324</v>
+      </c>
+      <c r="M51" t="s">
+        <v>314</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>325</v>
+      </c>
+      <c r="P51" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>326</v>
+      </c>
+      <c r="B52" t="s">
+        <v>327</v>
+      </c>
+      <c r="C52" t="s">
+        <v>328</v>
+      </c>
+      <c r="D52" t="s">
+        <v>329</v>
+      </c>
+      <c r="E52" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" t="s">
+        <v>71</v>
+      </c>
+      <c r="G52" t="s">
+        <v>61</v>
+      </c>
+      <c r="H52">
+        <v>2017</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>330</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>331</v>
+      </c>
+      <c r="M52" t="s">
+        <v>332</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>333</v>
+      </c>
+      <c r="P52" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>335</v>
+      </c>
+      <c r="B53" t="s">
+        <v>336</v>
+      </c>
+      <c r="C53" t="s">
+        <v>337</v>
+      </c>
+      <c r="D53" t="s">
+        <v>79</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>71</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53">
+        <v>2018</v>
+      </c>
+      <c r="J53" t="s">
+        <v>306</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>338</v>
+      </c>
+      <c r="M53" t="s">
+        <v>339</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>340</v>
+      </c>
+      <c r="P53" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>342</v>
+      </c>
+      <c r="B54" t="s">
+        <v>343</v>
+      </c>
+      <c r="C54" t="s">
+        <v>344</v>
+      </c>
+      <c r="D54" t="s">
+        <v>345</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>71</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2016</v>
+      </c>
+      <c r="I54">
+        <v>2019</v>
+      </c>
+      <c r="J54" t="s">
+        <v>306</v>
+      </c>
+      <c r="K54" t="s">
+        <v>53</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>346</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>347</v>
+      </c>
+      <c r="P54" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>349</v>
+      </c>
+      <c r="B55" t="s">
+        <v>350</v>
+      </c>
+      <c r="C55" t="s">
+        <v>351</v>
+      </c>
+      <c r="D55" t="s">
+        <v>352</v>
+      </c>
+      <c r="E55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" t="s">
+        <v>42</v>
+      </c>
+      <c r="G55" t="s">
+        <v>61</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>33</v>
+      </c>
+      <c r="K55" t="s">
         <v>24</v>
       </c>
-      <c r="N29" t="s">
-[...25 lines deleted...]
-      <c r="H30">
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>353</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>354</v>
+      </c>
+      <c r="P55" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>356</v>
+      </c>
+      <c r="B56" t="s">
+        <v>357</v>
+      </c>
+      <c r="C56" t="s">
+        <v>358</v>
+      </c>
+      <c r="D56" t="s">
+        <v>120</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>42</v>
+      </c>
+      <c r="G56" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56">
+        <v>1993</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>306</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>353</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>359</v>
+      </c>
+      <c r="P56" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>361</v>
+      </c>
+      <c r="B57" t="s">
+        <v>362</v>
+      </c>
+      <c r="C57" t="s">
+        <v>134</v>
+      </c>
+      <c r="D57" t="s">
+        <v>120</v>
+      </c>
+      <c r="E57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" t="s">
+        <v>121</v>
+      </c>
+      <c r="G57" t="s">
+        <v>61</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>330</v>
+      </c>
+      <c r="K57" t="s">
+        <v>363</v>
+      </c>
+      <c r="L57" t="s">
+        <v>25</v>
+      </c>
+      <c r="M57" t="s">
+        <v>364</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>365</v>
+      </c>
+      <c r="P57" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>367</v>
+      </c>
+      <c r="B58" t="s">
+        <v>368</v>
+      </c>
+      <c r="C58" t="s">
+        <v>369</v>
+      </c>
+      <c r="D58" t="s">
+        <v>120</v>
+      </c>
+      <c r="E58" t="s">
+        <v>51</v>
+      </c>
+      <c r="F58" t="s">
+        <v>121</v>
+      </c>
+      <c r="G58" t="s">
+        <v>61</v>
+      </c>
+      <c r="H58">
+        <v>2016</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>210</v>
+      </c>
+      <c r="K58" t="s">
+        <v>363</v>
+      </c>
+      <c r="L58" t="s">
+        <v>370</v>
+      </c>
+      <c r="M58" t="s">
+        <v>371</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>372</v>
+      </c>
+      <c r="P58" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>374</v>
+      </c>
+      <c r="B59" t="s">
+        <v>375</v>
+      </c>
+      <c r="C59" t="s">
+        <v>369</v>
+      </c>
+      <c r="D59" t="s">
+        <v>120</v>
+      </c>
+      <c r="E59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" t="s">
+        <v>121</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1995</v>
+      </c>
+      <c r="I59">
         <v>2013</v>
       </c>
-      <c r="I30" t="s">
-[...32 lines deleted...]
-      <c r="F31" t="s">
+      <c r="J59" t="s">
+        <v>210</v>
+      </c>
+      <c r="K59" t="s">
+        <v>363</v>
+      </c>
+      <c r="L59" t="s">
+        <v>376</v>
+      </c>
+      <c r="M59" t="s">
+        <v>371</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>377</v>
+      </c>
+      <c r="P59" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>379</v>
+      </c>
+      <c r="B60" t="s">
+        <v>380</v>
+      </c>
+      <c r="C60" t="s">
+        <v>369</v>
+      </c>
+      <c r="D60" t="s">
+        <v>120</v>
+      </c>
+      <c r="E60" t="s">
         <v>51</v>
       </c>
-      <c r="G31">
+      <c r="F60" t="s">
+        <v>121</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>210</v>
+      </c>
+      <c r="K60" t="s">
+        <v>363</v>
+      </c>
+      <c r="L60" t="s">
+        <v>381</v>
+      </c>
+      <c r="M60" t="s">
+        <v>371</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>382</v>
+      </c>
+      <c r="P60" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>384</v>
+      </c>
+      <c r="B61" t="s">
+        <v>385</v>
+      </c>
+      <c r="C61" t="s">
+        <v>386</v>
+      </c>
+      <c r="D61" t="s">
+        <v>120</v>
+      </c>
+      <c r="E61" t="s">
+        <v>51</v>
+      </c>
+      <c r="F61" t="s">
+        <v>42</v>
+      </c>
+      <c r="G61" t="s">
+        <v>61</v>
+      </c>
+      <c r="H61">
+        <v>2006</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>387</v>
+      </c>
+      <c r="K61" t="s">
+        <v>363</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>388</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>389</v>
+      </c>
+      <c r="P61" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>391</v>
+      </c>
+      <c r="B62" t="s">
+        <v>391</v>
+      </c>
+      <c r="C62" t="s">
+        <v>392</v>
+      </c>
+      <c r="D62" t="s">
+        <v>79</v>
+      </c>
+      <c r="E62" t="s">
+        <v>51</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2002</v>
+      </c>
+      <c r="I62">
+        <v>2001</v>
+      </c>
+      <c r="J62" t="s">
+        <v>72</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>393</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>394</v>
+      </c>
+      <c r="P62" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>396</v>
+      </c>
+      <c r="B63" t="s">
+        <v>397</v>
+      </c>
+      <c r="C63" t="s">
+        <v>392</v>
+      </c>
+      <c r="D63" t="s">
+        <v>120</v>
+      </c>
+      <c r="E63" t="s">
+        <v>51</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>61</v>
+      </c>
+      <c r="H63">
+        <v>2003</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>72</v>
+      </c>
+      <c r="K63" t="s">
+        <v>269</v>
+      </c>
+      <c r="L63" t="s">
+        <v>398</v>
+      </c>
+      <c r="M63" t="s">
+        <v>399</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>400</v>
+      </c>
+      <c r="P63" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>396</v>
+      </c>
+      <c r="B64" t="s">
+        <v>397</v>
+      </c>
+      <c r="C64" t="s">
+        <v>392</v>
+      </c>
+      <c r="D64" t="s">
+        <v>120</v>
+      </c>
+      <c r="E64" t="s">
+        <v>51</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>61</v>
+      </c>
+      <c r="H64">
+        <v>2003</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>72</v>
+      </c>
+      <c r="K64" t="s">
+        <v>401</v>
+      </c>
+      <c r="L64" t="s">
+        <v>398</v>
+      </c>
+      <c r="M64" t="s">
+        <v>393</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>402</v>
+      </c>
+      <c r="P64" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>403</v>
+      </c>
+      <c r="B65" t="s">
+        <v>404</v>
+      </c>
+      <c r="C65" t="s">
+        <v>97</v>
+      </c>
+      <c r="D65" t="s">
+        <v>405</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>406</v>
+      </c>
+      <c r="H65">
+        <v>2024</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>407</v>
+      </c>
+      <c r="M65" t="s">
+        <v>408</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>409</v>
+      </c>
+      <c r="P65" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>411</v>
+      </c>
+      <c r="B66" t="s">
+        <v>412</v>
+      </c>
+      <c r="C66" t="s">
+        <v>97</v>
+      </c>
+      <c r="D66" t="s">
+        <v>120</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>61</v>
+      </c>
+      <c r="H66">
+        <v>2010</v>
+      </c>
+      <c r="I66">
+        <v>2021</v>
+      </c>
+      <c r="J66" t="s">
+        <v>99</v>
+      </c>
+      <c r="K66" t="s">
+        <v>269</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>101</v>
+      </c>
+      <c r="N66" t="s">
+        <v>36</v>
+      </c>
+      <c r="O66" t="s">
+        <v>414</v>
+      </c>
+      <c r="P66" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>416</v>
+      </c>
+      <c r="B67" t="s">
+        <v>417</v>
+      </c>
+      <c r="C67" t="s">
+        <v>97</v>
+      </c>
+      <c r="D67" t="s">
+        <v>120</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>61</v>
+      </c>
+      <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>210</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>418</v>
+      </c>
+      <c r="M67" t="s">
+        <v>419</v>
+      </c>
+      <c r="N67" t="s">
+        <v>36</v>
+      </c>
+      <c r="O67" t="s">
+        <v>420</v>
+      </c>
+      <c r="P67" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>422</v>
+      </c>
+      <c r="B68" t="s">
+        <v>423</v>
+      </c>
+      <c r="C68" t="s">
+        <v>97</v>
+      </c>
+      <c r="D68" t="s">
+        <v>98</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2008</v>
+      </c>
+      <c r="I68">
+        <v>2015</v>
+      </c>
+      <c r="J68" t="s">
+        <v>210</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>424</v>
+      </c>
+      <c r="M68" t="s">
+        <v>101</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>425</v>
+      </c>
+      <c r="P68" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>427</v>
+      </c>
+      <c r="B69" t="s">
+        <v>96</v>
+      </c>
+      <c r="C69" t="s">
+        <v>97</v>
+      </c>
+      <c r="D69" t="s">
+        <v>98</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>61</v>
+      </c>
+      <c r="H69">
+        <v>2020</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>99</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>100</v>
+      </c>
+      <c r="M69" t="s">
+        <v>419</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>428</v>
+      </c>
+      <c r="P69" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>430</v>
+      </c>
+      <c r="B70" t="s">
+        <v>431</v>
+      </c>
+      <c r="C70" t="s">
+        <v>97</v>
+      </c>
+      <c r="D70" t="s">
+        <v>120</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>61</v>
+      </c>
+      <c r="H70">
+        <v>2020</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>99</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>432</v>
+      </c>
+      <c r="M70" t="s">
+        <v>419</v>
+      </c>
+      <c r="N70" t="s">
+        <v>36</v>
+      </c>
+      <c r="O70" t="s">
+        <v>433</v>
+      </c>
+      <c r="P70" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>435</v>
+      </c>
+      <c r="B71" t="s">
+        <v>436</v>
+      </c>
+      <c r="C71" t="s">
+        <v>97</v>
+      </c>
+      <c r="D71" t="s">
+        <v>79</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2003</v>
+      </c>
+      <c r="I71">
+        <v>2013</v>
+      </c>
+      <c r="J71" t="s">
+        <v>210</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>259</v>
+      </c>
+      <c r="M71" t="s">
+        <v>101</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>437</v>
+      </c>
+      <c r="P71" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>439</v>
+      </c>
+      <c r="B72" t="s">
+        <v>440</v>
+      </c>
+      <c r="C72" t="s">
+        <v>441</v>
+      </c>
+      <c r="D72" t="s">
+        <v>98</v>
+      </c>
+      <c r="E72" t="s">
+        <v>51</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1987</v>
+      </c>
+      <c r="I72">
+        <v>1988</v>
+      </c>
+      <c r="J72" t="s">
+        <v>72</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>442</v>
+      </c>
+      <c r="M72" t="s">
+        <v>443</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>444</v>
+      </c>
+      <c r="P72" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>446</v>
+      </c>
+      <c r="B73" t="s">
+        <v>447</v>
+      </c>
+      <c r="C73" t="s">
+        <v>441</v>
+      </c>
+      <c r="D73" t="s">
+        <v>120</v>
+      </c>
+      <c r="E73" t="s">
+        <v>51</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>61</v>
+      </c>
+      <c r="H73">
+        <v>2011</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>72</v>
+      </c>
+      <c r="K73" t="s">
+        <v>269</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>443</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>448</v>
+      </c>
+      <c r="P73" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>450</v>
+      </c>
+      <c r="B74" t="s">
+        <v>451</v>
+      </c>
+      <c r="C74" t="s">
+        <v>452</v>
+      </c>
+      <c r="D74" t="s">
+        <v>453</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>71</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74">
+        <v>2025</v>
+      </c>
+      <c r="J74" t="s">
+        <v>454</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>455</v>
+      </c>
+      <c r="M74" t="s">
+        <v>456</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>457</v>
+      </c>
+      <c r="P74" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>459</v>
+      </c>
+      <c r="B75" t="s">
+        <v>460</v>
+      </c>
+      <c r="C75" t="s">
+        <v>299</v>
+      </c>
+      <c r="D75" t="s">
+        <v>461</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>60</v>
+      </c>
+      <c r="G75" t="s">
+        <v>61</v>
+      </c>
+      <c r="H75">
+        <v>2022</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>62</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>462</v>
+      </c>
+      <c r="N75" t="s">
+        <v>64</v>
+      </c>
+      <c r="O75" t="s">
+        <v>463</v>
+      </c>
+      <c r="P75" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>465</v>
+      </c>
+      <c r="B76" t="s">
+        <v>466</v>
+      </c>
+      <c r="C76" t="s">
+        <v>467</v>
+      </c>
+      <c r="D76" t="s">
+        <v>79</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2004</v>
+      </c>
+      <c r="I76">
+        <v>2017</v>
+      </c>
+      <c r="J76" t="s">
+        <v>468</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>469</v>
+      </c>
+      <c r="M76" t="s">
+        <v>470</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>471</v>
+      </c>
+      <c r="P76" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>473</v>
+      </c>
+      <c r="B77" t="s">
+        <v>474</v>
+      </c>
+      <c r="C77" t="s">
+        <v>392</v>
+      </c>
+      <c r="D77" t="s">
+        <v>79</v>
+      </c>
+      <c r="E77" t="s">
+        <v>51</v>
+      </c>
+      <c r="F77" t="s">
+        <v>121</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2002</v>
+      </c>
+      <c r="I77">
+        <v>2013</v>
+      </c>
+      <c r="J77" t="s">
+        <v>72</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>399</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>475</v>
+      </c>
+      <c r="P77" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>477</v>
+      </c>
+      <c r="B78" t="s">
+        <v>478</v>
+      </c>
+      <c r="C78" t="s">
+        <v>452</v>
+      </c>
+      <c r="D78" t="s">
+        <v>319</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>61</v>
+      </c>
+      <c r="H78">
+        <v>2015</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>479</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>480</v>
+      </c>
+      <c r="M78" t="s">
+        <v>456</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>481</v>
+      </c>
+      <c r="P78" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>483</v>
+      </c>
+      <c r="B79" t="s">
+        <v>484</v>
+      </c>
+      <c r="C79" t="s">
+        <v>485</v>
+      </c>
+      <c r="D79" t="s">
+        <v>486</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>42</v>
+      </c>
+      <c r="G79" t="s">
+        <v>113</v>
+      </c>
+      <c r="H79"/>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>99</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>487</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>488</v>
+      </c>
+      <c r="P79"/>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>489</v>
+      </c>
+      <c r="B80" t="s">
+        <v>490</v>
+      </c>
+      <c r="C80" t="s">
+        <v>485</v>
+      </c>
+      <c r="D80" t="s">
+        <v>486</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>113</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>99</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>487</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>491</v>
+      </c>
+      <c r="P80"/>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>492</v>
+      </c>
+      <c r="B81" t="s">
+        <v>493</v>
+      </c>
+      <c r="C81" t="s">
+        <v>313</v>
+      </c>
+      <c r="D81" t="s">
+        <v>120</v>
+      </c>
+      <c r="E81" t="s">
+        <v>51</v>
+      </c>
+      <c r="F81" t="s">
+        <v>121</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>1996</v>
+      </c>
+      <c r="I81">
+        <v>2012</v>
+      </c>
+      <c r="J81" t="s">
+        <v>323</v>
+      </c>
+      <c r="K81" t="s">
+        <v>401</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>314</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>494</v>
+      </c>
+      <c r="P81" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>492</v>
+      </c>
+      <c r="B82" t="s">
+        <v>496</v>
+      </c>
+      <c r="C82" t="s">
+        <v>313</v>
+      </c>
+      <c r="D82" t="s">
+        <v>120</v>
+      </c>
+      <c r="E82" t="s">
+        <v>51</v>
+      </c>
+      <c r="F82" t="s">
+        <v>121</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1996</v>
+      </c>
+      <c r="I82">
+        <v>2012</v>
+      </c>
+      <c r="J82" t="s">
+        <v>323</v>
+      </c>
+      <c r="K82" t="s">
+        <v>401</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>314</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>497</v>
+      </c>
+      <c r="P82" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>498</v>
+      </c>
+      <c r="B83" t="s">
+        <v>499</v>
+      </c>
+      <c r="C83" t="s">
+        <v>313</v>
+      </c>
+      <c r="D83" t="s">
+        <v>120</v>
+      </c>
+      <c r="E83" t="s">
+        <v>51</v>
+      </c>
+      <c r="F83" t="s">
+        <v>121</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1996</v>
+      </c>
+      <c r="I83">
+        <v>2010</v>
+      </c>
+      <c r="J83" t="s">
+        <v>323</v>
+      </c>
+      <c r="K83" t="s">
+        <v>269</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>314</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>500</v>
+      </c>
+      <c r="P83" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>501</v>
+      </c>
+      <c r="B84" t="s">
+        <v>502</v>
+      </c>
+      <c r="C84" t="s">
+        <v>313</v>
+      </c>
+      <c r="D84" t="s">
+        <v>120</v>
+      </c>
+      <c r="E84" t="s">
+        <v>51</v>
+      </c>
+      <c r="F84" t="s">
+        <v>121</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1996</v>
+      </c>
+      <c r="I84">
+        <v>2010</v>
+      </c>
+      <c r="J84" t="s">
+        <v>323</v>
+      </c>
+      <c r="K84" t="s">
+        <v>269</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>314</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>503</v>
+      </c>
+      <c r="P84" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>504</v>
+      </c>
+      <c r="B85" t="s">
+        <v>505</v>
+      </c>
+      <c r="C85" t="s">
+        <v>284</v>
+      </c>
+      <c r="D85" t="s">
+        <v>453</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>71</v>
+      </c>
+      <c r="G85" t="s">
+        <v>61</v>
+      </c>
+      <c r="H85">
+        <v>2021</v>
+      </c>
+      <c r="I85">
+        <v>2024</v>
+      </c>
+      <c r="J85" t="s">
+        <v>506</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>507</v>
+      </c>
+      <c r="M85" t="s">
+        <v>286</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>508</v>
+      </c>
+      <c r="P85" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>510</v>
+      </c>
+      <c r="B86" t="s">
+        <v>511</v>
+      </c>
+      <c r="C86" t="s">
+        <v>512</v>
+      </c>
+      <c r="D86" t="s">
+        <v>79</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2000</v>
+      </c>
+      <c r="I86">
         <v>2016</v>
       </c>
-      <c r="H31"/>
-[...29 lines deleted...]
-      <c r="D32" t="s">
+      <c r="J86" t="s">
+        <v>387</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>513</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>514</v>
+      </c>
+      <c r="P86" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>516</v>
+      </c>
+      <c r="B87" t="s">
+        <v>517</v>
+      </c>
+      <c r="C87" t="s">
+        <v>512</v>
+      </c>
+      <c r="D87" t="s">
+        <v>79</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
         <v>42</v>
       </c>
-      <c r="E32" t="s">
-[...34 lines deleted...]
-      <c r="D33" t="s">
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2000</v>
+      </c>
+      <c r="I87">
+        <v>2020</v>
+      </c>
+      <c r="J87" t="s">
+        <v>52</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>513</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>518</v>
+      </c>
+      <c r="P87" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>520</v>
+      </c>
+      <c r="B88" t="s">
+        <v>521</v>
+      </c>
+      <c r="C88" t="s">
+        <v>512</v>
+      </c>
+      <c r="D88" t="s">
+        <v>79</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
         <v>42</v>
       </c>
-      <c r="E33" t="s">
-[...40 lines deleted...]
-      <c r="D34" t="s">
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2016</v>
+      </c>
+      <c r="I88">
+        <v>2020</v>
+      </c>
+      <c r="J88" t="s">
+        <v>52</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>513</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>522</v>
+      </c>
+      <c r="P88" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>524</v>
+      </c>
+      <c r="B89" t="s">
+        <v>525</v>
+      </c>
+      <c r="C89" t="s">
+        <v>526</v>
+      </c>
+      <c r="D89" t="s">
+        <v>120</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
         <v>42</v>
       </c>
-      <c r="E34" t="s">
-[...979 lines deleted...]
-      <c r="K57" t="s">
+      <c r="G89" t="s">
         <v>22</v>
-      </c>
-[...1336 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H89">
         <v>2002</v>
       </c>
-      <c r="I89" t="s">
-        <v>229</v>
+      <c r="I89">
+        <v>2002</v>
       </c>
       <c r="J89" t="s">
-        <v>190</v>
+        <v>323</v>
       </c>
       <c r="K89" t="s">
-        <v>367</v>
+        <v>269</v>
       </c>
       <c r="L89" t="s">
-        <v>368</v>
+        <v>527</v>
       </c>
       <c r="M89" t="s">
+        <v>528</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>529</v>
+      </c>
+      <c r="P89" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>531</v>
+      </c>
+      <c r="B90" t="s">
+        <v>532</v>
+      </c>
+      <c r="C90" t="s">
+        <v>526</v>
+      </c>
+      <c r="D90" t="s">
+        <v>120</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1998</v>
+      </c>
+      <c r="I90">
+        <v>2009</v>
+      </c>
+      <c r="J90" t="s">
+        <v>323</v>
+      </c>
+      <c r="K90" t="s">
+        <v>269</v>
+      </c>
+      <c r="L90" t="s">
+        <v>533</v>
+      </c>
+      <c r="M90" t="s">
+        <v>528</v>
+      </c>
+      <c r="N90" t="s">
+        <v>36</v>
+      </c>
+      <c r="O90" t="s">
+        <v>534</v>
+      </c>
+      <c r="P90" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>535</v>
+      </c>
+      <c r="B91" t="s">
+        <v>536</v>
+      </c>
+      <c r="C91" t="s">
+        <v>526</v>
+      </c>
+      <c r="D91" t="s">
+        <v>120</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>71</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2011</v>
+      </c>
+      <c r="I91">
+        <v>2015</v>
+      </c>
+      <c r="J91" t="s">
+        <v>537</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>538</v>
+      </c>
+      <c r="M91" t="s">
+        <v>528</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>539</v>
+      </c>
+      <c r="P91" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>540</v>
+      </c>
+      <c r="B92" t="s">
+        <v>541</v>
+      </c>
+      <c r="C92" t="s">
+        <v>526</v>
+      </c>
+      <c r="D92" t="s">
+        <v>120</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2011</v>
+      </c>
+      <c r="I92">
+        <v>2013</v>
+      </c>
+      <c r="J92" t="s">
+        <v>323</v>
+      </c>
+      <c r="K92" t="s">
+        <v>269</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>528</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>542</v>
+      </c>
+      <c r="P92" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>543</v>
+      </c>
+      <c r="B93" t="s">
+        <v>544</v>
+      </c>
+      <c r="C93" t="s">
+        <v>526</v>
+      </c>
+      <c r="D93" t="s">
+        <v>120</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>42</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2002</v>
+      </c>
+      <c r="I93">
+        <v>2010</v>
+      </c>
+      <c r="J93" t="s">
+        <v>323</v>
+      </c>
+      <c r="K93" t="s">
+        <v>269</v>
+      </c>
+      <c r="L93" t="s">
+        <v>545</v>
+      </c>
+      <c r="M93" t="s">
+        <v>528</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>546</v>
+      </c>
+      <c r="P93" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>547</v>
+      </c>
+      <c r="B94" t="s">
+        <v>548</v>
+      </c>
+      <c r="C94" t="s">
+        <v>526</v>
+      </c>
+      <c r="D94" t="s">
+        <v>120</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>42</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2002</v>
+      </c>
+      <c r="I94">
+        <v>2012</v>
+      </c>
+      <c r="J94" t="s">
+        <v>323</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>528</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>549</v>
+      </c>
+      <c r="P94" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>550</v>
+      </c>
+      <c r="B95" t="s">
+        <v>551</v>
+      </c>
+      <c r="C95" t="s">
+        <v>526</v>
+      </c>
+      <c r="D95" t="s">
+        <v>79</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>71</v>
+      </c>
+      <c r="G95" t="s">
+        <v>61</v>
+      </c>
+      <c r="H95">
+        <v>2004</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>323</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>552</v>
+      </c>
+      <c r="M95" t="s">
+        <v>528</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>553</v>
+      </c>
+      <c r="P95" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>554</v>
+      </c>
+      <c r="B96" t="s">
+        <v>555</v>
+      </c>
+      <c r="C96" t="s">
+        <v>556</v>
+      </c>
+      <c r="D96" t="s">
+        <v>453</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>42</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2013</v>
+      </c>
+      <c r="I96">
+        <v>2014</v>
+      </c>
+      <c r="J96" t="s">
+        <v>210</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>557</v>
+      </c>
+      <c r="M96" t="s">
+        <v>558</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>559</v>
+      </c>
+      <c r="P96" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>561</v>
+      </c>
+      <c r="B97" t="s">
+        <v>562</v>
+      </c>
+      <c r="C97" t="s">
+        <v>556</v>
+      </c>
+      <c r="D97" t="s">
+        <v>563</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2013</v>
+      </c>
+      <c r="I97">
+        <v>2014</v>
+      </c>
+      <c r="J97" t="s">
+        <v>210</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>557</v>
+      </c>
+      <c r="M97" t="s">
+        <v>558</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>564</v>
+      </c>
+      <c r="P97" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>566</v>
+      </c>
+      <c r="B98" t="s">
+        <v>567</v>
+      </c>
+      <c r="C98" t="s">
+        <v>568</v>
+      </c>
+      <c r="D98" t="s">
+        <v>79</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2016</v>
+      </c>
+      <c r="I98">
+        <v>2018</v>
+      </c>
+      <c r="J98" t="s">
+        <v>52</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>569</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>570</v>
+      </c>
+      <c r="P98" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>572</v>
+      </c>
+      <c r="B99" t="s">
+        <v>573</v>
+      </c>
+      <c r="C99" t="s">
+        <v>574</v>
+      </c>
+      <c r="D99" t="s">
+        <v>575</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>71</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2005</v>
+      </c>
+      <c r="I99">
+        <v>2008</v>
+      </c>
+      <c r="J99" t="s">
+        <v>576</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>577</v>
+      </c>
+      <c r="M99" t="s">
+        <v>578</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>579</v>
+      </c>
+      <c r="P99" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>581</v>
+      </c>
+      <c r="B100" t="s">
+        <v>582</v>
+      </c>
+      <c r="C100" t="s">
+        <v>583</v>
+      </c>
+      <c r="D100" t="s">
+        <v>453</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>42</v>
+      </c>
+      <c r="G100" t="s">
+        <v>8</v>
+      </c>
+      <c r="H100">
+        <v>2015</v>
+      </c>
+      <c r="I100">
+        <v>2019</v>
+      </c>
+      <c r="J100" t="s">
+        <v>468</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>584</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>585</v>
+      </c>
+      <c r="P100" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>587</v>
+      </c>
+      <c r="B101" t="s">
+        <v>588</v>
+      </c>
+      <c r="C101" t="s">
+        <v>583</v>
+      </c>
+      <c r="D101" t="s">
+        <v>453</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>42</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2015</v>
+      </c>
+      <c r="I101">
+        <v>2024</v>
+      </c>
+      <c r="J101" t="s">
+        <v>589</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>584</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>590</v>
+      </c>
+      <c r="P101" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>591</v>
+      </c>
+      <c r="B102" t="s">
+        <v>592</v>
+      </c>
+      <c r="C102" t="s">
+        <v>593</v>
+      </c>
+      <c r="D102" t="s">
+        <v>453</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>61</v>
+      </c>
+      <c r="H102">
+        <v>2018</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>278</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>594</v>
+      </c>
+      <c r="M102" t="s">
+        <v>595</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>596</v>
+      </c>
+      <c r="P102" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>598</v>
+      </c>
+      <c r="B103" t="s">
+        <v>599</v>
+      </c>
+      <c r="C103" t="s">
+        <v>313</v>
+      </c>
+      <c r="D103" t="s">
+        <v>120</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>61</v>
+      </c>
+      <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>323</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>314</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>600</v>
+      </c>
+      <c r="P103" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>602</v>
+      </c>
+      <c r="B104" t="s">
+        <v>603</v>
+      </c>
+      <c r="C104" t="s">
+        <v>313</v>
+      </c>
+      <c r="D104" t="s">
+        <v>604</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>165</v>
+      </c>
+      <c r="H104">
+        <v>2012</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>306</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>605</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>606</v>
+      </c>
+      <c r="P104" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>608</v>
+      </c>
+      <c r="B105" t="s">
+        <v>318</v>
+      </c>
+      <c r="C105" t="s">
+        <v>313</v>
+      </c>
+      <c r="D105" t="s">
+        <v>453</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>1994</v>
+      </c>
+      <c r="I105">
+        <v>2003</v>
+      </c>
+      <c r="J105" t="s">
+        <v>80</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>314</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>609</v>
+      </c>
+      <c r="P105" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>610</v>
+      </c>
+      <c r="B106" t="s">
+        <v>611</v>
+      </c>
+      <c r="C106" t="s">
+        <v>583</v>
+      </c>
+      <c r="D106" t="s">
+        <v>612</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>8</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106">
+        <v>2019</v>
+      </c>
+      <c r="J106" t="s">
+        <v>468</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>613</v>
+      </c>
+      <c r="M106" t="s">
+        <v>584</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>614</v>
+      </c>
+      <c r="P106" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>616</v>
+      </c>
+      <c r="B107" t="s">
+        <v>617</v>
+      </c>
+      <c r="C107" t="s">
+        <v>583</v>
+      </c>
+      <c r="D107" t="s">
+        <v>453</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>8</v>
+      </c>
+      <c r="H107">
+        <v>2015</v>
+      </c>
+      <c r="I107">
+        <v>2024</v>
+      </c>
+      <c r="J107" t="s">
+        <v>589</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>584</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>618</v>
+      </c>
+      <c r="P107" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>620</v>
+      </c>
+      <c r="B108" t="s">
+        <v>322</v>
+      </c>
+      <c r="C108" t="s">
+        <v>313</v>
+      </c>
+      <c r="D108" t="s">
+        <v>120</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2001</v>
+      </c>
+      <c r="I108">
+        <v>2010</v>
+      </c>
+      <c r="J108" t="s">
+        <v>323</v>
+      </c>
+      <c r="K108" t="s">
+        <v>269</v>
+      </c>
+      <c r="L108" t="s">
+        <v>324</v>
+      </c>
+      <c r="M108" t="s">
+        <v>314</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>621</v>
+      </c>
+      <c r="P108" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>622</v>
+      </c>
+      <c r="B109" t="s">
+        <v>623</v>
+      </c>
+      <c r="C109" t="s">
+        <v>624</v>
+      </c>
+      <c r="D109" t="s">
+        <v>625</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>71</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2022</v>
+      </c>
+      <c r="I109">
+        <v>2024</v>
+      </c>
+      <c r="J109" t="s">
+        <v>187</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>626</v>
+      </c>
+      <c r="M109" t="s">
+        <v>627</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>628</v>
+      </c>
+      <c r="P109" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>630</v>
+      </c>
+      <c r="B110" t="s">
+        <v>631</v>
+      </c>
+      <c r="C110" t="s">
+        <v>593</v>
+      </c>
+      <c r="D110" t="s">
+        <v>79</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>61</v>
+      </c>
+      <c r="H110">
+        <v>2018</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>278</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>632</v>
+      </c>
+      <c r="M110" t="s">
+        <v>595</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>633</v>
+      </c>
+      <c r="P110" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>634</v>
+      </c>
+      <c r="B111" t="s">
+        <v>635</v>
+      </c>
+      <c r="C111" t="s">
+        <v>392</v>
+      </c>
+      <c r="D111" t="s">
+        <v>120</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>61</v>
+      </c>
+      <c r="H111">
+        <v>2003</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>306</v>
+      </c>
+      <c r="K111" t="s">
         <v>24</v>
       </c>
-      <c r="N89" t="s">
-[...25 lines deleted...]
-      <c r="H90">
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>393</v>
+      </c>
+      <c r="N111" t="s">
+        <v>36</v>
+      </c>
+      <c r="O111" t="s">
+        <v>636</v>
+      </c>
+      <c r="P111" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>638</v>
+      </c>
+      <c r="B112" t="s">
+        <v>639</v>
+      </c>
+      <c r="C112" t="s">
+        <v>351</v>
+      </c>
+      <c r="D112" t="s">
+        <v>352</v>
+      </c>
+      <c r="E112" t="s">
+        <v>51</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>61</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>33</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>353</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>640</v>
+      </c>
+      <c r="P112" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>641</v>
+      </c>
+      <c r="B113" t="s">
+        <v>642</v>
+      </c>
+      <c r="C113" t="s">
+        <v>643</v>
+      </c>
+      <c r="D113" t="s">
+        <v>79</v>
+      </c>
+      <c r="E113" t="s">
+        <v>51</v>
+      </c>
+      <c r="F113" t="s">
+        <v>644</v>
+      </c>
+      <c r="G113" t="s">
+        <v>61</v>
+      </c>
+      <c r="H113">
+        <v>2015</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>645</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>646</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>647</v>
+      </c>
+      <c r="P113" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>649</v>
+      </c>
+      <c r="B114" t="s">
+        <v>650</v>
+      </c>
+      <c r="C114" t="s">
+        <v>643</v>
+      </c>
+      <c r="D114" t="s">
+        <v>120</v>
+      </c>
+      <c r="E114" t="s">
+        <v>51</v>
+      </c>
+      <c r="F114" t="s">
+        <v>644</v>
+      </c>
+      <c r="G114" t="s">
+        <v>61</v>
+      </c>
+      <c r="H114">
         <v>2009</v>
       </c>
-      <c r="I90" t="s">
-[...31 lines deleted...]
-      <c r="E91" t="s">
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>651</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>646</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>652</v>
+      </c>
+      <c r="P114" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>654</v>
+      </c>
+      <c r="B115" t="s">
+        <v>655</v>
+      </c>
+      <c r="C115" t="s">
+        <v>441</v>
+      </c>
+      <c r="D115" t="s">
+        <v>656</v>
+      </c>
+      <c r="E115" t="s">
+        <v>51</v>
+      </c>
+      <c r="F115" t="s">
+        <v>42</v>
+      </c>
+      <c r="G115" t="s">
+        <v>61</v>
+      </c>
+      <c r="H115">
+        <v>2012</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>72</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>657</v>
+      </c>
+      <c r="M115" t="s">
+        <v>658</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>659</v>
+      </c>
+      <c r="P115" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>661</v>
+      </c>
+      <c r="B116" t="s">
+        <v>662</v>
+      </c>
+      <c r="C116" t="s">
+        <v>663</v>
+      </c>
+      <c r="D116" t="s">
+        <v>664</v>
+      </c>
+      <c r="E116" t="s">
+        <v>665</v>
+      </c>
+      <c r="F116" t="s">
+        <v>666</v>
+      </c>
+      <c r="G116" t="s">
+        <v>61</v>
+      </c>
+      <c r="H116">
+        <v>2023</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>278</v>
+      </c>
+      <c r="K116" t="s">
+        <v>667</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>668</v>
+      </c>
+      <c r="N116" t="s">
+        <v>36</v>
+      </c>
+      <c r="O116" t="s">
+        <v>669</v>
+      </c>
+      <c r="P116" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>671</v>
+      </c>
+      <c r="B117" t="s">
+        <v>672</v>
+      </c>
+      <c r="C117" t="s">
+        <v>673</v>
+      </c>
+      <c r="D117" t="s">
+        <v>453</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2010</v>
+      </c>
+      <c r="I117">
+        <v>2018</v>
+      </c>
+      <c r="J117" t="s">
+        <v>468</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>671</v>
+      </c>
+      <c r="M117" t="s">
+        <v>674</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>675</v>
+      </c>
+      <c r="P117" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>677</v>
+      </c>
+      <c r="B118" t="s">
+        <v>678</v>
+      </c>
+      <c r="C118" t="s">
+        <v>679</v>
+      </c>
+      <c r="D118" t="s">
+        <v>155</v>
+      </c>
+      <c r="E118" t="s">
+        <v>51</v>
+      </c>
+      <c r="F118" t="s">
+        <v>121</v>
+      </c>
+      <c r="G118" t="s">
+        <v>61</v>
+      </c>
+      <c r="H118">
+        <v>2014</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>680</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>681</v>
+      </c>
+      <c r="M118" t="s">
+        <v>682</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>683</v>
+      </c>
+      <c r="P118" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>685</v>
+      </c>
+      <c r="B119" t="s">
+        <v>686</v>
+      </c>
+      <c r="C119" t="s">
+        <v>299</v>
+      </c>
+      <c r="D119" t="s">
         <v>59</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91">
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>60</v>
+      </c>
+      <c r="G119" t="s">
+        <v>61</v>
+      </c>
+      <c r="H119">
+        <v>2022</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>62</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>687</v>
+      </c>
+      <c r="N119" t="s">
+        <v>64</v>
+      </c>
+      <c r="O119" t="s">
+        <v>688</v>
+      </c>
+      <c r="P119" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>690</v>
+      </c>
+      <c r="B120" t="s">
+        <v>691</v>
+      </c>
+      <c r="C120" t="s">
+        <v>663</v>
+      </c>
+      <c r="D120" t="s">
+        <v>319</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>71</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2020</v>
+      </c>
+      <c r="I120">
+        <v>2024</v>
+      </c>
+      <c r="J120" t="s">
+        <v>506</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>692</v>
+      </c>
+      <c r="M120" t="s">
+        <v>668</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>693</v>
+      </c>
+      <c r="P120" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>695</v>
+      </c>
+      <c r="B121" t="s">
+        <v>696</v>
+      </c>
+      <c r="C121" t="s">
+        <v>284</v>
+      </c>
+      <c r="D121" t="s">
+        <v>79</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>71</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2007</v>
+      </c>
+      <c r="I121">
+        <v>2013</v>
+      </c>
+      <c r="J121" t="s">
+        <v>330</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>697</v>
+      </c>
+      <c r="M121" t="s">
+        <v>286</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>698</v>
+      </c>
+      <c r="P121" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>700</v>
+      </c>
+      <c r="B122" t="s">
+        <v>696</v>
+      </c>
+      <c r="C122" t="s">
+        <v>284</v>
+      </c>
+      <c r="D122" t="s">
+        <v>79</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>42</v>
+      </c>
+      <c r="G122" t="s">
+        <v>61</v>
+      </c>
+      <c r="H122">
+        <v>2006</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>330</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>701</v>
+      </c>
+      <c r="M122" t="s">
+        <v>286</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>702</v>
+      </c>
+      <c r="P122" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>704</v>
+      </c>
+      <c r="B123" t="s">
+        <v>705</v>
+      </c>
+      <c r="C123" t="s">
+        <v>706</v>
+      </c>
+      <c r="D123" t="s">
+        <v>79</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>42</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>1999</v>
+      </c>
+      <c r="I123">
+        <v>2012</v>
+      </c>
+      <c r="J123" t="s">
+        <v>330</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>707</v>
+      </c>
+      <c r="M123" t="s">
+        <v>708</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>709</v>
+      </c>
+      <c r="P123" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>711</v>
+      </c>
+      <c r="B124" t="s">
+        <v>712</v>
+      </c>
+      <c r="C124" t="s">
+        <v>713</v>
+      </c>
+      <c r="D124" t="s">
+        <v>319</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>71</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2018</v>
+      </c>
+      <c r="I124">
+        <v>2019</v>
+      </c>
+      <c r="J124" t="s">
+        <v>576</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>714</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>715</v>
+      </c>
+      <c r="P124" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>717</v>
+      </c>
+      <c r="B125" t="s">
+        <v>718</v>
+      </c>
+      <c r="C125" t="s">
+        <v>719</v>
+      </c>
+      <c r="D125" t="s">
+        <v>453</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>71</v>
+      </c>
+      <c r="G125" t="s">
+        <v>61</v>
+      </c>
+      <c r="H125">
+        <v>2015</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>80</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125" t="s">
+        <v>720</v>
+      </c>
+      <c r="M125" t="s">
+        <v>721</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>722</v>
+      </c>
+      <c r="P125" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>724</v>
+      </c>
+      <c r="B126" t="s">
+        <v>725</v>
+      </c>
+      <c r="C126" t="s">
+        <v>726</v>
+      </c>
+      <c r="D126" t="s">
+        <v>727</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>71</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2017</v>
+      </c>
+      <c r="I126">
+        <v>2021</v>
+      </c>
+      <c r="J126" t="s">
+        <v>479</v>
+      </c>
+      <c r="K126" t="s">
+        <v>728</v>
+      </c>
+      <c r="L126" t="s">
+        <v>729</v>
+      </c>
+      <c r="M126" t="s">
+        <v>730</v>
+      </c>
+      <c r="N126" t="s">
+        <v>36</v>
+      </c>
+      <c r="O126" t="s">
+        <v>731</v>
+      </c>
+      <c r="P126" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>733</v>
+      </c>
+      <c r="B127" t="s">
+        <v>734</v>
+      </c>
+      <c r="C127" t="s">
+        <v>313</v>
+      </c>
+      <c r="D127" t="s">
+        <v>93</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>71</v>
+      </c>
+      <c r="G127" t="s">
+        <v>8</v>
+      </c>
+      <c r="H127">
         <v>2011</v>
       </c>
-      <c r="H91">
+      <c r="I127">
+        <v>2024</v>
+      </c>
+      <c r="J127" t="s">
+        <v>735</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>736</v>
+      </c>
+      <c r="M127" t="s">
+        <v>737</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>738</v>
+      </c>
+      <c r="P127" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>740</v>
+      </c>
+      <c r="B128" t="s">
+        <v>741</v>
+      </c>
+      <c r="C128" t="s">
+        <v>742</v>
+      </c>
+      <c r="D128" t="s">
+        <v>201</v>
+      </c>
+      <c r="E128" t="s">
+        <v>51</v>
+      </c>
+      <c r="F128" t="s">
+        <v>71</v>
+      </c>
+      <c r="G128" t="s">
+        <v>113</v>
+      </c>
+      <c r="H128"/>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>323</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>202</v>
+      </c>
+      <c r="M128" t="s">
+        <v>743</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>744</v>
+      </c>
+      <c r="P128" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>746</v>
+      </c>
+      <c r="B129" t="s">
+        <v>747</v>
+      </c>
+      <c r="C129" t="s">
+        <v>58</v>
+      </c>
+      <c r="D129" t="s">
+        <v>748</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>60</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>1982</v>
+      </c>
+      <c r="I129">
+        <v>2024</v>
+      </c>
+      <c r="J129" t="s">
+        <v>62</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>749</v>
+      </c>
+      <c r="N129" t="s">
+        <v>64</v>
+      </c>
+      <c r="O129" t="s">
+        <v>750</v>
+      </c>
+      <c r="P129" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>752</v>
+      </c>
+      <c r="B130" t="s">
+        <v>753</v>
+      </c>
+      <c r="C130" t="s">
+        <v>754</v>
+      </c>
+      <c r="D130" t="s">
+        <v>319</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>71</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2016</v>
+      </c>
+      <c r="I130">
+        <v>2019</v>
+      </c>
+      <c r="J130" t="s">
+        <v>80</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>755</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>756</v>
+      </c>
+      <c r="P130" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>758</v>
+      </c>
+      <c r="B131" t="s">
+        <v>759</v>
+      </c>
+      <c r="C131" t="s">
+        <v>754</v>
+      </c>
+      <c r="D131" t="s">
+        <v>319</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>71</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2016</v>
+      </c>
+      <c r="I131">
+        <v>2019</v>
+      </c>
+      <c r="J131" t="s">
+        <v>80</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>755</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>760</v>
+      </c>
+      <c r="P131" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>761</v>
+      </c>
+      <c r="B132" t="s">
+        <v>762</v>
+      </c>
+      <c r="C132" t="s">
+        <v>337</v>
+      </c>
+      <c r="D132" t="s">
+        <v>120</v>
+      </c>
+      <c r="E132" t="s">
+        <v>51</v>
+      </c>
+      <c r="F132" t="s">
+        <v>71</v>
+      </c>
+      <c r="G132" t="s">
+        <v>61</v>
+      </c>
+      <c r="H132">
+        <v>2024</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>23</v>
+      </c>
+      <c r="K132" t="s">
+        <v>763</v>
+      </c>
+      <c r="L132" t="s">
+        <v>764</v>
+      </c>
+      <c r="M132" t="s">
+        <v>339</v>
+      </c>
+      <c r="N132" t="s">
+        <v>36</v>
+      </c>
+      <c r="O132" t="s">
+        <v>765</v>
+      </c>
+      <c r="P132" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>767</v>
+      </c>
+      <c r="B133" t="s">
+        <v>768</v>
+      </c>
+      <c r="C133" t="s">
+        <v>673</v>
+      </c>
+      <c r="D133" t="s">
+        <v>79</v>
+      </c>
+      <c r="E133" t="s">
+        <v>51</v>
+      </c>
+      <c r="F133" t="s">
+        <v>121</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>1996</v>
+      </c>
+      <c r="I133">
+        <v>2012</v>
+      </c>
+      <c r="J133" t="s">
+        <v>769</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>770</v>
+      </c>
+      <c r="M133" t="s">
+        <v>771</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>772</v>
+      </c>
+      <c r="P133" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>774</v>
+      </c>
+      <c r="B134" t="s">
+        <v>775</v>
+      </c>
+      <c r="C134" t="s">
+        <v>673</v>
+      </c>
+      <c r="D134" t="s">
+        <v>79</v>
+      </c>
+      <c r="E134" t="s">
+        <v>51</v>
+      </c>
+      <c r="F134" t="s">
+        <v>121</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>1996</v>
+      </c>
+      <c r="I134">
+        <v>2013</v>
+      </c>
+      <c r="J134" t="s">
+        <v>769</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>776</v>
+      </c>
+      <c r="M134" t="s">
+        <v>771</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>777</v>
+      </c>
+      <c r="P134" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>779</v>
+      </c>
+      <c r="B135" t="s">
+        <v>780</v>
+      </c>
+      <c r="C135" t="s">
+        <v>673</v>
+      </c>
+      <c r="D135" t="s">
+        <v>79</v>
+      </c>
+      <c r="E135" t="s">
+        <v>51</v>
+      </c>
+      <c r="F135" t="s">
+        <v>121</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>1997</v>
+      </c>
+      <c r="I135">
+        <v>2012</v>
+      </c>
+      <c r="J135" t="s">
+        <v>769</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>781</v>
+      </c>
+      <c r="M135" t="s">
+        <v>771</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>782</v>
+      </c>
+      <c r="P135" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>784</v>
+      </c>
+      <c r="B136" t="s">
+        <v>785</v>
+      </c>
+      <c r="C136" t="s">
+        <v>673</v>
+      </c>
+      <c r="D136" t="s">
+        <v>79</v>
+      </c>
+      <c r="E136" t="s">
+        <v>51</v>
+      </c>
+      <c r="F136" t="s">
+        <v>121</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2003</v>
+      </c>
+      <c r="I136">
+        <v>2013</v>
+      </c>
+      <c r="J136" t="s">
+        <v>769</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>786</v>
+      </c>
+      <c r="M136" t="s">
+        <v>771</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>787</v>
+      </c>
+      <c r="P136" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>789</v>
+      </c>
+      <c r="B137" t="s">
+        <v>790</v>
+      </c>
+      <c r="C137" t="s">
+        <v>673</v>
+      </c>
+      <c r="D137" t="s">
+        <v>79</v>
+      </c>
+      <c r="E137" t="s">
+        <v>51</v>
+      </c>
+      <c r="F137" t="s">
+        <v>121</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2004</v>
+      </c>
+      <c r="I137">
+        <v>2012</v>
+      </c>
+      <c r="J137" t="s">
+        <v>769</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>791</v>
+      </c>
+      <c r="M137" t="s">
+        <v>771</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>792</v>
+      </c>
+      <c r="P137" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>794</v>
+      </c>
+      <c r="B138" t="s">
+        <v>795</v>
+      </c>
+      <c r="C138" t="s">
+        <v>673</v>
+      </c>
+      <c r="D138" t="s">
+        <v>79</v>
+      </c>
+      <c r="E138" t="s">
+        <v>51</v>
+      </c>
+      <c r="F138" t="s">
+        <v>121</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2004</v>
+      </c>
+      <c r="I138">
+        <v>2012</v>
+      </c>
+      <c r="J138" t="s">
+        <v>769</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>791</v>
+      </c>
+      <c r="M138" t="s">
+        <v>771</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>796</v>
+      </c>
+      <c r="P138" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>798</v>
+      </c>
+      <c r="B139" t="s">
+        <v>799</v>
+      </c>
+      <c r="C139" t="s">
+        <v>673</v>
+      </c>
+      <c r="D139" t="s">
+        <v>79</v>
+      </c>
+      <c r="E139" t="s">
+        <v>51</v>
+      </c>
+      <c r="F139" t="s">
+        <v>121</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2005</v>
+      </c>
+      <c r="I139">
+        <v>2012</v>
+      </c>
+      <c r="J139" t="s">
+        <v>769</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139" t="s">
+        <v>800</v>
+      </c>
+      <c r="M139" t="s">
+        <v>771</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>801</v>
+      </c>
+      <c r="P139" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>803</v>
+      </c>
+      <c r="B140" t="s">
+        <v>804</v>
+      </c>
+      <c r="C140" t="s">
+        <v>358</v>
+      </c>
+      <c r="D140" t="s">
+        <v>79</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>42</v>
+      </c>
+      <c r="G140" t="s">
+        <v>61</v>
+      </c>
+      <c r="H140">
+        <v>2014</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>306</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>353</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>805</v>
+      </c>
+      <c r="P140" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>807</v>
+      </c>
+      <c r="B141" t="s">
+        <v>808</v>
+      </c>
+      <c r="C141" t="s">
+        <v>809</v>
+      </c>
+      <c r="D141" t="s">
+        <v>453</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>61</v>
+      </c>
+      <c r="H141">
+        <v>2011</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>52</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>810</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>811</v>
+      </c>
+      <c r="P141" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>813</v>
+      </c>
+      <c r="B142" t="s">
+        <v>814</v>
+      </c>
+      <c r="C142" t="s">
+        <v>815</v>
+      </c>
+      <c r="D142" t="s">
+        <v>79</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>71</v>
+      </c>
+      <c r="G142" t="s">
+        <v>61</v>
+      </c>
+      <c r="H142">
+        <v>2016</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>816</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>817</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>818</v>
+      </c>
+      <c r="P142" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>820</v>
+      </c>
+      <c r="B143" t="s">
+        <v>821</v>
+      </c>
+      <c r="C143" t="s">
+        <v>822</v>
+      </c>
+      <c r="D143" t="s">
+        <v>823</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>61</v>
+      </c>
+      <c r="H143">
+        <v>2016</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>306</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>824</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>825</v>
+      </c>
+      <c r="P143" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>827</v>
+      </c>
+      <c r="B144" t="s">
+        <v>828</v>
+      </c>
+      <c r="C144" t="s">
+        <v>822</v>
+      </c>
+      <c r="D144" t="s">
+        <v>829</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>42</v>
+      </c>
+      <c r="G144" t="s">
+        <v>61</v>
+      </c>
+      <c r="H144">
+        <v>2017</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>306</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>824</v>
+      </c>
+      <c r="N144" t="s">
+        <v>36</v>
+      </c>
+      <c r="O144" t="s">
+        <v>830</v>
+      </c>
+      <c r="P144" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>832</v>
+      </c>
+      <c r="B145" t="s">
+        <v>833</v>
+      </c>
+      <c r="C145" t="s">
+        <v>275</v>
+      </c>
+      <c r="D145" t="s">
+        <v>79</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2008</v>
+      </c>
+      <c r="I145">
         <v>2015</v>
       </c>
-      <c r="I91" t="s">
-[...37 lines deleted...]
-      <c r="G92">
+      <c r="J145" t="s">
+        <v>278</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>279</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>834</v>
+      </c>
+      <c r="P145" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>836</v>
+      </c>
+      <c r="B146" t="s">
+        <v>837</v>
+      </c>
+      <c r="C146" t="s">
+        <v>275</v>
+      </c>
+      <c r="D146" t="s">
+        <v>79</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2009</v>
+      </c>
+      <c r="I146">
+        <v>2013</v>
+      </c>
+      <c r="J146" t="s">
+        <v>278</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>279</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>838</v>
+      </c>
+      <c r="P146" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>840</v>
+      </c>
+      <c r="B147" t="s">
+        <v>841</v>
+      </c>
+      <c r="C147" t="s">
+        <v>275</v>
+      </c>
+      <c r="D147" t="s">
+        <v>120</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2010</v>
+      </c>
+      <c r="I147">
+        <v>2019</v>
+      </c>
+      <c r="J147" t="s">
+        <v>278</v>
+      </c>
+      <c r="K147" t="s">
+        <v>363</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>279</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>842</v>
+      </c>
+      <c r="P147" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>844</v>
+      </c>
+      <c r="B148" t="s">
+        <v>845</v>
+      </c>
+      <c r="C148" t="s">
+        <v>275</v>
+      </c>
+      <c r="D148" t="s">
+        <v>120</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2010</v>
+      </c>
+      <c r="I148">
+        <v>2019</v>
+      </c>
+      <c r="J148" t="s">
+        <v>454</v>
+      </c>
+      <c r="K148" t="s">
+        <v>363</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>279</v>
+      </c>
+      <c r="N148" t="s">
+        <v>36</v>
+      </c>
+      <c r="O148" t="s">
+        <v>846</v>
+      </c>
+      <c r="P148" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>847</v>
+      </c>
+      <c r="B149" t="s">
+        <v>848</v>
+      </c>
+      <c r="C149" t="s">
+        <v>643</v>
+      </c>
+      <c r="D149" t="s">
+        <v>79</v>
+      </c>
+      <c r="E149" t="s">
+        <v>51</v>
+      </c>
+      <c r="F149" t="s">
+        <v>121</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2002</v>
+      </c>
+      <c r="I149">
+        <v>2015</v>
+      </c>
+      <c r="J149" t="s">
+        <v>651</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>849</v>
+      </c>
+      <c r="M149" t="s">
+        <v>850</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>851</v>
+      </c>
+      <c r="P149" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>853</v>
+      </c>
+      <c r="B150" t="s">
+        <v>854</v>
+      </c>
+      <c r="C150" t="s">
+        <v>643</v>
+      </c>
+      <c r="D150" t="s">
+        <v>604</v>
+      </c>
+      <c r="E150" t="s">
+        <v>51</v>
+      </c>
+      <c r="F150" t="s">
+        <v>121</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2001</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>651</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>855</v>
+      </c>
+      <c r="M150" t="s">
+        <v>850</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>856</v>
+      </c>
+      <c r="P150" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>858</v>
+      </c>
+      <c r="B151" t="s">
+        <v>859</v>
+      </c>
+      <c r="C151" t="s">
+        <v>643</v>
+      </c>
+      <c r="D151" t="s">
+        <v>860</v>
+      </c>
+      <c r="E151" t="s">
+        <v>51</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>61</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>645</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>861</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>862</v>
+      </c>
+      <c r="P151" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>864</v>
+      </c>
+      <c r="B152" t="s">
+        <v>865</v>
+      </c>
+      <c r="C152" t="s">
+        <v>866</v>
+      </c>
+      <c r="D152" t="s">
+        <v>867</v>
+      </c>
+      <c r="E152" t="s">
+        <v>51</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>61</v>
+      </c>
+      <c r="H152">
+        <v>2021</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>468</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>868</v>
+      </c>
+      <c r="M152" t="s">
+        <v>869</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>870</v>
+      </c>
+      <c r="P152"/>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>864</v>
+      </c>
+      <c r="B153" t="s">
+        <v>865</v>
+      </c>
+      <c r="C153" t="s">
+        <v>866</v>
+      </c>
+      <c r="D153" t="s">
+        <v>867</v>
+      </c>
+      <c r="E153" t="s">
+        <v>51</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>61</v>
+      </c>
+      <c r="H153">
+        <v>2021</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>468</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>868</v>
+      </c>
+      <c r="M153" t="s">
+        <v>869</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>871</v>
+      </c>
+      <c r="P153"/>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>872</v>
+      </c>
+      <c r="B154" t="s">
+        <v>873</v>
+      </c>
+      <c r="C154" t="s">
+        <v>866</v>
+      </c>
+      <c r="D154" t="s">
+        <v>120</v>
+      </c>
+      <c r="E154" t="s">
+        <v>51</v>
+      </c>
+      <c r="F154" t="s">
+        <v>42</v>
+      </c>
+      <c r="G154" t="s">
+        <v>61</v>
+      </c>
+      <c r="H154">
+        <v>2022</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>468</v>
+      </c>
+      <c r="K154" t="s">
+        <v>874</v>
+      </c>
+      <c r="L154" t="s">
+        <v>875</v>
+      </c>
+      <c r="M154" t="s">
+        <v>869</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>876</v>
+      </c>
+      <c r="P154" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>878</v>
+      </c>
+      <c r="B155" t="s">
+        <v>879</v>
+      </c>
+      <c r="C155" t="s">
+        <v>866</v>
+      </c>
+      <c r="D155" t="s">
+        <v>93</v>
+      </c>
+      <c r="E155" t="s">
+        <v>51</v>
+      </c>
+      <c r="F155" t="s">
+        <v>42</v>
+      </c>
+      <c r="G155" t="s">
+        <v>61</v>
+      </c>
+      <c r="H155">
+        <v>2022</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>468</v>
+      </c>
+      <c r="K155" t="s">
+        <v>880</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>869</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>881</v>
+      </c>
+      <c r="P155" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>883</v>
+      </c>
+      <c r="B156" t="s">
+        <v>884</v>
+      </c>
+      <c r="C156" t="s">
+        <v>866</v>
+      </c>
+      <c r="D156" t="s">
+        <v>120</v>
+      </c>
+      <c r="E156" t="s">
+        <v>51</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>61</v>
+      </c>
+      <c r="H156">
+        <v>2022</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>468</v>
+      </c>
+      <c r="K156" t="s">
+        <v>137</v>
+      </c>
+      <c r="L156" t="s">
+        <v>885</v>
+      </c>
+      <c r="M156" t="s">
+        <v>869</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>886</v>
+      </c>
+      <c r="P156" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>888</v>
+      </c>
+      <c r="B157" t="s">
+        <v>889</v>
+      </c>
+      <c r="C157" t="s">
+        <v>866</v>
+      </c>
+      <c r="D157" t="s">
+        <v>93</v>
+      </c>
+      <c r="E157" t="s">
+        <v>51</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>61</v>
+      </c>
+      <c r="H157">
+        <v>2022</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>468</v>
+      </c>
+      <c r="K157" t="s">
+        <v>890</v>
+      </c>
+      <c r="L157" t="s">
+        <v>891</v>
+      </c>
+      <c r="M157" t="s">
+        <v>869</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>892</v>
+      </c>
+      <c r="P157" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>894</v>
+      </c>
+      <c r="B158" t="s">
+        <v>895</v>
+      </c>
+      <c r="C158" t="s">
+        <v>866</v>
+      </c>
+      <c r="D158" t="s">
+        <v>93</v>
+      </c>
+      <c r="E158" t="s">
+        <v>51</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>61</v>
+      </c>
+      <c r="H158">
+        <v>2022</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>468</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>896</v>
+      </c>
+      <c r="M158" t="s">
+        <v>869</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>897</v>
+      </c>
+      <c r="P158" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>899</v>
+      </c>
+      <c r="B159" t="s">
+        <v>900</v>
+      </c>
+      <c r="C159" t="s">
+        <v>901</v>
+      </c>
+      <c r="D159" t="s">
+        <v>201</v>
+      </c>
+      <c r="E159" t="s">
+        <v>51</v>
+      </c>
+      <c r="F159" t="s">
+        <v>71</v>
+      </c>
+      <c r="G159" t="s">
+        <v>61</v>
+      </c>
+      <c r="H159">
+        <v>2016</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>330</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>202</v>
+      </c>
+      <c r="M159" t="s">
+        <v>902</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>903</v>
+      </c>
+      <c r="P159" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>905</v>
+      </c>
+      <c r="B160" t="s">
+        <v>906</v>
+      </c>
+      <c r="C160" t="s">
+        <v>907</v>
+      </c>
+      <c r="D160" t="s">
+        <v>453</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>61</v>
+      </c>
+      <c r="H160">
+        <v>2007</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>576</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>908</v>
+      </c>
+      <c r="M160" t="s">
+        <v>909</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>910</v>
+      </c>
+      <c r="P160" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>912</v>
+      </c>
+      <c r="B161" t="s">
+        <v>913</v>
+      </c>
+      <c r="C161" t="s">
+        <v>907</v>
+      </c>
+      <c r="D161" t="s">
+        <v>70</v>
+      </c>
+      <c r="E161" t="s">
+        <v>51</v>
+      </c>
+      <c r="F161" t="s">
+        <v>42</v>
+      </c>
+      <c r="G161" t="s">
+        <v>61</v>
+      </c>
+      <c r="H161">
+        <v>2009</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>306</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>914</v>
+      </c>
+      <c r="M161" t="s">
+        <v>909</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>915</v>
+      </c>
+      <c r="P161" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>917</v>
+      </c>
+      <c r="B162" t="s">
+        <v>918</v>
+      </c>
+      <c r="C162" t="s">
+        <v>919</v>
+      </c>
+      <c r="D162" t="s">
+        <v>79</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>61</v>
+      </c>
+      <c r="H162">
         <v>2011</v>
       </c>
-      <c r="H92">
-[...85 lines deleted...]
-      <c r="H94">
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>80</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>920</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>921</v>
+      </c>
+      <c r="P162" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>923</v>
+      </c>
+      <c r="B163" t="s">
+        <v>924</v>
+      </c>
+      <c r="C163" t="s">
+        <v>919</v>
+      </c>
+      <c r="D163" t="s">
+        <v>79</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>61</v>
+      </c>
+      <c r="H163">
+        <v>2011</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>80</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>920</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>925</v>
+      </c>
+      <c r="P163" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>927</v>
+      </c>
+      <c r="B164" t="s">
+        <v>928</v>
+      </c>
+      <c r="C164" t="s">
+        <v>929</v>
+      </c>
+      <c r="D164" t="s">
+        <v>79</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
         <v>2012</v>
       </c>
-      <c r="I94" t="s">
-[...80 lines deleted...]
-      <c r="H96">
+      <c r="I164">
         <v>2014</v>
       </c>
-      <c r="I96" t="s">
-[...2861 lines deleted...]
-      </c>
       <c r="J164" t="s">
-        <v>29</v>
+        <v>769</v>
       </c>
       <c r="K164" t="s">
-        <v>640</v>
+        <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>641</v>
+        <v>930</v>
       </c>
       <c r="M164" t="s">
-        <v>24</v>
+        <v>931</v>
       </c>
       <c r="N164" t="s">
-        <v>642</v>
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>932</v>
+      </c>
+      <c r="P164" t="s">
+        <v>933</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>