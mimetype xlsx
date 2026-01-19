--- v1 (2025-11-29)
+++ v2 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="934">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="935">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,50 +131,86 @@
   <si>
     <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
@@ -225,53 +261,50 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
     <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>MEPL covers some single phase heat pump|air conditioners.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
@@ -579,53 +612,50 @@
   <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
-  </si>
-[...1 lines deleted...]
-    <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
   </si>
   <si>
     <t>Europe, United Kingdom</t>
   </si>
@@ -1509,51 +1539,51 @@
   <si>
     <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
     <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
     <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
   </si>
@@ -1826,63 +1856,66 @@
   <si>
     <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
     <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
   </si>
   <si>
     <t>Samoa*</t>
   </si>
@@ -1959,80 +1992,50 @@
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for industrial boilers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
@@ -3469,7734 +3472,7732 @@
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>36</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>1980</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="L5" t="s">
         <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F6" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>1980</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
       <c r="J6" t="s">
         <v>62</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>63</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
         <v>67</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>68</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
         <v>71</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
-      <c r="L7" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>73</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>75</v>
       </c>
       <c r="P7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>77</v>
       </c>
       <c r="B8" t="s">
         <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>71</v>
       </c>
-      <c r="G9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="M9" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D10" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G10" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
       <c r="J10" t="s">
         <v>33</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
       <c r="M10" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
         <v>95</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H11">
-        <v>2020</v>
+        <v>1990</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>33</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P11" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>104</v>
       </c>
       <c r="B12" t="s">
         <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M12" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P12" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B13" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="I13"/>
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
       <c r="J13" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
       <c r="M13" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="N13" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="E14" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="K14" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
+        <v>123</v>
+      </c>
+      <c r="N14" t="s">
+        <v>74</v>
+      </c>
+      <c r="O14" t="s">
         <v>124</v>
       </c>
-      <c r="N14" t="s">
-[...2 lines deleted...]
-      <c r="O14" t="s">
+      <c r="P14" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
         <v>127</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>128</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G15" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="P15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D16" t="s">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="G16" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H16">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="K16" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-      <c r="M16"/>
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>138</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C17" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="D17" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G17" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="K17" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L17"/>
-      <c r="M17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="P17" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B18" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C18" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="D18" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G18" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="K18" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="P18" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D19" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G19" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="K19" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L19"/>
-      <c r="M19"/>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="P19" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B20" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="D20" t="s">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G20" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="K20" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="L20"/>
-      <c r="M20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M20"/>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="P20" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B21" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C21" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D21" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G21" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="K21" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="L21"/>
-      <c r="M21"/>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="P21" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>162</v>
       </c>
       <c r="B22" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C22" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="D22" t="s">
         <v>164</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G22" t="s">
-        <v>165</v>
+        <v>71</v>
       </c>
       <c r="H22">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="K22" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C23" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="K23" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="P23" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B24" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C24" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="D24" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="K24" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="P24" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>179</v>
+      </c>
+      <c r="C25" t="s">
+        <v>128</v>
+      </c>
+      <c r="D25" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>61</v>
+        <v>174</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="K25" t="s">
-        <v>175</v>
+        <v>146</v>
       </c>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C26" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="D26" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="K26" t="s">
-        <v>137</v>
+        <v>184</v>
       </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="B27" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="D27" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="K27" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L27"/>
-      <c r="M27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M27"/>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="P27" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B28" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C28" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="D28" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
-      <c r="I28">
-[...1 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>187</v>
+        <v>151</v>
       </c>
       <c r="K28" t="s">
-        <v>175</v>
+        <v>146</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="P28" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B29" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C29" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="D29" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="I29">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J29" t="s">
-        <v>192</v>
+        <v>44</v>
       </c>
       <c r="K29" t="s">
-        <v>53</v>
+        <v>184</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="P29" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B30" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C30" t="s">
-        <v>195</v>
+        <v>128</v>
       </c>
       <c r="D30" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1992</v>
       </c>
       <c r="I30">
         <v>2013</v>
       </c>
       <c r="J30" t="s">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="K30" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>196</v>
+        <v>152</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="P30" t="s">
-        <v>177</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>198</v>
       </c>
       <c r="B31" t="s">
         <v>199</v>
       </c>
       <c r="C31" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D31" t="s">
-        <v>201</v>
+        <v>164</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>1992</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
       <c r="J31" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P31" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>206</v>
       </c>
       <c r="B32" t="s">
         <v>207</v>
       </c>
       <c r="C32" t="s">
         <v>208</v>
       </c>
       <c r="D32" t="s">
         <v>209</v>
       </c>
       <c r="E32" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
+        <v>43</v>
+      </c>
+      <c r="G32" t="s">
         <v>71</v>
       </c>
-      <c r="G32" t="s">
-[...2 lines deleted...]
-      <c r="H32"/>
+      <c r="H32">
+        <v>2016</v>
+      </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
-      <c r="L32"/>
+      <c r="L32" t="s">
+        <v>210</v>
+      </c>
       <c r="M32" t="s">
         <v>211</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>212</v>
       </c>
       <c r="P32" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>214</v>
       </c>
       <c r="B33" t="s">
         <v>215</v>
       </c>
       <c r="C33" t="s">
-        <v>97</v>
+        <v>216</v>
       </c>
       <c r="D33" t="s">
-        <v>120</v>
+        <v>217</v>
       </c>
       <c r="E33" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F33" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K33" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N33" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C34" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D34" t="s">
-        <v>223</v>
+        <v>129</v>
       </c>
       <c r="E34" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F34" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I34">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J34" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
+        <v>224</v>
       </c>
       <c r="L34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M34" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N34" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O34" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P34" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D35" t="s">
-        <v>98</v>
+        <v>231</v>
       </c>
       <c r="E35" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F35" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I35">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J35" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="M35" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="P35" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B36" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E36" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F36" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G36" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H36">
+        <v>2002</v>
+      </c>
+      <c r="I36">
         <v>2018</v>
       </c>
-      <c r="I36"/>
       <c r="J36" t="s">
-        <v>99</v>
+        <v>218</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="M36" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="P36" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D37" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E37" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F37" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G37" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H37">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="M37" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="P37" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B38" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C38" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D38" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="E38" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F38" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G38" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H38">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="M38" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="P38" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B39" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C39" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D39" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E39" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F39" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H39">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="M39" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="P39" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B40" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C40" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D40" t="s">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="E40" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F40" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G40" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>2002</v>
+      </c>
+      <c r="I40">
+        <v>2017</v>
+      </c>
       <c r="J40" t="s">
-        <v>99</v>
+        <v>218</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="M40" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P40" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B41" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C41" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D41" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E41" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F41" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G41" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H41">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="M41" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="P41" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B42" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C42" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D42" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E42" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F42" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
-      <c r="I42">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="M42" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="P42" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B43" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C43" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D43" t="s">
-        <v>120</v>
+        <v>88</v>
       </c>
       <c r="E43" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F43" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G43" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I43"/>
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
       <c r="J43" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K43" t="s">
-        <v>269</v>
+        <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M43" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="P43" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B44" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C44" t="s">
-        <v>275</v>
+        <v>106</v>
       </c>
       <c r="D44" t="s">
-        <v>276</v>
+        <v>129</v>
       </c>
       <c r="E44" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F44" t="s">
+        <v>130</v>
+      </c>
+      <c r="G44" t="s">
+        <v>71</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>218</v>
+      </c>
+      <c r="K44" t="s">
         <v>277</v>
       </c>
-      <c r="G44" t="s">
-[...8 lines deleted...]
-      <c r="J44" t="s">
+      <c r="L44" t="s">
         <v>278</v>
       </c>
-      <c r="K44" t="s">
-[...2 lines deleted...]
-      <c r="L44"/>
       <c r="M44" t="s">
+        <v>226</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
         <v>279</v>
       </c>
-      <c r="N44" t="s">
-[...2 lines deleted...]
-      <c r="O44" t="s">
+      <c r="P44" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>281</v>
+      </c>
+      <c r="B45" t="s">
         <v>282</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>283</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>21</v>
+        <v>285</v>
       </c>
       <c r="G45" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2011</v>
+      </c>
+      <c r="I45">
+        <v>2023</v>
+      </c>
       <c r="J45" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B46" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C46" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H46">
         <v>2020</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>294</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>295</v>
       </c>
       <c r="P46" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>297</v>
       </c>
       <c r="B47" t="s">
         <v>298</v>
       </c>
       <c r="C47" t="s">
         <v>299</v>
       </c>
       <c r="D47" t="s">
-        <v>59</v>
+        <v>300</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G47" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="H47"/>
+        <v>71</v>
+      </c>
+      <c r="H47">
+        <v>2020</v>
+      </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>62</v>
+        <v>301</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N47" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P47" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B48" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C48" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D48" t="s">
-        <v>201</v>
+        <v>69</v>
       </c>
       <c r="E48" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G48" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>306</v>
+        <v>72</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
-      <c r="L48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
         <v>308</v>
       </c>
       <c r="N48" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="O48" t="s">
         <v>309</v>
       </c>
       <c r="P48" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>311</v>
       </c>
       <c r="B49" t="s">
         <v>312</v>
       </c>
       <c r="C49" t="s">
         <v>313</v>
       </c>
       <c r="D49" t="s">
-        <v>98</v>
+        <v>209</v>
       </c>
       <c r="E49" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F49" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>80</v>
+        <v>314</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
-      <c r="L49"/>
+      <c r="L49" t="s">
+        <v>315</v>
+      </c>
       <c r="M49" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="P49" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B50" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C50" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D50" t="s">
-        <v>319</v>
+        <v>107</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="I50">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="J50" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="P50" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>325</v>
+      </c>
+      <c r="B51" t="s">
+        <v>326</v>
+      </c>
+      <c r="C51" t="s">
         <v>321</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>120</v>
+        <v>327</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="I51">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="J51" t="s">
-        <v>323</v>
+        <v>89</v>
       </c>
       <c r="K51" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="L51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>322</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>328</v>
+      </c>
+      <c r="P51" t="s">
         <v>324</v>
-      </c>
-[...10 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B52" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C52" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D52" t="s">
-        <v>329</v>
+        <v>129</v>
       </c>
       <c r="E52" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="G52" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H52">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I52"/>
+        <v>2000</v>
+      </c>
+      <c r="I52">
+        <v>2010</v>
+      </c>
       <c r="J52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="K52" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
       <c r="L52" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M52" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>333</v>
       </c>
       <c r="P52" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>334</v>
+      </c>
+      <c r="B53" t="s">
         <v>335</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>336</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>337</v>
       </c>
-      <c r="D53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F53" t="s">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
         <v>71</v>
       </c>
-      <c r="G53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H53">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M53" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P53" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B54" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C54" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D54" t="s">
-        <v>345</v>
+        <v>88</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I54">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J54" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="K54" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="L54"/>
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>346</v>
+      </c>
       <c r="M54" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P54" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B55" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C55" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D55" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E55" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G55" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H55">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I55"/>
+        <v>2016</v>
+      </c>
+      <c r="I55">
+        <v>2019</v>
+      </c>
       <c r="J55" t="s">
-        <v>33</v>
+        <v>314</v>
       </c>
       <c r="K55" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P55" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C56" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D56" t="s">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F56" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G56" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H56">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>306</v>
+        <v>33</v>
       </c>
       <c r="K56" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="P56" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B57" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C57" t="s">
-        <v>134</v>
+        <v>366</v>
       </c>
       <c r="D57" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E57" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>121</v>
+        <v>52</v>
       </c>
       <c r="G57" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H57">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>330</v>
+        <v>314</v>
       </c>
       <c r="K57" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="P57" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B58" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C58" t="s">
-        <v>369</v>
+        <v>143</v>
       </c>
       <c r="D58" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E58" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F58" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G58" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H58">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>210</v>
+        <v>338</v>
       </c>
       <c r="K58" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="L58" t="s">
-        <v>370</v>
+        <v>25</v>
       </c>
       <c r="M58" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="P58" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B59" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C59" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="D59" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E59" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F59" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H59">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K59" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="L59" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="M59" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="P59" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B60" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C60" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="D60" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E60" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F60" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="I60">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J60" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K60" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="L60" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="M60" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="P60" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B61" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C61" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="D61" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E61" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F61" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="G61" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H61">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I61"/>
+        <v>1996</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
       <c r="J61" t="s">
-        <v>387</v>
+        <v>218</v>
       </c>
       <c r="K61" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="L61"/>
+        <v>371</v>
+      </c>
+      <c r="L61" t="s">
+        <v>389</v>
+      </c>
       <c r="M61" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P61" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B62" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C62" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D62" t="s">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="E62" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F62" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H62">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>72</v>
+        <v>395</v>
       </c>
       <c r="K62" t="s">
-        <v>34</v>
+        <v>371</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="P62" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B63" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C63" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="D63" t="s">
-        <v>120</v>
+        <v>88</v>
       </c>
       <c r="E63" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I63"/>
+        <v>2002</v>
+      </c>
+      <c r="I63">
+        <v>2001</v>
+      </c>
       <c r="J63" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="K63" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="P63" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="B64" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="C64" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="D64" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E64" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H64">
         <v>2003</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="K64" t="s">
-        <v>401</v>
+        <v>277</v>
       </c>
       <c r="L64" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="M64" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="P64" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C65" t="s">
-        <v>97</v>
+        <v>400</v>
       </c>
       <c r="D65" t="s">
-        <v>405</v>
+        <v>129</v>
       </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>406</v>
+        <v>71</v>
       </c>
       <c r="H65">
-        <v>2024</v>
+        <v>2003</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="K65" t="s">
-        <v>34</v>
+        <v>409</v>
       </c>
       <c r="L65" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="M65" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P65" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>411</v>
       </c>
       <c r="B66" t="s">
         <v>412</v>
       </c>
       <c r="C66" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D66" t="s">
-        <v>120</v>
+        <v>413</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>61</v>
+        <v>414</v>
       </c>
       <c r="H66">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="K66" t="s">
-        <v>269</v>
+        <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="M66" t="s">
-        <v>101</v>
+        <v>416</v>
       </c>
       <c r="N66" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="P66" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B67" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C67" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D67" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H67">
         <v>2010</v>
       </c>
-      <c r="I67"/>
+      <c r="I67">
+        <v>2021</v>
+      </c>
       <c r="J67" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="K67" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
       <c r="L67" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="M67" t="s">
-        <v>419</v>
+        <v>110</v>
       </c>
       <c r="N67" t="s">
         <v>36</v>
       </c>
       <c r="O67" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="P67" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B68" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C68" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D68" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H68">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="M68" t="s">
-        <v>101</v>
+        <v>427</v>
       </c>
       <c r="N68" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O68" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="P68" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B69" t="s">
-        <v>96</v>
+        <v>431</v>
       </c>
       <c r="C69" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D69" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H69">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I69"/>
+        <v>2008</v>
+      </c>
+      <c r="I69">
+        <v>2015</v>
+      </c>
       <c r="J69" t="s">
-        <v>99</v>
+        <v>218</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>100</v>
+        <v>432</v>
       </c>
       <c r="M69" t="s">
-        <v>419</v>
+        <v>110</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="P69" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B70" t="s">
-        <v>431</v>
+        <v>105</v>
       </c>
       <c r="C70" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D70" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H70">
         <v>2020</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>432</v>
+        <v>109</v>
       </c>
       <c r="M70" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="N70" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="P70" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B71" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="C71" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D71" t="s">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H71">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>259</v>
+        <v>440</v>
       </c>
       <c r="M71" t="s">
-        <v>101</v>
+        <v>427</v>
       </c>
       <c r="N71" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O71" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="P71" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B72" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C72" t="s">
-        <v>441</v>
+        <v>106</v>
       </c>
       <c r="D72" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="E72" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>1987</v>
+        <v>2003</v>
       </c>
       <c r="I72">
-        <v>1988</v>
+        <v>2013</v>
       </c>
       <c r="J72" t="s">
-        <v>72</v>
+        <v>218</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>442</v>
+        <v>267</v>
       </c>
       <c r="M72" t="s">
-        <v>443</v>
+        <v>110</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P72" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C73" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="D73" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="E73" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H73">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I73"/>
+        <v>1987</v>
+      </c>
+      <c r="I73">
+        <v>1988</v>
+      </c>
       <c r="J73" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="K73" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="L73"/>
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>450</v>
+      </c>
       <c r="M73" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="P73" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B74" t="s">
+        <v>455</v>
+      </c>
+      <c r="C74" t="s">
+        <v>449</v>
+      </c>
+      <c r="D74" t="s">
+        <v>129</v>
+      </c>
+      <c r="E74" t="s">
+        <v>61</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>71</v>
+      </c>
+      <c r="H74">
+        <v>2011</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>81</v>
+      </c>
+      <c r="K74" t="s">
+        <v>277</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
         <v>451</v>
       </c>
-      <c r="C74" t="s">
-[...29 lines deleted...]
-      <c r="M74" t="s">
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
         <v>456</v>
       </c>
-      <c r="N74" t="s">
-[...2 lines deleted...]
-      <c r="O74" t="s">
+      <c r="P74" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
+        <v>458</v>
+      </c>
+      <c r="B75" t="s">
         <v>459</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="D75" t="s">
         <v>461</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G75" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H75">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I75"/>
+        <v>2015</v>
+      </c>
+      <c r="I75">
+        <v>2025</v>
+      </c>
       <c r="J75" t="s">
-        <v>62</v>
+        <v>462</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
-      <c r="L75"/>
+      <c r="L75" t="s">
+        <v>463</v>
+      </c>
       <c r="M75" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="N75" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="P75" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B76" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C76" t="s">
-        <v>467</v>
+        <v>307</v>
       </c>
       <c r="D76" t="s">
-        <v>79</v>
+        <v>469</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H76">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>468</v>
+        <v>72</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
-      <c r="L76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
         <v>470</v>
       </c>
       <c r="N76" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="O76" t="s">
         <v>471</v>
       </c>
       <c r="P76" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>473</v>
       </c>
       <c r="B77" t="s">
         <v>474</v>
       </c>
       <c r="C77" t="s">
-        <v>392</v>
+        <v>475</v>
       </c>
       <c r="D77" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E77" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I77">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J77" t="s">
-        <v>72</v>
+        <v>476</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
-      <c r="L77"/>
+      <c r="L77" t="s">
+        <v>477</v>
+      </c>
       <c r="M77" t="s">
-        <v>399</v>
+        <v>478</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="P77" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B78" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C78" t="s">
-        <v>452</v>
+        <v>400</v>
       </c>
       <c r="D78" t="s">
-        <v>319</v>
+        <v>88</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F78" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="G78" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I78"/>
+        <v>2002</v>
+      </c>
+      <c r="I78">
+        <v>2013</v>
+      </c>
       <c r="J78" t="s">
-        <v>479</v>
+        <v>81</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
-      <c r="L78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
-        <v>456</v>
+        <v>407</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="P78" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B79" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C79" t="s">
-        <v>485</v>
+        <v>460</v>
       </c>
       <c r="D79" t="s">
-        <v>486</v>
+        <v>327</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="H79"/>
+        <v>71</v>
+      </c>
+      <c r="H79">
+        <v>2015</v>
+      </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>99</v>
+        <v>487</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
-      <c r="L79"/>
+      <c r="L79" t="s">
+        <v>488</v>
+      </c>
       <c r="M79" t="s">
-        <v>487</v>
+        <v>464</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="P79"/>
+        <v>489</v>
+      </c>
+      <c r="P79" t="s">
+        <v>490</v>
+      </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B80" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C80" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="D80" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G80" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="P80"/>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="B81" t="s">
+        <v>498</v>
+      </c>
+      <c r="C81" t="s">
         <v>493</v>
       </c>
-      <c r="C81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>120</v>
+        <v>494</v>
       </c>
       <c r="E81" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>323</v>
+        <v>108</v>
       </c>
       <c r="K81" t="s">
-        <v>401</v>
+        <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>314</v>
+        <v>495</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="P81"/>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="B82" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C82" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D82" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E82" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F82" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>1996</v>
       </c>
       <c r="I82">
         <v>2012</v>
       </c>
       <c r="J82" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K82" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="P82" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B83" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C83" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D83" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E83" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F83" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>1996</v>
       </c>
       <c r="I83">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J83" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K83" t="s">
-        <v>269</v>
+        <v>409</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="P83" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="B84" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C84" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D84" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E84" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F84" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>1996</v>
       </c>
       <c r="I84">
         <v>2010</v>
       </c>
       <c r="J84" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K84" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
+        <v>508</v>
+      </c>
+      <c r="P84" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B85" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C85" t="s">
-        <v>284</v>
+        <v>321</v>
       </c>
       <c r="D85" t="s">
-        <v>453</v>
+        <v>129</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F85" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
       <c r="G85" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H85">
-        <v>2021</v>
+        <v>1996</v>
       </c>
       <c r="I85">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="J85" t="s">
-        <v>506</v>
+        <v>331</v>
       </c>
       <c r="K85" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>286</v>
+        <v>322</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="P85" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B86" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C86" t="s">
-        <v>512</v>
+        <v>292</v>
       </c>
       <c r="D86" t="s">
-        <v>79</v>
+        <v>461</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H86">
-        <v>2000</v>
+        <v>2021</v>
       </c>
       <c r="I86">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="J86" t="s">
-        <v>387</v>
+        <v>514</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
-      <c r="L86"/>
+      <c r="L86" t="s">
+        <v>515</v>
+      </c>
       <c r="M86" t="s">
-        <v>513</v>
+        <v>294</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="P86" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B87" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C87" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="D87" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2000</v>
       </c>
       <c r="I87">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J87" t="s">
-        <v>52</v>
+        <v>395</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="P87" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
+        <v>524</v>
+      </c>
+      <c r="B88" t="s">
+        <v>525</v>
+      </c>
+      <c r="C88" t="s">
         <v>520</v>
       </c>
-      <c r="B88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I88">
         <v>2020</v>
       </c>
       <c r="J88" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="P88" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B89" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="C89" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="D89" t="s">
-        <v>120</v>
+        <v>88</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="I89">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="J89" t="s">
-        <v>323</v>
+        <v>62</v>
       </c>
       <c r="K89" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L89"/>
       <c r="M89" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="P89" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B90" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C90" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D90" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="I90">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="J90" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K90" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="L90" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="M90" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="N90" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="P90" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="B91" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C91" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D91" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2011</v>
+        <v>1998</v>
       </c>
       <c r="I91">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="J91" t="s">
-        <v>537</v>
+        <v>331</v>
       </c>
       <c r="K91" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
       <c r="L91" t="s">
+        <v>541</v>
+      </c>
+      <c r="M91" t="s">
+        <v>536</v>
+      </c>
+      <c r="N91" t="s">
+        <v>36</v>
+      </c>
+      <c r="O91" t="s">
+        <v>542</v>
+      </c>
+      <c r="P91" t="s">
         <v>538</v>
-      </c>
-[...10 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B92" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C92" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D92" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2011</v>
       </c>
       <c r="I92">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J92" t="s">
-        <v>323</v>
+        <v>545</v>
       </c>
       <c r="K92" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="L92"/>
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>546</v>
+      </c>
       <c r="M92" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="P92" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B93" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C93" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D93" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I93">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J93" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K93" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="P93" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B94" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C94" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D94" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2002</v>
       </c>
       <c r="I94">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J94" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K94" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L94"/>
+        <v>277</v>
+      </c>
+      <c r="L94" t="s">
+        <v>553</v>
+      </c>
       <c r="M94" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="P94" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="B95" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="C95" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D95" t="s">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="G95" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H95">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I95"/>
+        <v>2002</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
       <c r="J95" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
-      <c r="L95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L95"/>
       <c r="M95" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="P95" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B96" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="C96" t="s">
-        <v>556</v>
+        <v>534</v>
       </c>
       <c r="D96" t="s">
-        <v>453</v>
+        <v>88</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G96" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H96">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
-        <v>210</v>
+        <v>331</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="M96" t="s">
-        <v>558</v>
+        <v>536</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="P96" t="s">
-        <v>560</v>
+        <v>538</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B97" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C97" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="D97" t="s">
-        <v>563</v>
+        <v>461</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2013</v>
       </c>
       <c r="I97">
         <v>2014</v>
       </c>
       <c r="J97" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="M97" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="P97" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B98" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C98" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="D98" t="s">
-        <v>79</v>
+        <v>571</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="I98">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J98" t="s">
-        <v>52</v>
+        <v>218</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
-      <c r="L98"/>
+      <c r="L98" t="s">
+        <v>565</v>
+      </c>
       <c r="M98" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="P98" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B99" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C99" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D99" t="s">
-        <v>575</v>
+        <v>88</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="I99">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="J99" t="s">
-        <v>576</v>
+        <v>62</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
-      <c r="L99" t="s">
+      <c r="L99"/>
+      <c r="M99" t="s">
         <v>577</v>
       </c>
-      <c r="M99" t="s">
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
         <v>578</v>
       </c>
-      <c r="N99" t="s">
-[...2 lines deleted...]
-      <c r="O99" t="s">
+      <c r="P99" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
+        <v>580</v>
+      </c>
+      <c r="B100" t="s">
         <v>581</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>582</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G100" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H100">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="I100">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="J100" t="s">
-        <v>468</v>
+        <v>584</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
-      <c r="L100"/>
+      <c r="L100" t="s">
+        <v>585</v>
+      </c>
       <c r="M100" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="P100" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B101" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C101" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="D101" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G101" t="s">
-        <v>22</v>
+        <v>592</v>
       </c>
       <c r="H101">
         <v>2015</v>
       </c>
       <c r="I101">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J101" t="s">
-        <v>589</v>
+        <v>476</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="P101" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
+        <v>596</v>
+      </c>
+      <c r="B102" t="s">
+        <v>597</v>
+      </c>
+      <c r="C102" t="s">
         <v>591</v>
       </c>
-      <c r="B102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D102" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G102" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H102">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I102"/>
+        <v>2015</v>
+      </c>
+      <c r="I102">
+        <v>2024</v>
+      </c>
       <c r="J102" t="s">
-        <v>278</v>
+        <v>598</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
-      <c r="L102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L102"/>
       <c r="M102" t="s">
+        <v>593</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>599</v>
+      </c>
+      <c r="P102" t="s">
         <v>595</v>
-      </c>
-[...7 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B103" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C103" t="s">
-        <v>313</v>
+        <v>602</v>
       </c>
       <c r="D103" t="s">
-        <v>120</v>
+        <v>461</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H103">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>323</v>
+        <v>286</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
-      <c r="L103"/>
+      <c r="L103" t="s">
+        <v>603</v>
+      </c>
       <c r="M103" t="s">
-        <v>314</v>
+        <v>604</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="P103" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B104" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C104" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D104" t="s">
-        <v>604</v>
+        <v>129</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>165</v>
+        <v>71</v>
       </c>
       <c r="H104">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>306</v>
+        <v>331</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>605</v>
+        <v>322</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="P104" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B105" t="s">
-        <v>318</v>
+        <v>612</v>
       </c>
       <c r="C105" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D105" t="s">
-        <v>453</v>
+        <v>613</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="H105">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I105"/>
       <c r="J105" t="s">
-        <v>80</v>
+        <v>314</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>314</v>
+        <v>614</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="P105" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="B106" t="s">
-        <v>611</v>
+        <v>326</v>
       </c>
       <c r="C106" t="s">
-        <v>583</v>
+        <v>321</v>
       </c>
       <c r="D106" t="s">
-        <v>612</v>
+        <v>461</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H106">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="I106">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="J106" t="s">
-        <v>468</v>
+        <v>89</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
-      <c r="L106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>584</v>
+        <v>322</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="P106" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B107" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C107" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="D107" t="s">
-        <v>453</v>
+        <v>621</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>8</v>
+        <v>592</v>
       </c>
       <c r="H107">
         <v>2015</v>
       </c>
       <c r="I107">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J107" t="s">
-        <v>589</v>
+        <v>476</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
-      <c r="L107"/>
+      <c r="L107" t="s">
+        <v>622</v>
+      </c>
       <c r="M107" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="P107" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B108" t="s">
-        <v>322</v>
+        <v>626</v>
       </c>
       <c r="C108" t="s">
-        <v>313</v>
+        <v>591</v>
       </c>
       <c r="D108" t="s">
-        <v>120</v>
+        <v>461</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H108">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="I108">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="J108" t="s">
-        <v>323</v>
+        <v>598</v>
       </c>
       <c r="K108" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>314</v>
+        <v>593</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="P108" t="s">
-        <v>601</v>
+        <v>628</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="B109" t="s">
-        <v>623</v>
+        <v>330</v>
       </c>
       <c r="C109" t="s">
-        <v>624</v>
+        <v>321</v>
       </c>
       <c r="D109" t="s">
-        <v>625</v>
+        <v>129</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="I109">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="J109" t="s">
-        <v>187</v>
+        <v>331</v>
       </c>
       <c r="K109" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
       <c r="L109" t="s">
-        <v>626</v>
+        <v>332</v>
       </c>
       <c r="M109" t="s">
-        <v>627</v>
+        <v>322</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="P109" t="s">
-        <v>629</v>
+        <v>610</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B110" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C110" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="D110" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H110">
         <v>2018</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M110" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="P110" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B111" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C111" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="D111" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H111">
         <v>2003</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="N111" t="s">
         <v>36</v>
       </c>
       <c r="O111" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="P111" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B112" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C112" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="D112" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="E112" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H112">
         <v>2013</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>33</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P112" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B113" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C113" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D113" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E113" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F113" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G113" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H113">
         <v>2015</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="P113" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B114" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C114" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D114" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E114" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F114" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G114" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H114">
         <v>2009</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P114" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B115" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C115" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="D115" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E115" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F115" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G115" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M115" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="P115" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B116" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C116" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D116" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E116" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F116" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="G116" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H116">
         <v>2023</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="K116" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="N116" t="s">
         <v>36</v>
       </c>
       <c r="O116" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="P116" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B117" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C117" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D117" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2010</v>
       </c>
       <c r="I117">
         <v>2018</v>
       </c>
       <c r="J117" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="M117" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="P117" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B118" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C118" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D118" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="E118" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F118" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G118" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H118">
         <v>2014</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="M118" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="P118" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B119" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C119" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="D119" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G119" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H119">
         <v>2022</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="N119" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="O119" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="P119" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B120" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C120" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D120" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2020</v>
       </c>
       <c r="I120">
         <v>2024</v>
       </c>
       <c r="J120" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M120" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="P120" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B121" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C121" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D121" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2007</v>
       </c>
       <c r="I121">
         <v>2013</v>
       </c>
       <c r="J121" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M121" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P121" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B122" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C122" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D122" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G122" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H122">
         <v>2006</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="M122" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="P122" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B123" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C123" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D123" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>1999</v>
       </c>
       <c r="I123">
         <v>2012</v>
       </c>
       <c r="J123" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="M123" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="P123" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B124" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C124" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D124" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2018</v>
       </c>
       <c r="I124">
         <v>2019</v>
       </c>
       <c r="J124" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P124" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B125" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C125" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D125" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
+        <v>43</v>
+      </c>
+      <c r="G125" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H125">
         <v>2015</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="M125" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P125" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B126" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C126" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D126" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2017</v>
       </c>
       <c r="I126">
         <v>2021</v>
       </c>
       <c r="J126" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="K126" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="L126" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="M126" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="N126" t="s">
         <v>36</v>
       </c>
       <c r="O126" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P126" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B127" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C127" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D127" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G127" t="s">
         <v>8</v>
       </c>
       <c r="H127">
         <v>2011</v>
       </c>
       <c r="I127">
         <v>2024</v>
       </c>
       <c r="J127" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="M127" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P127" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B128" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C128" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D128" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="E128" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F128" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G128" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="M128" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="P128" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B129" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C129" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D129" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>1982</v>
       </c>
       <c r="I129">
         <v>2024</v>
       </c>
       <c r="J129" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="N129" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="O129" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P129" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B130" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C130" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D130" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2016</v>
       </c>
       <c r="I130">
         <v>2019</v>
       </c>
       <c r="J130" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="P130" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B131" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C131" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D131" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2016</v>
       </c>
       <c r="I131">
         <v>2019</v>
       </c>
       <c r="J131" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="P131" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B132" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C132" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="D132" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E132" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F132" t="s">
+        <v>43</v>
+      </c>
+      <c r="G132" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H132">
         <v>2024</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>23</v>
       </c>
       <c r="K132" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="L132" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="M132" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="N132" t="s">
         <v>36</v>
       </c>
       <c r="O132" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="P132" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B133" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C133" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D133" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E133" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F133" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>1996</v>
       </c>
       <c r="I133">
         <v>2012</v>
       </c>
       <c r="J133" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="M133" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="P133" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B134" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C134" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D134" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E134" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F134" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>1996</v>
       </c>
       <c r="I134">
         <v>2013</v>
       </c>
       <c r="J134" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="M134" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="P134" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B135" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C135" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D135" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E135" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F135" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>1997</v>
       </c>
       <c r="I135">
         <v>2012</v>
       </c>
       <c r="J135" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="M135" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="P135" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B136" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C136" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D136" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E136" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F136" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2003</v>
       </c>
       <c r="I136">
         <v>2013</v>
       </c>
       <c r="J136" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M136" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P136" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B137" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C137" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D137" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E137" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F137" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2004</v>
       </c>
       <c r="I137">
         <v>2012</v>
       </c>
       <c r="J137" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="M137" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="P137" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B138" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C138" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D138" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E138" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F138" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2004</v>
       </c>
       <c r="I138">
         <v>2012</v>
       </c>
       <c r="J138" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="M138" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="P138" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B139" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C139" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D139" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E139" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F139" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2005</v>
       </c>
       <c r="I139">
         <v>2012</v>
       </c>
       <c r="J139" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="M139" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="P139" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B140" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C140" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="D140" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G140" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H140">
         <v>2014</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="P140" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B141" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C141" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D141" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H141">
         <v>2011</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="P141" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B142" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C142" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D142" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
+        <v>43</v>
+      </c>
+      <c r="G142" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H142">
         <v>2016</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="P142" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B143" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C143" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D143" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H143">
         <v>2016</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="P143" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B144" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C144" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D144" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G144" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H144">
         <v>2017</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="N144" t="s">
         <v>36</v>
       </c>
       <c r="O144" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="P144" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B145" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C145" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D145" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2008</v>
       </c>
       <c r="I145">
         <v>2015</v>
       </c>
       <c r="J145" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="P145" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B146" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C146" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D146" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2009</v>
       </c>
       <c r="I146">
         <v>2013</v>
       </c>
       <c r="J146" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="P146" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B147" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C147" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D147" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
-        <v>22</v>
+        <v>592</v>
       </c>
       <c r="H147">
         <v>2010</v>
       </c>
       <c r="I147">
         <v>2019</v>
       </c>
       <c r="J147" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="K147" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="P147" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B148" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C148" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D148" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2010</v>
       </c>
       <c r="I148">
         <v>2019</v>
       </c>
       <c r="J148" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="K148" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="N148" t="s">
         <v>36</v>
       </c>
       <c r="O148" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="P148" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B149" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C149" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D149" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E149" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F149" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2002</v>
       </c>
       <c r="I149">
         <v>2015</v>
       </c>
       <c r="J149" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="M149" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="P149" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B150" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C150" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D150" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="E150" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F150" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2001</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="M150" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="P150" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B151" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C151" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D151" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="E151" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H151">
         <v>2013</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="P151" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B152" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C152" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D152" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="E152" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H152">
         <v>2021</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="M152" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="P152"/>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B153" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C153" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D153" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="E153" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H153">
         <v>2021</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="M153" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="P153"/>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B154" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C154" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D154" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E154" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F154" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G154" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H154">
         <v>2022</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K154" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="L154" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="M154" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="P154" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B155" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C155" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D155" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E155" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F155" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G155" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H155">
         <v>2022</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K155" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P155" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B156" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C156" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D156" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E156" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H156">
         <v>2022</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K156" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L156" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="M156" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="P156" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B157" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C157" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D157" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E157" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H157">
         <v>2022</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K157" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="L157" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="M157" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="P157" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B158" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C158" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D158" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E158" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H158">
         <v>2022</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="M158" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="P158" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B159" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C159" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D159" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="E159" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F159" t="s">
+        <v>43</v>
+      </c>
+      <c r="G159" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H159">
         <v>2016</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="M159" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="P159" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B160" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C160" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D160" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H160">
         <v>2007</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="M160" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="P160" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B161" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C161" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D161" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="E161" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F161" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G161" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H161">
         <v>2009</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="M161" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="P161" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B162" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C162" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D162" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H162">
         <v>2011</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="P162" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B163" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C163" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D163" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H163">
         <v>2011</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="P163" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B164" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C164" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D164" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2012</v>
       </c>
       <c r="I164">
         <v>2014</v>
       </c>
       <c r="J164" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="M164" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="P164" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">