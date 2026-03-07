--- v2 (2026-01-19)
+++ v3 (2026-03-07)
@@ -626,66 +626,66 @@
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
@@ -4680,136 +4680,136 @@
       <c r="K29" t="s">
         <v>184</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>152</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>196</v>
       </c>
       <c r="P29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>198</v>
       </c>
       <c r="B30" t="s">
         <v>199</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>200</v>
       </c>
       <c r="D30" t="s">
         <v>164</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1992</v>
       </c>
       <c r="I30">
         <v>2013</v>
       </c>
       <c r="J30" t="s">
-        <v>200</v>
+        <v>44</v>
       </c>
       <c r="K30" t="s">
         <v>63</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>152</v>
+        <v>201</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P30" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>198</v>
       </c>
       <c r="B31" t="s">
         <v>199</v>
       </c>
       <c r="C31" t="s">
-        <v>203</v>
+        <v>128</v>
       </c>
       <c r="D31" t="s">
         <v>164</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>1992</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="K31" t="s">
         <v>63</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
+        <v>152</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>204</v>
       </c>
-      <c r="N31" t="s">
-[...2 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>206</v>
       </c>
       <c r="B32" t="s">
         <v>207</v>
       </c>
       <c r="C32" t="s">
         <v>208</v>
       </c>
       <c r="D32" t="s">
         <v>209</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32" t="s">
         <v>71</v>
       </c>
       <c r="H32">