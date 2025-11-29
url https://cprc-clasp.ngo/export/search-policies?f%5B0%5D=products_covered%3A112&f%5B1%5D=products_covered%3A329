--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,2323 +12,3340 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="734">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1063">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18492012</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>National Agency for Energy Conservation (ANME)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
+  </si>
+  <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2592,7855 +3609,8960 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N185"/>
+  <dimension ref="A1:P185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>82</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>88</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1998</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>90</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" t="s">
+        <v>92</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>93</v>
+      </c>
+      <c r="P9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>97</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>104</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>105</v>
+      </c>
+      <c r="M11" t="s">
+        <v>106</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>107</v>
+      </c>
+      <c r="P11" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>111</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>139</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" t="s">
+        <v>146</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>56</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>147</v>
+      </c>
+      <c r="N18" t="s">
+        <v>58</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>152</v>
+      </c>
+      <c r="D19" t="s">
+        <v>153</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>154</v>
+      </c>
+      <c r="G19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>155</v>
+      </c>
+      <c r="K19" t="s">
+        <v>156</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>157</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>158</v>
+      </c>
+      <c r="P19" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
+        <v>152</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>154</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>155</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>162</v>
+      </c>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>167</v>
+      </c>
+      <c r="D21" t="s">
+        <v>168</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>169</v>
+      </c>
+      <c r="K21" t="s">
+        <v>170</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B22" t="s">
+        <v>174</v>
+      </c>
+      <c r="C22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D22" t="s">
+        <v>168</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>55</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>175</v>
+      </c>
+      <c r="K22" t="s">
+        <v>170</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>176</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" t="s">
+        <v>152</v>
+      </c>
+      <c r="D23" t="s">
+        <v>153</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>55</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" t="s">
+        <v>170</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>167</v>
+      </c>
+      <c r="D24" t="s">
+        <v>153</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>55</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>169</v>
+      </c>
+      <c r="K24" t="s">
+        <v>170</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>184</v>
+      </c>
+      <c r="P24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>167</v>
+      </c>
+      <c r="D25" t="s">
+        <v>188</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25">
+        <v>2019</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>169</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>189</v>
+      </c>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>152</v>
+      </c>
+      <c r="D26" t="s">
+        <v>188</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26">
+        <v>2019</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>175</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>189</v>
+      </c>
+      <c r="M26" t="s">
+        <v>176</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>152</v>
+      </c>
+      <c r="D27" t="s">
+        <v>197</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>175</v>
+      </c>
+      <c r="K27" t="s">
+        <v>198</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>176</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>195</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>197</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>169</v>
+      </c>
+      <c r="K28" t="s">
+        <v>198</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" t="s">
+        <v>206</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>207</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>169</v>
+      </c>
+      <c r="K29" t="s">
+        <v>170</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>208</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
+        <v>206</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>207</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>169</v>
+      </c>
+      <c r="K30" t="s">
+        <v>170</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>212</v>
+      </c>
+      <c r="C31" t="s">
+        <v>152</v>
+      </c>
+      <c r="D31" t="s">
+        <v>206</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>207</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>175</v>
+      </c>
+      <c r="K31" t="s">
+        <v>170</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>213</v>
+      </c>
+      <c r="P31" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>215</v>
+      </c>
+      <c r="B32" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
+        <v>168</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>169</v>
+      </c>
+      <c r="K32" t="s">
+        <v>217</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" t="s">
+        <v>221</v>
+      </c>
+      <c r="C33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D33" t="s">
+        <v>153</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>169</v>
+      </c>
+      <c r="K33" t="s">
+        <v>170</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>222</v>
+      </c>
+      <c r="P33" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>220</v>
+      </c>
+      <c r="B34" t="s">
+        <v>224</v>
+      </c>
+      <c r="C34" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" t="s">
+        <v>153</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>55</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>175</v>
+      </c>
+      <c r="K34" t="s">
+        <v>170</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>176</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" t="s">
+        <v>188</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>55</v>
+      </c>
+      <c r="H35">
+        <v>2019</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>175</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>176</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>229</v>
+      </c>
+      <c r="P35" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>231</v>
+      </c>
+      <c r="B36" t="s">
+        <v>232</v>
+      </c>
+      <c r="C36" t="s">
+        <v>152</v>
+      </c>
+      <c r="D36" t="s">
+        <v>168</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>233</v>
+      </c>
+      <c r="K36" t="s">
+        <v>217</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>176</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>234</v>
+      </c>
+      <c r="P36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>152</v>
+      </c>
+      <c r="D37" t="s">
+        <v>197</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1992</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
+        <v>238</v>
+      </c>
+      <c r="K37" t="s">
+        <v>45</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>176</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>239</v>
+      </c>
+      <c r="P37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>236</v>
+      </c>
+      <c r="B38" t="s">
+        <v>237</v>
+      </c>
+      <c r="C38" t="s">
+        <v>241</v>
+      </c>
+      <c r="D38" t="s">
+        <v>197</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1992</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>233</v>
+      </c>
+      <c r="K38" t="s">
+        <v>45</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>242</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>243</v>
+      </c>
+      <c r="P38" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>244</v>
+      </c>
+      <c r="B39" t="s">
+        <v>245</v>
+      </c>
+      <c r="C39" t="s">
+        <v>246</v>
+      </c>
+      <c r="D39" t="s">
+        <v>247</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>89</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>44</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>248</v>
+      </c>
+      <c r="M39" t="s">
+        <v>249</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>252</v>
+      </c>
+      <c r="B40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>254</v>
+      </c>
+      <c r="D40" t="s">
+        <v>255</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>89</v>
+      </c>
+      <c r="G40" t="s">
+        <v>146</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>256</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>257</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>258</v>
+      </c>
+      <c r="P40" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>260</v>
+      </c>
+      <c r="B41" t="s">
+        <v>261</v>
+      </c>
+      <c r="C41" t="s">
+        <v>130</v>
+      </c>
+      <c r="D41" t="s">
+        <v>153</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>154</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>256</v>
+      </c>
+      <c r="K41" t="s">
+        <v>262</v>
+      </c>
+      <c r="L41" t="s">
+        <v>263</v>
+      </c>
+      <c r="M41" t="s">
+        <v>264</v>
+      </c>
+      <c r="N41" t="s">
+        <v>36</v>
+      </c>
+      <c r="O41" t="s">
+        <v>265</v>
+      </c>
+      <c r="P41" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>267</v>
+      </c>
+      <c r="B42" t="s">
+        <v>268</v>
+      </c>
+      <c r="C42" t="s">
+        <v>130</v>
+      </c>
+      <c r="D42" t="s">
+        <v>269</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>154</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>256</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>270</v>
+      </c>
+      <c r="M42" t="s">
+        <v>264</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>271</v>
+      </c>
+      <c r="P42" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>273</v>
+      </c>
+      <c r="B43" t="s">
+        <v>274</v>
+      </c>
+      <c r="C43" t="s">
+        <v>130</v>
+      </c>
+      <c r="D43" t="s">
+        <v>131</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>154</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2002</v>
+      </c>
+      <c r="I43">
+        <v>2018</v>
+      </c>
+      <c r="J43" t="s">
+        <v>256</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>275</v>
+      </c>
+      <c r="M43" t="s">
+        <v>264</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>276</v>
+      </c>
+      <c r="P43" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>278</v>
+      </c>
+      <c r="B44" t="s">
+        <v>279</v>
+      </c>
+      <c r="C44" t="s">
+        <v>130</v>
+      </c>
+      <c r="D44" t="s">
+        <v>131</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>154</v>
+      </c>
+      <c r="G44" t="s">
+        <v>55</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>132</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>280</v>
+      </c>
+      <c r="M44" t="s">
+        <v>264</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>283</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>130</v>
+      </c>
+      <c r="D45" t="s">
+        <v>131</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>154</v>
+      </c>
+      <c r="G45" t="s">
+        <v>55</v>
+      </c>
+      <c r="H45">
+        <v>2020</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>132</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>285</v>
+      </c>
+      <c r="M45" t="s">
+        <v>264</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>286</v>
+      </c>
+      <c r="P45" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>288</v>
+      </c>
+      <c r="B46" t="s">
+        <v>289</v>
+      </c>
+      <c r="C46" t="s">
+        <v>130</v>
+      </c>
+      <c r="D46" t="s">
+        <v>153</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>154</v>
+      </c>
+      <c r="G46" t="s">
+        <v>55</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>256</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>290</v>
+      </c>
+      <c r="M46" t="s">
+        <v>264</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>291</v>
+      </c>
+      <c r="P46" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>293</v>
+      </c>
+      <c r="B47" t="s">
+        <v>294</v>
+      </c>
+      <c r="C47" t="s">
+        <v>130</v>
+      </c>
+      <c r="D47" t="s">
+        <v>153</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>154</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>256</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>295</v>
+      </c>
+      <c r="M47" t="s">
+        <v>264</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>296</v>
+      </c>
+      <c r="P47" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>298</v>
+      </c>
+      <c r="B48" t="s">
+        <v>299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>130</v>
+      </c>
+      <c r="D48" t="s">
+        <v>153</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>154</v>
+      </c>
+      <c r="G48" t="s">
+        <v>55</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>256</v>
+      </c>
+      <c r="K48" t="s">
+        <v>300</v>
+      </c>
+      <c r="L48" t="s">
+        <v>301</v>
+      </c>
+      <c r="M48" t="s">
+        <v>264</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>302</v>
+      </c>
+      <c r="P48" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>304</v>
+      </c>
+      <c r="B49" t="s">
+        <v>305</v>
+      </c>
+      <c r="C49" t="s">
+        <v>306</v>
+      </c>
+      <c r="D49" t="s">
+        <v>307</v>
+      </c>
+      <c r="E49" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F49" t="s">
+        <v>308</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2023</v>
+      </c>
+      <c r="J49" t="s">
+        <v>309</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>310</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>311</v>
+      </c>
+      <c r="P49" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>313</v>
+      </c>
+      <c r="B50" t="s">
+        <v>314</v>
+      </c>
+      <c r="C50" t="s">
+        <v>315</v>
+      </c>
+      <c r="D50" t="s">
+        <v>316</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" t="s">
+        <v>55</v>
+      </c>
+      <c r="H50">
+        <v>2020</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>317</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>318</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>319</v>
+      </c>
+      <c r="P50" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>321</v>
+      </c>
+      <c r="B51" t="s">
+        <v>322</v>
+      </c>
+      <c r="C51" t="s">
+        <v>87</v>
+      </c>
+      <c r="D51" t="s">
+        <v>72</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1986</v>
+      </c>
+      <c r="I51">
+        <v>2018</v>
+      </c>
+      <c r="J51" t="s">
+        <v>90</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>323</v>
+      </c>
+      <c r="M51" t="s">
+        <v>92</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>324</v>
+      </c>
+      <c r="P51" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>326</v>
+      </c>
+      <c r="B52" t="s">
+        <v>327</v>
+      </c>
+      <c r="C52" t="s">
+        <v>328</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>54</v>
+      </c>
+      <c r="G52" t="s">
+        <v>146</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>56</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>329</v>
+      </c>
+      <c r="N52" t="s">
+        <v>58</v>
+      </c>
+      <c r="O52" t="s">
+        <v>330</v>
+      </c>
+      <c r="P52" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>332</v>
+      </c>
+      <c r="B53" t="s">
+        <v>333</v>
+      </c>
+      <c r="C53" t="s">
+        <v>334</v>
+      </c>
+      <c r="D53" t="s">
+        <v>72</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G53" t="s">
+        <v>55</v>
+      </c>
+      <c r="H53">
+        <v>2017</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>81</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>335</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>336</v>
+      </c>
+      <c r="P53"/>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>337</v>
+      </c>
+      <c r="B54" t="s">
+        <v>338</v>
+      </c>
+      <c r="C54" t="s">
+        <v>339</v>
+      </c>
+      <c r="D54" t="s">
+        <v>340</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>89</v>
+      </c>
+      <c r="G54" t="s">
         <v>22</v>
-      </c>
-[...2130 lines deleted...]
-        <v>2023</v>
       </c>
       <c r="H54">
         <v>2023</v>
       </c>
-      <c r="I54" t="s">
+      <c r="I54">
+        <v>2023</v>
+      </c>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>341</v>
+      </c>
+      <c r="M54" t="s">
+        <v>342</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>343</v>
+      </c>
+      <c r="P54" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>345</v>
+      </c>
+      <c r="B55" t="s">
+        <v>346</v>
+      </c>
+      <c r="C55" t="s">
+        <v>347</v>
+      </c>
+      <c r="D55" t="s">
+        <v>247</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>89</v>
+      </c>
+      <c r="G55" t="s">
+        <v>146</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>73</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>348</v>
+      </c>
+      <c r="M55" t="s">
+        <v>349</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>350</v>
+      </c>
+      <c r="P55" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>352</v>
+      </c>
+      <c r="B56" t="s">
+        <v>353</v>
+      </c>
+      <c r="C56" t="s">
+        <v>354</v>
+      </c>
+      <c r="D56" t="s">
+        <v>131</v>
+      </c>
+      <c r="E56" t="s">
         <v>20</v>
       </c>
-      <c r="J54" t="s">
-[...8 lines deleted...]
-      <c r="M54" t="s">
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1992</v>
+      </c>
+      <c r="I56">
+        <v>2016</v>
+      </c>
+      <c r="J56" t="s">
+        <v>97</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>355</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>356</v>
+      </c>
+      <c r="P56" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>358</v>
+      </c>
+      <c r="B57" t="s">
+        <v>359</v>
+      </c>
+      <c r="C57" t="s">
+        <v>354</v>
+      </c>
+      <c r="D57" t="s">
+        <v>340</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>55</v>
+      </c>
+      <c r="H57">
+        <v>2010</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>97</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>355</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>360</v>
+      </c>
+      <c r="P57" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>361</v>
+      </c>
+      <c r="B58" t="s">
+        <v>362</v>
+      </c>
+      <c r="C58" t="s">
+        <v>354</v>
+      </c>
+      <c r="D58" t="s">
+        <v>153</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2000</v>
+      </c>
+      <c r="I58">
+        <v>2010</v>
+      </c>
+      <c r="J58" t="s">
+        <v>363</v>
+      </c>
+      <c r="K58" t="s">
+        <v>300</v>
+      </c>
+      <c r="L58" t="s">
+        <v>364</v>
+      </c>
+      <c r="M58" t="s">
+        <v>355</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>365</v>
+      </c>
+      <c r="P58" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>366</v>
+      </c>
+      <c r="B59" t="s">
+        <v>367</v>
+      </c>
+      <c r="C59" t="s">
+        <v>368</v>
+      </c>
+      <c r="D59" t="s">
+        <v>369</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>89</v>
+      </c>
+      <c r="G59" t="s">
+        <v>55</v>
+      </c>
+      <c r="H59">
+        <v>2017</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>370</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>371</v>
+      </c>
+      <c r="M59" t="s">
+        <v>372</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>373</v>
+      </c>
+      <c r="P59" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>375</v>
+      </c>
+      <c r="B60" t="s">
+        <v>376</v>
+      </c>
+      <c r="C60" t="s">
+        <v>377</v>
+      </c>
+      <c r="D60" t="s">
+        <v>378</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>89</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2016</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>73</v>
+      </c>
+      <c r="K60" t="s">
+        <v>45</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>379</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>380</v>
+      </c>
+      <c r="P60" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>382</v>
+      </c>
+      <c r="B61" t="s">
+        <v>383</v>
+      </c>
+      <c r="C61" t="s">
+        <v>384</v>
+      </c>
+      <c r="D61" t="s">
+        <v>385</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>55</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>33</v>
+      </c>
+      <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="N54" t="s">
-[...16 lines deleted...]
-      <c r="E55" t="s">
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>386</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>387</v>
+      </c>
+      <c r="P61" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>389</v>
+      </c>
+      <c r="B62" t="s">
+        <v>390</v>
+      </c>
+      <c r="C62" t="s">
+        <v>391</v>
+      </c>
+      <c r="D62" t="s">
+        <v>153</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>55</v>
+      </c>
+      <c r="H62">
+        <v>1993</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>73</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>386</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>392</v>
+      </c>
+      <c r="P62" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>394</v>
+      </c>
+      <c r="B63" t="s">
+        <v>395</v>
+      </c>
+      <c r="C63" t="s">
+        <v>391</v>
+      </c>
+      <c r="D63" t="s">
         <v>72</v>
       </c>
-      <c r="F55" t="s">
-[...36 lines deleted...]
-      <c r="E56" t="s">
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>89</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1986</v>
+      </c>
+      <c r="I63">
+        <v>2004</v>
+      </c>
+      <c r="J63" t="s">
+        <v>73</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>386</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>396</v>
+      </c>
+      <c r="P63" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>398</v>
+      </c>
+      <c r="B64" t="s">
+        <v>399</v>
+      </c>
+      <c r="C64" t="s">
+        <v>167</v>
+      </c>
+      <c r="D64" t="s">
+        <v>153</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>154</v>
+      </c>
+      <c r="G64" t="s">
+        <v>55</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>370</v>
+      </c>
+      <c r="K64" t="s">
+        <v>400</v>
+      </c>
+      <c r="L64" t="s">
+        <v>25</v>
+      </c>
+      <c r="M64" t="s">
+        <v>401</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>402</v>
+      </c>
+      <c r="P64" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>404</v>
+      </c>
+      <c r="B65" t="s">
+        <v>405</v>
+      </c>
+      <c r="C65" t="s">
+        <v>406</v>
+      </c>
+      <c r="D65" t="s">
+        <v>153</v>
+      </c>
+      <c r="E65" t="s">
+        <v>42</v>
+      </c>
+      <c r="F65" t="s">
+        <v>154</v>
+      </c>
+      <c r="G65" t="s">
+        <v>55</v>
+      </c>
+      <c r="H65">
+        <v>2016</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>256</v>
+      </c>
+      <c r="K65" t="s">
+        <v>400</v>
+      </c>
+      <c r="L65" t="s">
+        <v>407</v>
+      </c>
+      <c r="M65" t="s">
+        <v>408</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>409</v>
+      </c>
+      <c r="P65" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>411</v>
+      </c>
+      <c r="B66" t="s">
+        <v>412</v>
+      </c>
+      <c r="C66" t="s">
+        <v>406</v>
+      </c>
+      <c r="D66" t="s">
+        <v>72</v>
+      </c>
+      <c r="E66" t="s">
+        <v>42</v>
+      </c>
+      <c r="F66" t="s">
+        <v>154</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2001</v>
+      </c>
+      <c r="I66">
+        <v>2013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>256</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>408</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>414</v>
+      </c>
+      <c r="P66" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>416</v>
+      </c>
+      <c r="B67" t="s">
+        <v>417</v>
+      </c>
+      <c r="C67" t="s">
+        <v>406</v>
+      </c>
+      <c r="D67" t="s">
+        <v>153</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>154</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1995</v>
+      </c>
+      <c r="I67">
+        <v>2013</v>
+      </c>
+      <c r="J67" t="s">
+        <v>256</v>
+      </c>
+      <c r="K67" t="s">
+        <v>400</v>
+      </c>
+      <c r="L67" t="s">
+        <v>418</v>
+      </c>
+      <c r="M67" t="s">
+        <v>408</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>419</v>
+      </c>
+      <c r="P67" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>421</v>
+      </c>
+      <c r="B68" t="s">
+        <v>422</v>
+      </c>
+      <c r="C68" t="s">
+        <v>406</v>
+      </c>
+      <c r="D68" t="s">
+        <v>153</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>154</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1996</v>
+      </c>
+      <c r="I68">
+        <v>2014</v>
+      </c>
+      <c r="J68" t="s">
+        <v>256</v>
+      </c>
+      <c r="K68" t="s">
+        <v>400</v>
+      </c>
+      <c r="L68" t="s">
+        <v>423</v>
+      </c>
+      <c r="M68" t="s">
+        <v>408</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>424</v>
+      </c>
+      <c r="P68" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>426</v>
+      </c>
+      <c r="B69" t="s">
+        <v>427</v>
+      </c>
+      <c r="C69" t="s">
+        <v>406</v>
+      </c>
+      <c r="D69" t="s">
+        <v>72</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>154</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2001</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>256</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>428</v>
+      </c>
+      <c r="M69" t="s">
+        <v>408</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>429</v>
+      </c>
+      <c r="P69" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>431</v>
+      </c>
+      <c r="B70" t="s">
+        <v>432</v>
+      </c>
+      <c r="C70" t="s">
+        <v>433</v>
+      </c>
+      <c r="D70" t="s">
+        <v>153</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>55</v>
+      </c>
+      <c r="H70">
+        <v>2006</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>434</v>
+      </c>
+      <c r="K70" t="s">
+        <v>400</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>435</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>436</v>
+      </c>
+      <c r="P70" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>438</v>
+      </c>
+      <c r="B71" t="s">
+        <v>333</v>
+      </c>
+      <c r="C71" t="s">
+        <v>334</v>
+      </c>
+      <c r="D71" t="s">
+        <v>188</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>89</v>
+      </c>
+      <c r="G71" t="s">
+        <v>55</v>
+      </c>
+      <c r="H71">
+        <v>2017</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>81</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>439</v>
+      </c>
+      <c r="M71" t="s">
+        <v>335</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>440</v>
+      </c>
+      <c r="P71"/>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>441</v>
+      </c>
+      <c r="B72" t="s">
+        <v>442</v>
+      </c>
+      <c r="C72" t="s">
+        <v>443</v>
+      </c>
+      <c r="D72" t="s">
+        <v>153</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>55</v>
+      </c>
+      <c r="H72">
+        <v>2003</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>90</v>
+      </c>
+      <c r="K72" t="s">
+        <v>300</v>
+      </c>
+      <c r="L72" t="s">
+        <v>444</v>
+      </c>
+      <c r="M72" t="s">
+        <v>445</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>446</v>
+      </c>
+      <c r="P72" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>441</v>
+      </c>
+      <c r="B73" t="s">
+        <v>442</v>
+      </c>
+      <c r="C73" t="s">
+        <v>443</v>
+      </c>
+      <c r="D73" t="s">
+        <v>153</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>55</v>
+      </c>
+      <c r="H73">
+        <v>2003</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>90</v>
+      </c>
+      <c r="K73" t="s">
+        <v>448</v>
+      </c>
+      <c r="L73" t="s">
+        <v>444</v>
+      </c>
+      <c r="M73" t="s">
+        <v>449</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>450</v>
+      </c>
+      <c r="P73" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>451</v>
+      </c>
+      <c r="B74" t="s">
+        <v>452</v>
+      </c>
+      <c r="C74" t="s">
+        <v>130</v>
+      </c>
+      <c r="D74" t="s">
+        <v>453</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>454</v>
+      </c>
+      <c r="H74">
+        <v>2024</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>455</v>
+      </c>
+      <c r="M74" t="s">
+        <v>456</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>457</v>
+      </c>
+      <c r="P74" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>459</v>
+      </c>
+      <c r="B75" t="s">
+        <v>460</v>
+      </c>
+      <c r="C75" t="s">
+        <v>130</v>
+      </c>
+      <c r="D75" t="s">
+        <v>153</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>55</v>
+      </c>
+      <c r="H75">
+        <v>2010</v>
+      </c>
+      <c r="I75">
+        <v>2021</v>
+      </c>
+      <c r="J75" t="s">
+        <v>132</v>
+      </c>
+      <c r="K75" t="s">
+        <v>300</v>
+      </c>
+      <c r="L75" t="s">
+        <v>461</v>
+      </c>
+      <c r="M75" t="s">
+        <v>134</v>
+      </c>
+      <c r="N75" t="s">
         <v>36</v>
       </c>
-      <c r="F56" t="s">
-[...38 lines deleted...]
-      <c r="E57" t="s">
+      <c r="O75" t="s">
+        <v>462</v>
+      </c>
+      <c r="P75" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>464</v>
+      </c>
+      <c r="B76" t="s">
+        <v>465</v>
+      </c>
+      <c r="C76" t="s">
+        <v>130</v>
+      </c>
+      <c r="D76" t="s">
+        <v>153</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>55</v>
+      </c>
+      <c r="H76">
+        <v>2010</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>256</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>466</v>
+      </c>
+      <c r="M76" t="s">
+        <v>467</v>
+      </c>
+      <c r="N76" t="s">
         <v>36</v>
       </c>
-      <c r="F57" t="s">
-[...24 lines deleted...]
-      <c r="A58" t="s">
+      <c r="O76" t="s">
+        <v>468</v>
+      </c>
+      <c r="P76" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>470</v>
+      </c>
+      <c r="B77" t="s">
+        <v>471</v>
+      </c>
+      <c r="C77" t="s">
+        <v>130</v>
+      </c>
+      <c r="D77" t="s">
+        <v>131</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2008</v>
+      </c>
+      <c r="I77">
+        <v>2015</v>
+      </c>
+      <c r="J77" t="s">
         <v>256</v>
       </c>
-      <c r="B58" t="s">
-[...8 lines deleted...]
-      <c r="E58" t="s">
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>472</v>
+      </c>
+      <c r="M77" t="s">
+        <v>134</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>473</v>
+      </c>
+      <c r="P77" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>475</v>
+      </c>
+      <c r="B78" t="s">
+        <v>129</v>
+      </c>
+      <c r="C78" t="s">
+        <v>130</v>
+      </c>
+      <c r="D78" t="s">
+        <v>131</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>55</v>
+      </c>
+      <c r="H78">
+        <v>2020</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>132</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>133</v>
+      </c>
+      <c r="M78" t="s">
+        <v>467</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>476</v>
+      </c>
+      <c r="P78" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>478</v>
+      </c>
+      <c r="B79" t="s">
+        <v>479</v>
+      </c>
+      <c r="C79" t="s">
+        <v>130</v>
+      </c>
+      <c r="D79" t="s">
+        <v>153</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>55</v>
+      </c>
+      <c r="H79">
+        <v>2020</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>132</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>480</v>
+      </c>
+      <c r="M79" t="s">
+        <v>467</v>
+      </c>
+      <c r="N79" t="s">
         <v>36</v>
       </c>
-      <c r="F58" t="s">
-[...262 lines deleted...]
-      <c r="K64" t="s">
+      <c r="O79" t="s">
+        <v>481</v>
+      </c>
+      <c r="P79" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>483</v>
+      </c>
+      <c r="B80" t="s">
+        <v>484</v>
+      </c>
+      <c r="C80" t="s">
+        <v>485</v>
+      </c>
+      <c r="D80" t="s">
+        <v>486</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>43</v>
+      </c>
+      <c r="G80" t="s">
         <v>22</v>
-      </c>
-[...670 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="H80">
         <v>2019</v>
       </c>
-      <c r="I80" t="s">
-        <v>37</v>
+      <c r="I80">
+        <v>2019</v>
       </c>
       <c r="J80" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K80" t="s">
-        <v>342</v>
+        <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>343</v>
+        <v>487</v>
       </c>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>488</v>
       </c>
       <c r="N80" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>489</v>
+      </c>
+      <c r="P80" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>345</v>
+        <v>491</v>
       </c>
       <c r="B81" t="s">
-        <v>346</v>
+        <v>492</v>
       </c>
       <c r="C81" t="s">
-        <v>59</v>
+        <v>493</v>
       </c>
       <c r="D81" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="E81" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G81">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>1987</v>
       </c>
-      <c r="H81">
+      <c r="I81">
         <v>1988</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J81" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>494</v>
       </c>
       <c r="N81" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>495</v>
+      </c>
+      <c r="P81" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>349</v>
+        <v>497</v>
       </c>
       <c r="B82" t="s">
-        <v>346</v>
+        <v>498</v>
       </c>
       <c r="C82" t="s">
-        <v>103</v>
+        <v>493</v>
       </c>
       <c r="D82" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
       <c r="E82" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G82">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>1987</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>1988</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="K82" t="s">
-        <v>350</v>
+        <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>347</v>
+        <v>499</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>494</v>
       </c>
       <c r="N82" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>500</v>
+      </c>
+      <c r="P82" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>352</v>
+        <v>502</v>
       </c>
       <c r="B83" t="s">
-        <v>346</v>
+        <v>503</v>
       </c>
       <c r="C83" t="s">
-        <v>119</v>
+        <v>493</v>
       </c>
       <c r="D83" t="s">
-        <v>35</v>
+        <v>153</v>
       </c>
       <c r="E83" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>55</v>
+      </c>
+      <c r="H83">
         <v>2011</v>
       </c>
-      <c r="H83"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="K83" t="s">
+        <v>300</v>
+      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>494</v>
       </c>
       <c r="N83" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>504</v>
+      </c>
+      <c r="P83" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
+        <v>506</v>
+      </c>
+      <c r="B84" t="s">
+        <v>507</v>
+      </c>
+      <c r="C84" t="s">
+        <v>493</v>
+      </c>
+      <c r="D84" t="s">
+        <v>72</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>43</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2011</v>
+      </c>
+      <c r="I84">
+        <v>2014</v>
+      </c>
+      <c r="J84" t="s">
+        <v>90</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>508</v>
+      </c>
+      <c r="M84" t="s">
+        <v>509</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>510</v>
+      </c>
+      <c r="P84" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>512</v>
+      </c>
+      <c r="B85" t="s">
+        <v>513</v>
+      </c>
+      <c r="C85" t="s">
+        <v>514</v>
+      </c>
+      <c r="D85" t="s">
+        <v>515</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>89</v>
+      </c>
+      <c r="G85" t="s">
+        <v>8</v>
+      </c>
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85">
+        <v>2024</v>
+      </c>
+      <c r="J85" t="s">
+        <v>516</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>517</v>
+      </c>
+      <c r="M85" t="s">
+        <v>518</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>519</v>
+      </c>
+      <c r="P85" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>521</v>
+      </c>
+      <c r="B86" t="s">
+        <v>522</v>
+      </c>
+      <c r="C86" t="s">
+        <v>523</v>
+      </c>
+      <c r="D86" t="s">
+        <v>340</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>89</v>
+      </c>
+      <c r="G86" t="s">
+        <v>55</v>
+      </c>
+      <c r="H86">
+        <v>2025</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>524</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>517</v>
+      </c>
+      <c r="M86" t="s">
+        <v>518</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>525</v>
+      </c>
+      <c r="P86" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>527</v>
+      </c>
+      <c r="B87" t="s">
+        <v>528</v>
+      </c>
+      <c r="C87" t="s">
+        <v>328</v>
+      </c>
+      <c r="D87" t="s">
+        <v>529</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>54</v>
+      </c>
+      <c r="G87" t="s">
+        <v>55</v>
+      </c>
+      <c r="H87">
+        <v>2022</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>56</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>530</v>
+      </c>
+      <c r="N87" t="s">
+        <v>58</v>
+      </c>
+      <c r="O87" t="s">
+        <v>531</v>
+      </c>
+      <c r="P87" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>533</v>
+      </c>
+      <c r="B88" t="s">
+        <v>534</v>
+      </c>
+      <c r="C88" t="s">
+        <v>535</v>
+      </c>
+      <c r="D88" t="s">
+        <v>72</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>89</v>
+      </c>
+      <c r="G88" t="s">
+        <v>55</v>
+      </c>
+      <c r="H88">
+        <v>2019</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>536</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>537</v>
+      </c>
+      <c r="M88" t="s">
+        <v>538</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>539</v>
+      </c>
+      <c r="P88" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>541</v>
+      </c>
+      <c r="B89" t="s">
+        <v>542</v>
+      </c>
+      <c r="C89" t="s">
+        <v>443</v>
+      </c>
+      <c r="D89" t="s">
+        <v>72</v>
+      </c>
+      <c r="E89" t="s">
+        <v>42</v>
+      </c>
+      <c r="F89" t="s">
+        <v>154</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1998</v>
+      </c>
+      <c r="I89">
+        <v>2014</v>
+      </c>
+      <c r="J89" t="s">
+        <v>543</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>544</v>
+      </c>
+      <c r="M89" t="s">
+        <v>449</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>545</v>
+      </c>
+      <c r="P89" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>547</v>
+      </c>
+      <c r="B90" t="s">
+        <v>548</v>
+      </c>
+      <c r="C90" t="s">
+        <v>549</v>
+      </c>
+      <c r="D90" t="s">
+        <v>550</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" t="s">
+        <v>146</v>
+      </c>
+      <c r="H90"/>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>132</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>551</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>552</v>
+      </c>
+      <c r="P90"/>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>553</v>
+      </c>
+      <c r="B91" t="s">
+        <v>554</v>
+      </c>
+      <c r="C91" t="s">
+        <v>549</v>
+      </c>
+      <c r="D91" t="s">
+        <v>550</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>146</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>132</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>551</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>555</v>
+      </c>
+      <c r="P91"/>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>556</v>
+      </c>
+      <c r="B92" t="s">
+        <v>557</v>
+      </c>
+      <c r="C92" t="s">
         <v>354</v>
       </c>
-      <c r="B84" t="s">
-[...26 lines deleted...]
-      <c r="K84" t="s">
+      <c r="D92" t="s">
+        <v>153</v>
+      </c>
+      <c r="E92" t="s">
+        <v>42</v>
+      </c>
+      <c r="F92" t="s">
+        <v>154</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1996</v>
+      </c>
+      <c r="I92">
+        <v>2012</v>
+      </c>
+      <c r="J92" t="s">
+        <v>363</v>
+      </c>
+      <c r="K92" t="s">
+        <v>448</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
         <v>355</v>
       </c>
-      <c r="L84" t="s">
-[...22 lines deleted...]
-      <c r="E85" t="s">
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>558</v>
+      </c>
+      <c r="P92" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>556</v>
+      </c>
+      <c r="B93" t="s">
+        <v>560</v>
+      </c>
+      <c r="C93" t="s">
+        <v>354</v>
+      </c>
+      <c r="D93" t="s">
+        <v>153</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>154</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1996</v>
+      </c>
+      <c r="I93">
+        <v>2012</v>
+      </c>
+      <c r="J93" t="s">
+        <v>363</v>
+      </c>
+      <c r="K93" t="s">
+        <v>448</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>355</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>561</v>
+      </c>
+      <c r="P93" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>562</v>
+      </c>
+      <c r="B94" t="s">
+        <v>563</v>
+      </c>
+      <c r="C94" t="s">
+        <v>354</v>
+      </c>
+      <c r="D94" t="s">
+        <v>153</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>154</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>1996</v>
+      </c>
+      <c r="I94">
+        <v>2010</v>
+      </c>
+      <c r="J94" t="s">
+        <v>363</v>
+      </c>
+      <c r="K94" t="s">
+        <v>300</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>355</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>564</v>
+      </c>
+      <c r="P94" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>565</v>
+      </c>
+      <c r="B95" t="s">
+        <v>566</v>
+      </c>
+      <c r="C95" t="s">
+        <v>354</v>
+      </c>
+      <c r="D95" t="s">
+        <v>153</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>154</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>1996</v>
+      </c>
+      <c r="I95">
+        <v>2010</v>
+      </c>
+      <c r="J95" t="s">
+        <v>363</v>
+      </c>
+      <c r="K95" t="s">
+        <v>300</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>355</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>567</v>
+      </c>
+      <c r="P95" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>568</v>
+      </c>
+      <c r="B96" t="s">
+        <v>569</v>
+      </c>
+      <c r="C96" t="s">
+        <v>570</v>
+      </c>
+      <c r="D96" t="s">
         <v>72</v>
       </c>
-      <c r="F85" t="s">
-[...14 lines deleted...]
-      <c r="K85" t="s">
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>43</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2001</v>
+      </c>
+      <c r="I96">
+        <v>2021</v>
+      </c>
+      <c r="J96" t="s">
+        <v>571</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>572</v>
+      </c>
+      <c r="M96" t="s">
+        <v>573</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>574</v>
+      </c>
+      <c r="P96" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>576</v>
+      </c>
+      <c r="B97" t="s">
+        <v>577</v>
+      </c>
+      <c r="C97" t="s">
+        <v>578</v>
+      </c>
+      <c r="D97" t="s">
+        <v>72</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2001</v>
+      </c>
+      <c r="I97">
+        <v>2015</v>
+      </c>
+      <c r="J97" t="s">
+        <v>434</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>579</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>580</v>
+      </c>
+      <c r="P97" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>582</v>
+      </c>
+      <c r="B98" t="s">
+        <v>583</v>
+      </c>
+      <c r="C98" t="s">
+        <v>578</v>
+      </c>
+      <c r="D98" t="s">
+        <v>72</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>43</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2001</v>
+      </c>
+      <c r="I98">
+        <v>2015</v>
+      </c>
+      <c r="J98" t="s">
+        <v>434</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>579</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>584</v>
+      </c>
+      <c r="P98" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>586</v>
+      </c>
+      <c r="B99" t="s">
+        <v>587</v>
+      </c>
+      <c r="C99" t="s">
+        <v>588</v>
+      </c>
+      <c r="D99" t="s">
+        <v>72</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>89</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>1998</v>
+      </c>
+      <c r="I99">
+        <v>2012</v>
+      </c>
+      <c r="J99" t="s">
         <v>363</v>
       </c>
-      <c r="L85" t="s">
-[...579 lines deleted...]
-      </c>
       <c r="K99" t="s">
-        <v>412</v>
+        <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>413</v>
+        <v>589</v>
       </c>
       <c r="M99" t="s">
-        <v>24</v>
+        <v>590</v>
       </c>
       <c r="N99" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>591</v>
+      </c>
+      <c r="P99" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>415</v>
+        <v>593</v>
       </c>
       <c r="B100" t="s">
-        <v>411</v>
+        <v>594</v>
       </c>
       <c r="C100" t="s">
-        <v>119</v>
+        <v>588</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>153</v>
       </c>
       <c r="E100" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>43</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
       </c>
       <c r="H100">
         <v>2002</v>
       </c>
-      <c r="I100" t="s">
-        <v>257</v>
+      <c r="I100">
+        <v>2002</v>
       </c>
       <c r="J100" t="s">
-        <v>212</v>
+        <v>363</v>
       </c>
       <c r="K100" t="s">
-        <v>416</v>
+        <v>300</v>
       </c>
       <c r="L100" t="s">
-        <v>413</v>
+        <v>595</v>
       </c>
       <c r="M100" t="s">
+        <v>590</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>596</v>
+      </c>
+      <c r="P100" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>597</v>
+      </c>
+      <c r="B101" t="s">
+        <v>598</v>
+      </c>
+      <c r="C101" t="s">
+        <v>588</v>
+      </c>
+      <c r="D101" t="s">
+        <v>153</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>1998</v>
+      </c>
+      <c r="I101">
+        <v>2009</v>
+      </c>
+      <c r="J101" t="s">
+        <v>363</v>
+      </c>
+      <c r="K101" t="s">
+        <v>300</v>
+      </c>
+      <c r="L101" t="s">
+        <v>599</v>
+      </c>
+      <c r="M101" t="s">
+        <v>590</v>
+      </c>
+      <c r="N101" t="s">
+        <v>36</v>
+      </c>
+      <c r="O101" t="s">
+        <v>600</v>
+      </c>
+      <c r="P101" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>601</v>
+      </c>
+      <c r="B102" t="s">
+        <v>602</v>
+      </c>
+      <c r="C102" t="s">
+        <v>588</v>
+      </c>
+      <c r="D102" t="s">
+        <v>153</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>89</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102">
+        <v>2015</v>
+      </c>
+      <c r="J102" t="s">
+        <v>104</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>603</v>
+      </c>
+      <c r="M102" t="s">
+        <v>590</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>604</v>
+      </c>
+      <c r="P102" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>605</v>
+      </c>
+      <c r="B103" t="s">
+        <v>606</v>
+      </c>
+      <c r="C103" t="s">
+        <v>588</v>
+      </c>
+      <c r="D103" t="s">
+        <v>153</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103">
+        <v>2013</v>
+      </c>
+      <c r="J103" t="s">
+        <v>363</v>
+      </c>
+      <c r="K103" t="s">
+        <v>300</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>590</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>607</v>
+      </c>
+      <c r="P103" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>608</v>
+      </c>
+      <c r="B104" t="s">
+        <v>609</v>
+      </c>
+      <c r="C104" t="s">
+        <v>588</v>
+      </c>
+      <c r="D104" t="s">
+        <v>153</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>43</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2002</v>
+      </c>
+      <c r="I104">
+        <v>2010</v>
+      </c>
+      <c r="J104" t="s">
+        <v>363</v>
+      </c>
+      <c r="K104" t="s">
+        <v>300</v>
+      </c>
+      <c r="L104" t="s">
+        <v>610</v>
+      </c>
+      <c r="M104" t="s">
+        <v>590</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>611</v>
+      </c>
+      <c r="P104" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>612</v>
+      </c>
+      <c r="B105" t="s">
+        <v>613</v>
+      </c>
+      <c r="C105" t="s">
+        <v>588</v>
+      </c>
+      <c r="D105" t="s">
+        <v>153</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>43</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2002</v>
+      </c>
+      <c r="I105">
+        <v>2012</v>
+      </c>
+      <c r="J105" t="s">
+        <v>363</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>590</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>614</v>
+      </c>
+      <c r="P105" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>615</v>
+      </c>
+      <c r="B106" t="s">
+        <v>616</v>
+      </c>
+      <c r="C106" t="s">
+        <v>617</v>
+      </c>
+      <c r="D106" t="s">
+        <v>72</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>55</v>
+      </c>
+      <c r="H106">
+        <v>2014</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>97</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>618</v>
+      </c>
+      <c r="M106" t="s">
+        <v>619</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>620</v>
+      </c>
+      <c r="P106" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>622</v>
+      </c>
+      <c r="B107" t="s">
+        <v>623</v>
+      </c>
+      <c r="C107" t="s">
+        <v>624</v>
+      </c>
+      <c r="D107" t="s">
+        <v>72</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>43</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2013</v>
+      </c>
+      <c r="I107">
+        <v>2014</v>
+      </c>
+      <c r="J107" t="s">
+        <v>256</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>625</v>
+      </c>
+      <c r="M107" t="s">
+        <v>626</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>627</v>
+      </c>
+      <c r="P107" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>629</v>
+      </c>
+      <c r="B108" t="s">
+        <v>630</v>
+      </c>
+      <c r="C108" t="s">
+        <v>624</v>
+      </c>
+      <c r="D108" t="s">
+        <v>72</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2013</v>
+      </c>
+      <c r="I108">
+        <v>2014</v>
+      </c>
+      <c r="J108" t="s">
+        <v>256</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>625</v>
+      </c>
+      <c r="M108" t="s">
+        <v>626</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>631</v>
+      </c>
+      <c r="P108" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>633</v>
+      </c>
+      <c r="B109" t="s">
+        <v>634</v>
+      </c>
+      <c r="C109" t="s">
+        <v>635</v>
+      </c>
+      <c r="D109" t="s">
+        <v>636</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>43</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>1996</v>
+      </c>
+      <c r="I109">
+        <v>2017</v>
+      </c>
+      <c r="J109" t="s">
+        <v>97</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>637</v>
+      </c>
+      <c r="M109" t="s">
+        <v>638</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>639</v>
+      </c>
+      <c r="P109" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>641</v>
+      </c>
+      <c r="B110" t="s">
+        <v>616</v>
+      </c>
+      <c r="C110" t="s">
+        <v>635</v>
+      </c>
+      <c r="D110" t="s">
+        <v>188</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>1996</v>
+      </c>
+      <c r="I110">
+        <v>2017</v>
+      </c>
+      <c r="J110" t="s">
+        <v>97</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>638</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>642</v>
+      </c>
+      <c r="P110" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>643</v>
+      </c>
+      <c r="B111" t="s">
+        <v>644</v>
+      </c>
+      <c r="C111" t="s">
+        <v>645</v>
+      </c>
+      <c r="D111" t="s">
+        <v>72</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>55</v>
+      </c>
+      <c r="H111">
+        <v>2022</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>646</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>647</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>648</v>
+      </c>
+      <c r="P111" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>650</v>
+      </c>
+      <c r="B112" t="s">
+        <v>651</v>
+      </c>
+      <c r="C112" t="s">
+        <v>645</v>
+      </c>
+      <c r="D112" t="s">
+        <v>72</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>89</v>
+      </c>
+      <c r="G112" t="s">
+        <v>55</v>
+      </c>
+      <c r="H112">
+        <v>2009</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>81</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>652</v>
+      </c>
+      <c r="M112" t="s">
+        <v>647</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>653</v>
+      </c>
+      <c r="P112" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>655</v>
+      </c>
+      <c r="B113" t="s">
+        <v>656</v>
+      </c>
+      <c r="C113" t="s">
+        <v>657</v>
+      </c>
+      <c r="D113" t="s">
+        <v>72</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2004</v>
+      </c>
+      <c r="I113">
+        <v>2010</v>
+      </c>
+      <c r="J113" t="s">
+        <v>73</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113" t="s">
+        <v>189</v>
+      </c>
+      <c r="M113" t="s">
+        <v>658</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>659</v>
+      </c>
+      <c r="P113" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>655</v>
+      </c>
+      <c r="B114" t="s">
+        <v>661</v>
+      </c>
+      <c r="C114" t="s">
+        <v>657</v>
+      </c>
+      <c r="D114" t="s">
+        <v>662</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>89</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2004</v>
+      </c>
+      <c r="I114">
+        <v>2010</v>
+      </c>
+      <c r="J114" t="s">
+        <v>571</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>189</v>
+      </c>
+      <c r="M114" t="s">
+        <v>658</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>663</v>
+      </c>
+      <c r="P114" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>665</v>
+      </c>
+      <c r="B115" t="s">
+        <v>666</v>
+      </c>
+      <c r="C115" t="s">
+        <v>667</v>
+      </c>
+      <c r="D115" t="s">
+        <v>668</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>89</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2008</v>
+      </c>
+      <c r="I115">
+        <v>2020</v>
+      </c>
+      <c r="J115" t="s">
+        <v>44</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>669</v>
+      </c>
+      <c r="M115" t="s">
+        <v>670</v>
+      </c>
+      <c r="N115" t="s">
+        <v>36</v>
+      </c>
+      <c r="O115" t="s">
+        <v>671</v>
+      </c>
+      <c r="P115" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>673</v>
+      </c>
+      <c r="B116" t="s">
+        <v>674</v>
+      </c>
+      <c r="C116" t="s">
+        <v>675</v>
+      </c>
+      <c r="D116" t="s">
+        <v>676</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>43</v>
+      </c>
+      <c r="G116" t="s">
+        <v>55</v>
+      </c>
+      <c r="H116">
+        <v>2025</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>677</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>678</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>679</v>
+      </c>
+      <c r="P116" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>681</v>
+      </c>
+      <c r="B117" t="s">
+        <v>616</v>
+      </c>
+      <c r="C117" t="s">
+        <v>682</v>
+      </c>
+      <c r="D117" t="s">
+        <v>683</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>89</v>
+      </c>
+      <c r="G117" t="s">
+        <v>146</v>
+      </c>
+      <c r="H117"/>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>81</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>684</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>685</v>
+      </c>
+      <c r="P117" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>687</v>
+      </c>
+      <c r="B118" t="s">
+        <v>688</v>
+      </c>
+      <c r="C118" t="s">
+        <v>689</v>
+      </c>
+      <c r="D118" t="s">
+        <v>340</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>89</v>
+      </c>
+      <c r="G118" t="s">
+        <v>55</v>
+      </c>
+      <c r="H118">
+        <v>2016</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>81</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>690</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>691</v>
+      </c>
+      <c r="P118" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>693</v>
+      </c>
+      <c r="B119" t="s">
+        <v>694</v>
+      </c>
+      <c r="C119" t="s">
+        <v>675</v>
+      </c>
+      <c r="D119" t="s">
+        <v>676</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>55</v>
+      </c>
+      <c r="H119">
+        <v>2025</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>677</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>678</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>695</v>
+      </c>
+      <c r="P119" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>697</v>
+      </c>
+      <c r="B120" t="s">
+        <v>698</v>
+      </c>
+      <c r="C120" t="s">
+        <v>354</v>
+      </c>
+      <c r="D120" t="s">
+        <v>153</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>55</v>
+      </c>
+      <c r="H120">
+        <v>2011</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>363</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>355</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>699</v>
+      </c>
+      <c r="P120" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>701</v>
+      </c>
+      <c r="B121" t="s">
+        <v>702</v>
+      </c>
+      <c r="C121" t="s">
+        <v>354</v>
+      </c>
+      <c r="D121" t="s">
+        <v>703</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>207</v>
+      </c>
+      <c r="H121">
+        <v>2012</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>73</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>704</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>705</v>
+      </c>
+      <c r="P121" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>707</v>
+      </c>
+      <c r="B122" t="s">
+        <v>359</v>
+      </c>
+      <c r="C122" t="s">
+        <v>354</v>
+      </c>
+      <c r="D122" t="s">
+        <v>340</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2004</v>
+      </c>
+      <c r="I122">
+        <v>2010</v>
+      </c>
+      <c r="J122" t="s">
+        <v>97</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>355</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>708</v>
+      </c>
+      <c r="P122" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>709</v>
+      </c>
+      <c r="B123" t="s">
+        <v>362</v>
+      </c>
+      <c r="C123" t="s">
+        <v>354</v>
+      </c>
+      <c r="D123" t="s">
+        <v>153</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2001</v>
+      </c>
+      <c r="I123">
+        <v>2010</v>
+      </c>
+      <c r="J123" t="s">
+        <v>363</v>
+      </c>
+      <c r="K123" t="s">
+        <v>300</v>
+      </c>
+      <c r="L123" t="s">
+        <v>364</v>
+      </c>
+      <c r="M123" t="s">
+        <v>355</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>710</v>
+      </c>
+      <c r="P123" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>711</v>
+      </c>
+      <c r="B124" t="s">
+        <v>79</v>
+      </c>
+      <c r="C124" t="s">
+        <v>80</v>
+      </c>
+      <c r="D124" t="s">
+        <v>72</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>55</v>
+      </c>
+      <c r="H124">
+        <v>2010</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>81</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>82</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>712</v>
+      </c>
+      <c r="P124" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>714</v>
+      </c>
+      <c r="B125" t="s">
+        <v>715</v>
+      </c>
+      <c r="C125" t="s">
+        <v>443</v>
+      </c>
+      <c r="D125" t="s">
+        <v>153</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>55</v>
+      </c>
+      <c r="H125">
+        <v>2003</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>73</v>
+      </c>
+      <c r="K125" t="s">
         <v>24</v>
       </c>
-      <c r="N100" t="s">
-[...25 lines deleted...]
-      <c r="H101">
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>449</v>
+      </c>
+      <c r="N125" t="s">
+        <v>36</v>
+      </c>
+      <c r="O125" t="s">
+        <v>716</v>
+      </c>
+      <c r="P125" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>718</v>
+      </c>
+      <c r="B126" t="s">
+        <v>719</v>
+      </c>
+      <c r="C126" t="s">
+        <v>384</v>
+      </c>
+      <c r="D126" t="s">
+        <v>385</v>
+      </c>
+      <c r="E126" t="s">
+        <v>42</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>55</v>
+      </c>
+      <c r="H126">
+        <v>2013</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>33</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>386</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>720</v>
+      </c>
+      <c r="P126" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>721</v>
+      </c>
+      <c r="B127" t="s">
+        <v>722</v>
+      </c>
+      <c r="C127" t="s">
+        <v>723</v>
+      </c>
+      <c r="D127" t="s">
+        <v>153</v>
+      </c>
+      <c r="E127" t="s">
+        <v>42</v>
+      </c>
+      <c r="F127" t="s">
+        <v>724</v>
+      </c>
+      <c r="G127" t="s">
+        <v>55</v>
+      </c>
+      <c r="H127">
         <v>2009</v>
       </c>
-      <c r="I101" t="s">
-[...31 lines deleted...]
-      <c r="E102" t="s">
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>725</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>726</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>727</v>
+      </c>
+      <c r="P127" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>729</v>
+      </c>
+      <c r="B128" t="s">
+        <v>730</v>
+      </c>
+      <c r="C128" t="s">
+        <v>493</v>
+      </c>
+      <c r="D128" t="s">
+        <v>731</v>
+      </c>
+      <c r="E128" t="s">
+        <v>42</v>
+      </c>
+      <c r="F128" t="s">
+        <v>43</v>
+      </c>
+      <c r="G128" t="s">
+        <v>55</v>
+      </c>
+      <c r="H128">
+        <v>2012</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>90</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>732</v>
+      </c>
+      <c r="M128" t="s">
+        <v>733</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>734</v>
+      </c>
+      <c r="P128" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>736</v>
+      </c>
+      <c r="B129" t="s">
+        <v>737</v>
+      </c>
+      <c r="C129" t="s">
+        <v>570</v>
+      </c>
+      <c r="D129" t="s">
         <v>72</v>
       </c>
-      <c r="F102" t="s">
-[...2 lines deleted...]
-      <c r="G102">
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2007</v>
+      </c>
+      <c r="I129">
+        <v>2018</v>
+      </c>
+      <c r="J129" t="s">
+        <v>571</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>738</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>739</v>
+      </c>
+      <c r="P129" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>741</v>
+      </c>
+      <c r="B130" t="s">
+        <v>742</v>
+      </c>
+      <c r="C130" t="s">
+        <v>485</v>
+      </c>
+      <c r="D130" t="s">
+        <v>188</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>55</v>
+      </c>
+      <c r="H130">
+        <v>2012</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>44</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>487</v>
+      </c>
+      <c r="M130" t="s">
+        <v>488</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>743</v>
+      </c>
+      <c r="P130" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>745</v>
+      </c>
+      <c r="B131" t="s">
+        <v>746</v>
+      </c>
+      <c r="C131" t="s">
+        <v>747</v>
+      </c>
+      <c r="D131" t="s">
+        <v>72</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>55</v>
+      </c>
+      <c r="H131">
+        <v>2018</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>536</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>745</v>
+      </c>
+      <c r="M131" t="s">
+        <v>748</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>749</v>
+      </c>
+      <c r="P131" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>751</v>
+      </c>
+      <c r="B132" t="s">
+        <v>752</v>
+      </c>
+      <c r="C132" t="s">
+        <v>753</v>
+      </c>
+      <c r="D132" t="s">
+        <v>72</v>
+      </c>
+      <c r="E132" t="s">
+        <v>42</v>
+      </c>
+      <c r="F132" t="s">
+        <v>154</v>
+      </c>
+      <c r="G132" t="s">
+        <v>55</v>
+      </c>
+      <c r="H132">
+        <v>2014</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>754</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>755</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>756</v>
+      </c>
+      <c r="P132" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>758</v>
+      </c>
+      <c r="B133" t="s">
+        <v>759</v>
+      </c>
+      <c r="C133" t="s">
+        <v>753</v>
+      </c>
+      <c r="D133" t="s">
+        <v>197</v>
+      </c>
+      <c r="E133" t="s">
+        <v>42</v>
+      </c>
+      <c r="F133" t="s">
+        <v>154</v>
+      </c>
+      <c r="G133" t="s">
+        <v>55</v>
+      </c>
+      <c r="H133">
+        <v>2014</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>754</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>760</v>
+      </c>
+      <c r="M133" t="s">
+        <v>755</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>761</v>
+      </c>
+      <c r="P133" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>763</v>
+      </c>
+      <c r="B134" t="s">
+        <v>764</v>
+      </c>
+      <c r="C134" t="s">
+        <v>765</v>
+      </c>
+      <c r="D134" t="s">
+        <v>766</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>55</v>
+      </c>
+      <c r="H134">
         <v>2011</v>
       </c>
-      <c r="H102">
-[...43 lines deleted...]
-      <c r="H103">
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>44</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>767</v>
+      </c>
+      <c r="M134" t="s">
+        <v>768</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>769</v>
+      </c>
+      <c r="P134" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>771</v>
+      </c>
+      <c r="B135" t="s">
+        <v>772</v>
+      </c>
+      <c r="C135" t="s">
+        <v>765</v>
+      </c>
+      <c r="D135" t="s">
+        <v>72</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>55</v>
+      </c>
+      <c r="H135">
+        <v>2010</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>97</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>773</v>
+      </c>
+      <c r="M135" t="s">
+        <v>768</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>774</v>
+      </c>
+      <c r="P135" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>776</v>
+      </c>
+      <c r="B136" t="s">
+        <v>777</v>
+      </c>
+      <c r="C136" t="s">
+        <v>328</v>
+      </c>
+      <c r="D136" t="s">
+        <v>53</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>54</v>
+      </c>
+      <c r="G136" t="s">
+        <v>55</v>
+      </c>
+      <c r="H136">
+        <v>2022</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>56</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>778</v>
+      </c>
+      <c r="N136" t="s">
+        <v>58</v>
+      </c>
+      <c r="O136" t="s">
+        <v>779</v>
+      </c>
+      <c r="P136" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>781</v>
+      </c>
+      <c r="B137" t="s">
+        <v>782</v>
+      </c>
+      <c r="C137" t="s">
+        <v>783</v>
+      </c>
+      <c r="D137" t="s">
+        <v>72</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>43</v>
+      </c>
+      <c r="G137" t="s">
+        <v>55</v>
+      </c>
+      <c r="H137">
         <v>2013</v>
       </c>
-      <c r="I103" t="s">
-[...233 lines deleted...]
-      <c r="A109" t="s">
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>370</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>784</v>
+      </c>
+      <c r="M137" t="s">
+        <v>785</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>786</v>
+      </c>
+      <c r="P137" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>788</v>
+      </c>
+      <c r="B138" t="s">
+        <v>789</v>
+      </c>
+      <c r="C138" t="s">
+        <v>570</v>
+      </c>
+      <c r="D138" t="s">
+        <v>72</v>
+      </c>
+      <c r="E138" t="s">
+        <v>42</v>
+      </c>
+      <c r="F138" t="s">
+        <v>154</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>1993</v>
+      </c>
+      <c r="I138">
+        <v>2016</v>
+      </c>
+      <c r="J138" t="s">
+        <v>571</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>790</v>
+      </c>
+      <c r="M138" t="s">
+        <v>791</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>792</v>
+      </c>
+      <c r="P138" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>794</v>
+      </c>
+      <c r="B139" t="s">
+        <v>795</v>
+      </c>
+      <c r="C139" t="s">
         <v>443</v>
       </c>
-      <c r="B109" t="s">
-[...685 lines deleted...]
-      <c r="J125" t="s">
+      <c r="D139" t="s">
+        <v>340</v>
+      </c>
+      <c r="E139" t="s">
+        <v>42</v>
+      </c>
+      <c r="F139" t="s">
         <v>21</v>
       </c>
-      <c r="K125"/>
-[...570 lines deleted...]
-        <v>2011</v>
+      <c r="G139" t="s">
+        <v>22</v>
       </c>
       <c r="H139">
         <v>2011</v>
       </c>
-      <c r="I139" t="s">
-        <v>73</v>
+      <c r="I139">
+        <v>2011</v>
       </c>
       <c r="J139" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="K139" t="s">
-        <v>554</v>
+        <v>34</v>
       </c>
       <c r="L139" t="s">
-        <v>317</v>
+        <v>796</v>
       </c>
       <c r="M139" t="s">
+        <v>449</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>797</v>
+      </c>
+      <c r="P139" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>798</v>
+      </c>
+      <c r="B140" t="s">
+        <v>799</v>
+      </c>
+      <c r="C140" t="s">
+        <v>617</v>
+      </c>
+      <c r="D140" t="s">
+        <v>72</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>43</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2005</v>
+      </c>
+      <c r="I140">
+        <v>2013</v>
+      </c>
+      <c r="J140" t="s">
+        <v>44</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140" t="s">
+        <v>800</v>
+      </c>
+      <c r="M140" t="s">
+        <v>619</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>801</v>
+      </c>
+      <c r="P140" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>803</v>
+      </c>
+      <c r="B141" t="s">
+        <v>804</v>
+      </c>
+      <c r="C141" t="s">
+        <v>805</v>
+      </c>
+      <c r="D141" t="s">
+        <v>806</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>89</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2017</v>
+      </c>
+      <c r="I141">
+        <v>2021</v>
+      </c>
+      <c r="J141" t="s">
+        <v>807</v>
+      </c>
+      <c r="K141" t="s">
+        <v>808</v>
+      </c>
+      <c r="L141" t="s">
+        <v>809</v>
+      </c>
+      <c r="M141" t="s">
+        <v>810</v>
+      </c>
+      <c r="N141" t="s">
+        <v>36</v>
+      </c>
+      <c r="O141" t="s">
+        <v>811</v>
+      </c>
+      <c r="P141" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>813</v>
+      </c>
+      <c r="B142" t="s">
+        <v>814</v>
+      </c>
+      <c r="C142" t="s">
+        <v>354</v>
+      </c>
+      <c r="D142" t="s">
+        <v>119</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>89</v>
+      </c>
+      <c r="G142" t="s">
+        <v>8</v>
+      </c>
+      <c r="H142">
+        <v>2011</v>
+      </c>
+      <c r="I142">
+        <v>2024</v>
+      </c>
+      <c r="J142" t="s">
+        <v>815</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>816</v>
+      </c>
+      <c r="M142" t="s">
+        <v>817</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>818</v>
+      </c>
+      <c r="P142" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>820</v>
+      </c>
+      <c r="B143" t="s">
+        <v>821</v>
+      </c>
+      <c r="C143" t="s">
+        <v>822</v>
+      </c>
+      <c r="D143" t="s">
+        <v>247</v>
+      </c>
+      <c r="E143" t="s">
+        <v>42</v>
+      </c>
+      <c r="F143" t="s">
+        <v>89</v>
+      </c>
+      <c r="G143" t="s">
+        <v>146</v>
+      </c>
+      <c r="H143"/>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>363</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>248</v>
+      </c>
+      <c r="M143" t="s">
+        <v>823</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>824</v>
+      </c>
+      <c r="P143" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>826</v>
+      </c>
+      <c r="B144" t="s">
+        <v>827</v>
+      </c>
+      <c r="C144" t="s">
+        <v>828</v>
+      </c>
+      <c r="D144" t="s">
+        <v>72</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>89</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2013</v>
+      </c>
+      <c r="I144">
+        <v>2015</v>
+      </c>
+      <c r="J144" t="s">
+        <v>370</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>829</v>
+      </c>
+      <c r="M144" t="s">
+        <v>830</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>831</v>
+      </c>
+      <c r="P144" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>833</v>
+      </c>
+      <c r="B145" t="s">
+        <v>834</v>
+      </c>
+      <c r="C145" t="s">
+        <v>835</v>
+      </c>
+      <c r="D145" t="s">
+        <v>72</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>43</v>
+      </c>
+      <c r="G145" t="s">
+        <v>55</v>
+      </c>
+      <c r="H145">
+        <v>2007</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>571</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145" t="s">
+        <v>836</v>
+      </c>
+      <c r="M145" t="s">
+        <v>837</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>838</v>
+      </c>
+      <c r="P145" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>840</v>
+      </c>
+      <c r="B146" t="s">
+        <v>841</v>
+      </c>
+      <c r="C146" t="s">
+        <v>842</v>
+      </c>
+      <c r="D146" t="s">
+        <v>72</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>89</v>
+      </c>
+      <c r="G146" t="s">
+        <v>55</v>
+      </c>
+      <c r="H146">
+        <v>2019</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>81</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>843</v>
+      </c>
+      <c r="M146" t="s">
+        <v>844</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>845</v>
+      </c>
+      <c r="P146" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>847</v>
+      </c>
+      <c r="B147" t="s">
+        <v>848</v>
+      </c>
+      <c r="C147" t="s">
+        <v>849</v>
+      </c>
+      <c r="D147" t="s">
+        <v>850</v>
+      </c>
+      <c r="E147" t="s">
+        <v>42</v>
+      </c>
+      <c r="F147" t="s">
+        <v>43</v>
+      </c>
+      <c r="G147" t="s">
+        <v>55</v>
+      </c>
+      <c r="H147">
+        <v>2014</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>754</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>851</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>852</v>
+      </c>
+      <c r="P147" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>854</v>
+      </c>
+      <c r="B148" t="s">
+        <v>855</v>
+      </c>
+      <c r="C148" t="s">
+        <v>849</v>
+      </c>
+      <c r="D148" t="s">
+        <v>856</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>43</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2008</v>
+      </c>
+      <c r="I148">
+        <v>2013</v>
+      </c>
+      <c r="J148" t="s">
+        <v>97</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>25</v>
+      </c>
+      <c r="M148" t="s">
+        <v>851</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>857</v>
+      </c>
+      <c r="P148" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>859</v>
+      </c>
+      <c r="B149" t="s">
+        <v>860</v>
+      </c>
+      <c r="C149" t="s">
+        <v>52</v>
+      </c>
+      <c r="D149" t="s">
+        <v>861</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>54</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>1982</v>
+      </c>
+      <c r="I149">
+        <v>2024</v>
+      </c>
+      <c r="J149" t="s">
+        <v>56</v>
+      </c>
+      <c r="K149" t="s">
         <v>24</v>
       </c>
-      <c r="N139" t="s">
-[...60 lines deleted...]
-      <c r="E141" t="s">
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>862</v>
+      </c>
+      <c r="N149" t="s">
+        <v>58</v>
+      </c>
+      <c r="O149" t="s">
+        <v>863</v>
+      </c>
+      <c r="P149" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>865</v>
+      </c>
+      <c r="B150" t="s">
+        <v>866</v>
+      </c>
+      <c r="C150" t="s">
+        <v>443</v>
+      </c>
+      <c r="D150" t="s">
         <v>72</v>
       </c>
-      <c r="F141" t="s">
-[...310 lines deleted...]
-      <c r="K148" t="s">
+      <c r="E150" t="s">
+        <v>42</v>
+      </c>
+      <c r="F150" t="s">
+        <v>43</v>
+      </c>
+      <c r="G150" t="s">
         <v>22</v>
-      </c>
-[...72 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H150">
         <v>2010</v>
       </c>
-      <c r="I150" t="s">
+      <c r="I150">
+        <v>2010</v>
+      </c>
+      <c r="J150" t="s">
+        <v>90</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>867</v>
+      </c>
+      <c r="M150" t="s">
+        <v>449</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>868</v>
+      </c>
+      <c r="P150" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>870</v>
+      </c>
+      <c r="B151" t="s">
+        <v>616</v>
+      </c>
+      <c r="C151" t="s">
+        <v>871</v>
+      </c>
+      <c r="D151" t="s">
+        <v>72</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>43</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2015</v>
+      </c>
+      <c r="I151">
+        <v>2019</v>
+      </c>
+      <c r="J151" t="s">
+        <v>81</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>872</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>873</v>
+      </c>
+      <c r="P151" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>875</v>
+      </c>
+      <c r="B152" t="s">
+        <v>616</v>
+      </c>
+      <c r="C152" t="s">
+        <v>871</v>
+      </c>
+      <c r="D152" t="s">
+        <v>72</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>55</v>
+      </c>
+      <c r="H152">
+        <v>2015</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>81</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>872</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>876</v>
+      </c>
+      <c r="P152" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>877</v>
+      </c>
+      <c r="B153" t="s">
+        <v>878</v>
+      </c>
+      <c r="C153" t="s">
+        <v>879</v>
+      </c>
+      <c r="D153" t="s">
+        <v>72</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>89</v>
+      </c>
+      <c r="G153" t="s">
+        <v>55</v>
+      </c>
+      <c r="H153">
+        <v>2019</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>81</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>880</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>881</v>
+      </c>
+      <c r="P153" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>883</v>
+      </c>
+      <c r="B154" t="s">
+        <v>884</v>
+      </c>
+      <c r="C154" t="s">
+        <v>879</v>
+      </c>
+      <c r="D154" t="s">
+        <v>885</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>89</v>
+      </c>
+      <c r="G154" t="s">
+        <v>55</v>
+      </c>
+      <c r="H154">
+        <v>2019</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>81</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>880</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>886</v>
+      </c>
+      <c r="P154" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>888</v>
+      </c>
+      <c r="B155" t="s">
+        <v>889</v>
+      </c>
+      <c r="C155" t="s">
+        <v>890</v>
+      </c>
+      <c r="D155" t="s">
+        <v>891</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>43</v>
+      </c>
+      <c r="G155" t="s">
+        <v>55</v>
+      </c>
+      <c r="H155">
+        <v>2018</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>44</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>892</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>893</v>
+      </c>
+      <c r="P155" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>895</v>
+      </c>
+      <c r="B156" t="s">
+        <v>896</v>
+      </c>
+      <c r="C156" t="s">
+        <v>897</v>
+      </c>
+      <c r="D156" t="s">
+        <v>72</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>89</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2007</v>
+      </c>
+      <c r="I156">
+        <v>2018</v>
+      </c>
+      <c r="J156" t="s">
+        <v>97</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>898</v>
+      </c>
+      <c r="M156" t="s">
+        <v>899</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>900</v>
+      </c>
+      <c r="P156" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>902</v>
+      </c>
+      <c r="B157" t="s">
+        <v>903</v>
+      </c>
+      <c r="C157" t="s">
+        <v>339</v>
+      </c>
+      <c r="D157" t="s">
+        <v>340</v>
+      </c>
+      <c r="E157" t="s">
+        <v>42</v>
+      </c>
+      <c r="F157" t="s">
+        <v>89</v>
+      </c>
+      <c r="G157" t="s">
+        <v>55</v>
+      </c>
+      <c r="H157">
+        <v>2020</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
         <v>73</v>
       </c>
-      <c r="J150" t="s">
-[...8 lines deleted...]
-      <c r="M150" t="s">
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157" t="s">
+        <v>904</v>
+      </c>
+      <c r="M157" t="s">
+        <v>342</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>905</v>
+      </c>
+      <c r="P157" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>907</v>
+      </c>
+      <c r="B158" t="s">
+        <v>908</v>
+      </c>
+      <c r="C158" t="s">
+        <v>339</v>
+      </c>
+      <c r="D158" t="s">
+        <v>153</v>
+      </c>
+      <c r="E158" t="s">
+        <v>42</v>
+      </c>
+      <c r="F158" t="s">
+        <v>89</v>
+      </c>
+      <c r="G158" t="s">
+        <v>55</v>
+      </c>
+      <c r="H158">
+        <v>2024</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>23</v>
+      </c>
+      <c r="K158" t="s">
+        <v>909</v>
+      </c>
+      <c r="L158" t="s">
+        <v>910</v>
+      </c>
+      <c r="M158" t="s">
+        <v>342</v>
+      </c>
+      <c r="N158" t="s">
+        <v>36</v>
+      </c>
+      <c r="O158" t="s">
+        <v>911</v>
+      </c>
+      <c r="P158" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>913</v>
+      </c>
+      <c r="B159" t="s">
+        <v>914</v>
+      </c>
+      <c r="C159" t="s">
+        <v>747</v>
+      </c>
+      <c r="D159" t="s">
+        <v>72</v>
+      </c>
+      <c r="E159" t="s">
+        <v>42</v>
+      </c>
+      <c r="F159" t="s">
+        <v>154</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2000</v>
+      </c>
+      <c r="I159">
+        <v>2020</v>
+      </c>
+      <c r="J159" t="s">
+        <v>571</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>745</v>
+      </c>
+      <c r="M159" t="s">
+        <v>915</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>916</v>
+      </c>
+      <c r="P159" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>918</v>
+      </c>
+      <c r="B160" t="s">
+        <v>919</v>
+      </c>
+      <c r="C160" t="s">
+        <v>747</v>
+      </c>
+      <c r="D160" t="s">
+        <v>766</v>
+      </c>
+      <c r="E160" t="s">
+        <v>42</v>
+      </c>
+      <c r="F160" t="s">
+        <v>154</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2001</v>
+      </c>
+      <c r="I160">
+        <v>2015</v>
+      </c>
+      <c r="J160" t="s">
+        <v>571</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>920</v>
+      </c>
+      <c r="M160" t="s">
+        <v>915</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>921</v>
+      </c>
+      <c r="P160" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>923</v>
+      </c>
+      <c r="B161" t="s">
+        <v>924</v>
+      </c>
+      <c r="C161" t="s">
+        <v>925</v>
+      </c>
+      <c r="D161" t="s">
+        <v>72</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>55</v>
+      </c>
+      <c r="H161">
+        <v>2016</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>97</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>926</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>927</v>
+      </c>
+      <c r="P161" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>929</v>
+      </c>
+      <c r="B162" t="s">
+        <v>930</v>
+      </c>
+      <c r="C162" t="s">
+        <v>747</v>
+      </c>
+      <c r="D162" t="s">
+        <v>72</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>89</v>
+      </c>
+      <c r="G162" t="s">
+        <v>55</v>
+      </c>
+      <c r="H162">
+        <v>2012</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>571</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>931</v>
+      </c>
+      <c r="M162" t="s">
+        <v>748</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>932</v>
+      </c>
+      <c r="P162" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>934</v>
+      </c>
+      <c r="B163" t="s">
+        <v>935</v>
+      </c>
+      <c r="C163" t="s">
+        <v>747</v>
+      </c>
+      <c r="D163" t="s">
+        <v>766</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>89</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2008</v>
+      </c>
+      <c r="I163">
+        <v>2014</v>
+      </c>
+      <c r="J163" t="s">
+        <v>536</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>936</v>
+      </c>
+      <c r="M163" t="s">
+        <v>748</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>937</v>
+      </c>
+      <c r="P163" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>939</v>
+      </c>
+      <c r="B164" t="s">
+        <v>940</v>
+      </c>
+      <c r="C164" t="s">
+        <v>941</v>
+      </c>
+      <c r="D164" t="s">
+        <v>942</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>55</v>
+      </c>
+      <c r="H164">
+        <v>2016</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>73</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>943</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>944</v>
+      </c>
+      <c r="P164" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>946</v>
+      </c>
+      <c r="B165" t="s">
+        <v>947</v>
+      </c>
+      <c r="C165" t="s">
+        <v>941</v>
+      </c>
+      <c r="D165" t="s">
+        <v>948</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>43</v>
+      </c>
+      <c r="G165" t="s">
+        <v>55</v>
+      </c>
+      <c r="H165">
+        <v>2017</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>73</v>
+      </c>
+      <c r="K165" t="s">
         <v>24</v>
       </c>
-      <c r="N150" t="s">
-[...16 lines deleted...]
-      <c r="E151" t="s">
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>943</v>
+      </c>
+      <c r="N165" t="s">
         <v>36</v>
       </c>
-      <c r="F151" t="s">
-[...2 lines deleted...]
-      <c r="G151">
+      <c r="O165" t="s">
+        <v>949</v>
+      </c>
+      <c r="P165" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>951</v>
+      </c>
+      <c r="B166" t="s">
+        <v>952</v>
+      </c>
+      <c r="C166" t="s">
+        <v>306</v>
+      </c>
+      <c r="D166" t="s">
+        <v>72</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2007</v>
+      </c>
+      <c r="I166">
         <v>2015</v>
       </c>
-      <c r="H151">
+      <c r="J166" t="s">
+        <v>309</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>953</v>
+      </c>
+      <c r="M166" t="s">
+        <v>310</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>954</v>
+      </c>
+      <c r="P166" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>956</v>
+      </c>
+      <c r="B167" t="s">
+        <v>957</v>
+      </c>
+      <c r="C167" t="s">
+        <v>306</v>
+      </c>
+      <c r="D167" t="s">
+        <v>153</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2010</v>
+      </c>
+      <c r="I167">
         <v>2019</v>
       </c>
-      <c r="I151" t="s">
-[...69 lines deleted...]
-      <c r="E153" t="s">
+      <c r="J167" t="s">
+        <v>309</v>
+      </c>
+      <c r="K167" t="s">
+        <v>400</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>310</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>958</v>
+      </c>
+      <c r="P167" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>960</v>
+      </c>
+      <c r="B168" t="s">
+        <v>961</v>
+      </c>
+      <c r="C168" t="s">
+        <v>306</v>
+      </c>
+      <c r="D168" t="s">
+        <v>153</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2010</v>
+      </c>
+      <c r="I168">
+        <v>2019</v>
+      </c>
+      <c r="J168" t="s">
+        <v>524</v>
+      </c>
+      <c r="K168" t="s">
+        <v>400</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>310</v>
+      </c>
+      <c r="N168" t="s">
+        <v>36</v>
+      </c>
+      <c r="O168" t="s">
+        <v>962</v>
+      </c>
+      <c r="P168" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>963</v>
+      </c>
+      <c r="B169" t="s">
+        <v>964</v>
+      </c>
+      <c r="C169" t="s">
+        <v>723</v>
+      </c>
+      <c r="D169" t="s">
+        <v>703</v>
+      </c>
+      <c r="E169" t="s">
+        <v>42</v>
+      </c>
+      <c r="F169" t="s">
+        <v>154</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2001</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>725</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>965</v>
+      </c>
+      <c r="M169" t="s">
+        <v>966</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>967</v>
+      </c>
+      <c r="P169" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>969</v>
+      </c>
+      <c r="B170" t="s">
+        <v>970</v>
+      </c>
+      <c r="C170" t="s">
+        <v>167</v>
+      </c>
+      <c r="D170" t="s">
+        <v>188</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>55</v>
+      </c>
+      <c r="H170">
+        <v>2021</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>169</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170"/>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>971</v>
+      </c>
+      <c r="P170" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>973</v>
+      </c>
+      <c r="B171" t="s">
+        <v>974</v>
+      </c>
+      <c r="C171" t="s">
+        <v>975</v>
+      </c>
+      <c r="D171" t="s">
         <v>72</v>
       </c>
-      <c r="F153" t="s">
-[...36 lines deleted...]
-      <c r="E154" t="s">
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>89</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2007</v>
+      </c>
+      <c r="I171">
+        <v>2012</v>
+      </c>
+      <c r="J171" t="s">
+        <v>97</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>976</v>
+      </c>
+      <c r="M171" t="s">
+        <v>977</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>978</v>
+      </c>
+      <c r="P171" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>980</v>
+      </c>
+      <c r="B172" t="s">
+        <v>981</v>
+      </c>
+      <c r="C172" t="s">
+        <v>982</v>
+      </c>
+      <c r="D172" t="s">
         <v>72</v>
       </c>
-      <c r="F154" t="s">
-[...36 lines deleted...]
-      <c r="E155" t="s">
+      <c r="E172" t="s">
+        <v>42</v>
+      </c>
+      <c r="F172" t="s">
+        <v>43</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2002</v>
+      </c>
+      <c r="I172">
+        <v>2021</v>
+      </c>
+      <c r="J172" t="s">
+        <v>536</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" t="s">
+        <v>983</v>
+      </c>
+      <c r="M172" t="s">
+        <v>984</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>985</v>
+      </c>
+      <c r="P172" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>987</v>
+      </c>
+      <c r="B173" t="s">
+        <v>988</v>
+      </c>
+      <c r="C173" t="s">
+        <v>982</v>
+      </c>
+      <c r="D173" t="s">
+        <v>72</v>
+      </c>
+      <c r="E173" t="s">
+        <v>42</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2011</v>
+      </c>
+      <c r="I173">
+        <v>2021</v>
+      </c>
+      <c r="J173" t="s">
+        <v>536</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>989</v>
+      </c>
+      <c r="M173" t="s">
+        <v>984</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>990</v>
+      </c>
+      <c r="P173" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>992</v>
+      </c>
+      <c r="B174" t="s">
+        <v>993</v>
+      </c>
+      <c r="C174" t="s">
+        <v>982</v>
+      </c>
+      <c r="D174" t="s">
+        <v>153</v>
+      </c>
+      <c r="E174" t="s">
+        <v>42</v>
+      </c>
+      <c r="F174" t="s">
+        <v>43</v>
+      </c>
+      <c r="G174" t="s">
+        <v>55</v>
+      </c>
+      <c r="H174">
+        <v>2022</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>536</v>
+      </c>
+      <c r="K174" t="s">
+        <v>994</v>
+      </c>
+      <c r="L174" t="s">
+        <v>995</v>
+      </c>
+      <c r="M174" t="s">
+        <v>984</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>996</v>
+      </c>
+      <c r="P174" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>998</v>
+      </c>
+      <c r="B175" t="s">
+        <v>999</v>
+      </c>
+      <c r="C175" t="s">
+        <v>982</v>
+      </c>
+      <c r="D175" t="s">
+        <v>119</v>
+      </c>
+      <c r="E175" t="s">
+        <v>42</v>
+      </c>
+      <c r="F175" t="s">
+        <v>43</v>
+      </c>
+      <c r="G175" t="s">
+        <v>55</v>
+      </c>
+      <c r="H175">
+        <v>2022</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>536</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>984</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C176" t="s">
+        <v>982</v>
+      </c>
+      <c r="D176" t="s">
+        <v>153</v>
+      </c>
+      <c r="E176" t="s">
+        <v>42</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>55</v>
+      </c>
+      <c r="H176">
+        <v>2022</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>536</v>
+      </c>
+      <c r="K176" t="s">
+        <v>170</v>
+      </c>
+      <c r="L176" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M176" t="s">
+        <v>984</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C177" t="s">
+        <v>982</v>
+      </c>
+      <c r="D177" t="s">
+        <v>119</v>
+      </c>
+      <c r="E177" t="s">
+        <v>42</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>55</v>
+      </c>
+      <c r="H177">
+        <v>2022</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>536</v>
+      </c>
+      <c r="K177" t="s">
+        <v>1010</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M177" t="s">
+        <v>984</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C178" t="s">
+        <v>982</v>
+      </c>
+      <c r="D178" t="s">
+        <v>119</v>
+      </c>
+      <c r="E178" t="s">
+        <v>42</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>55</v>
+      </c>
+      <c r="H178">
+        <v>2022</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>536</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1016</v>
+      </c>
+      <c r="M178" t="s">
+        <v>984</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D179" t="s">
+        <v>247</v>
+      </c>
+      <c r="E179" t="s">
+        <v>42</v>
+      </c>
+      <c r="F179" t="s">
+        <v>89</v>
+      </c>
+      <c r="G179" t="s">
+        <v>55</v>
+      </c>
+      <c r="H179">
+        <v>2016</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>370</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>248</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1022</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D180" t="s">
+        <v>72</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>89</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2013</v>
+      </c>
+      <c r="I180">
+        <v>2020</v>
+      </c>
+      <c r="J180" t="s">
+        <v>256</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D181" t="s">
+        <v>72</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181" t="s">
+        <v>55</v>
+      </c>
+      <c r="H181">
+        <v>2011</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>81</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1035</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1037</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D182" t="s">
+        <v>72</v>
+      </c>
+      <c r="E182" t="s">
+        <v>42</v>
+      </c>
+      <c r="F182" t="s">
+        <v>43</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2008</v>
+      </c>
+      <c r="I182">
+        <v>2011</v>
+      </c>
+      <c r="J182" t="s">
+        <v>73</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1041</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1042</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D183" t="s">
+        <v>88</v>
+      </c>
+      <c r="E183" t="s">
+        <v>42</v>
+      </c>
+      <c r="F183" t="s">
+        <v>43</v>
+      </c>
+      <c r="G183" t="s">
+        <v>55</v>
+      </c>
+      <c r="H183">
+        <v>2009</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>73</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1046</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D184" t="s">
+        <v>72</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>89</v>
+      </c>
+      <c r="G184" t="s">
+        <v>55</v>
+      </c>
+      <c r="H184">
+        <v>2011</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>44</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1052</v>
+      </c>
+      <c r="N184" t="s">
         <v>36</v>
       </c>
-      <c r="F155" t="s">
-[...132 lines deleted...]
-      <c r="I158" t="s">
+      <c r="O184" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E185" t="s">
         <v>20</v>
       </c>
-      <c r="J158" t="s">
-[...162 lines deleted...]
-      <c r="G162">
+      <c r="F185" t="s">
+        <v>89</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
         <v>2012</v>
       </c>
-      <c r="H162"/>
-[...41 lines deleted...]
-      <c r="H163">
+      <c r="I185">
         <v>2014</v>
       </c>
-      <c r="I163" t="s">
-[...929 lines deleted...]
-      </c>
       <c r="J185" t="s">
-        <v>29</v>
+        <v>571</v>
       </c>
       <c r="K185" t="s">
-        <v>731</v>
+        <v>34</v>
       </c>
       <c r="L185" t="s">
-        <v>732</v>
+        <v>1059</v>
       </c>
       <c r="M185" t="s">
-        <v>24</v>
+        <v>1060</v>
       </c>
       <c r="N185" t="s">
-        <v>733</v>
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1061</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1062</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>