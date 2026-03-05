--- v1 (2025-11-29)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1063">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1064">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -231,50 +231,53 @@
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
     <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
@@ -735,66 +738,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
@@ -1590,83 +1593,80 @@
   <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
     <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
   </si>
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
     <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
@@ -2070,69 +2070,69 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
@@ -3189,63 +3189,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -3951,3841 +3954,3841 @@
       </c>
       <c r="P6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>70</v>
       </c>
       <c r="B7" t="s">
         <v>71</v>
       </c>
       <c r="C7" t="s">
         <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>72</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D8" t="s">
         <v>72</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
         <v>55</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>1998</v>
       </c>
       <c r="I9">
         <v>2017</v>
       </c>
       <c r="J9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D10" t="s">
         <v>72</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1997</v>
       </c>
       <c r="I10">
         <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D11" t="s">
         <v>72</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>55</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
         <v>72</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2016</v>
       </c>
       <c r="J12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
         <v>2016</v>
       </c>
       <c r="J13" t="s">
         <v>33</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>55</v>
       </c>
       <c r="H14">
         <v>1990</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>33</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>55</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>44</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>55</v>
       </c>
       <c r="H16">
         <v>2020</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2015</v>
       </c>
       <c r="J17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>54</v>
       </c>
       <c r="G18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>56</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N18" t="s">
         <v>58</v>
       </c>
       <c r="O18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G19" t="s">
         <v>55</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G20" t="s">
         <v>55</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>55</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D26" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>55</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
         <v>55</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>43</v>
       </c>
       <c r="G28" t="s">
         <v>55</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>55</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B33" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C33" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D33" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>55</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>55</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K34" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>55</v>
       </c>
       <c r="H35">
         <v>2019</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D36" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
       <c r="I36">
         <v>2024</v>
       </c>
       <c r="J36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K36" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B37" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
+        <v>239</v>
       </c>
       <c r="D37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>1992</v>
       </c>
       <c r="I37">
         <v>2013</v>
       </c>
       <c r="J37" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="K37" t="s">
         <v>45</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>176</v>
+        <v>240</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="P37" t="s">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C38" t="s">
-        <v>241</v>
+        <v>153</v>
       </c>
       <c r="D38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1992</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="K38" t="s">
         <v>45</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>242</v>
+        <v>177</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>243</v>
       </c>
       <c r="P38" t="s">
-        <v>219</v>
+        <v>244</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B39" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C39" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D39" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G39" t="s">
         <v>55</v>
       </c>
       <c r="H39">
         <v>2016</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>44</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M39" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P39" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B40" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B41" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C41" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D41" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K41" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M41" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N41" t="s">
         <v>36</v>
       </c>
       <c r="O41" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P41" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B42" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C42" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D42" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2004</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M42" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P42" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B43" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C43" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D43" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2002</v>
       </c>
       <c r="I43">
         <v>2018</v>
       </c>
       <c r="J43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M43" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P43" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B44" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C44" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G44" t="s">
         <v>55</v>
       </c>
       <c r="H44">
         <v>2018</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M44" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P44" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B45" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G45" t="s">
         <v>55</v>
       </c>
       <c r="H45">
         <v>2020</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M45" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B46" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D46" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G46" t="s">
         <v>55</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M46" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B47" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C47" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2002</v>
       </c>
       <c r="I47">
         <v>2017</v>
       </c>
       <c r="J47" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M47" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P47" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B48" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D48" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G48" t="s">
         <v>55</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K48" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L48" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="M48" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P48" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C49" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D49" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2011</v>
       </c>
       <c r="I49">
         <v>2023</v>
       </c>
       <c r="J49" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P49" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B50" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D50" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>43</v>
       </c>
       <c r="G50" t="s">
         <v>55</v>
       </c>
       <c r="H50">
         <v>2020</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="P50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C51" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D51" t="s">
         <v>72</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>43</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>1986</v>
       </c>
       <c r="I51">
         <v>2018</v>
       </c>
       <c r="J51" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="M51" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="P51" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B52" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C52" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>54</v>
       </c>
       <c r="G52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>56</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N52" t="s">
         <v>58</v>
       </c>
       <c r="O52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="P52" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D53" t="s">
         <v>72</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>55</v>
       </c>
       <c r="H53">
         <v>2017</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P53"/>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C54" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D54" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2023</v>
       </c>
       <c r="I54">
         <v>2023</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="M54" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P54" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B55" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C55" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D55" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G55" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="M55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P55" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B56" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D56" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>1992</v>
       </c>
       <c r="I56">
         <v>2016</v>
       </c>
       <c r="J56" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="P56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C57" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D57" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>43</v>
       </c>
       <c r="G57" t="s">
         <v>55</v>
       </c>
       <c r="H57">
         <v>2010</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P57" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C58" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D58" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>43</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2000</v>
       </c>
       <c r="I58">
         <v>2010</v>
       </c>
       <c r="J58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K58" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="M58" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P58" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B59" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C59" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D59" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E59" t="s">
         <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G59" t="s">
         <v>55</v>
       </c>
       <c r="H59">
         <v>2017</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="M59" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B60" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C60" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2016</v>
       </c>
       <c r="I60">
         <v>2019</v>
       </c>
       <c r="J60" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K60" t="s">
         <v>45</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="P60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B61" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C61" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>55</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>33</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P61" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B62" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C62" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>43</v>
       </c>
       <c r="G62" t="s">
         <v>55</v>
       </c>
       <c r="H62">
         <v>1993</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P62" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B63" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C63" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D63" t="s">
         <v>72</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>1986</v>
       </c>
       <c r="I63">
         <v>2004</v>
       </c>
       <c r="J63" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P63" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B64" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C64" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D64" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E64" t="s">
         <v>42</v>
       </c>
       <c r="F64" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G64" t="s">
         <v>55</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K64" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L64" t="s">
         <v>25</v>
       </c>
       <c r="M64" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B65" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C65" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D65" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E65" t="s">
         <v>42</v>
       </c>
       <c r="F65" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G65" t="s">
         <v>55</v>
       </c>
       <c r="H65">
         <v>2016</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K65" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L65" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M65" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P65" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B66" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C66" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D66" t="s">
         <v>72</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2001</v>
       </c>
       <c r="I66">
         <v>2013</v>
       </c>
       <c r="J66" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M66" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B67" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C67" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D67" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>1995</v>
       </c>
       <c r="I67">
         <v>2013</v>
       </c>
       <c r="J67" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K67" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L67" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M67" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="P67" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B68" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C68" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D68" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>1996</v>
       </c>
       <c r="I68">
         <v>2014</v>
       </c>
       <c r="J68" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K68" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L68" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="M68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P68" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B69" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C69" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D69" t="s">
         <v>72</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2001</v>
       </c>
       <c r="I69">
         <v>2014</v>
       </c>
       <c r="J69" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M69" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P69" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B70" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C70" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D70" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
         <v>43</v>
       </c>
       <c r="G70" t="s">
         <v>55</v>
       </c>
       <c r="H70">
         <v>2006</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K70" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="P70" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B71" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C71" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D71" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G71" t="s">
         <v>55</v>
       </c>
       <c r="H71">
         <v>2017</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="M71" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P71"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B72" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C72" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D72" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>55</v>
       </c>
       <c r="H72">
         <v>2003</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K72" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L72" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M72" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P72" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B73" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C73" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D73" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>55</v>
       </c>
       <c r="H73">
         <v>2003</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K73" t="s">
+        <v>449</v>
+      </c>
+      <c r="L73" t="s">
+        <v>445</v>
+      </c>
+      <c r="M73" t="s">
+        <v>450</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>451</v>
+      </c>
+      <c r="P73" t="s">
         <v>448</v>
-      </c>
-[...13 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B74" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C74" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D74" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H74">
         <v>2024</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>23</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="M74" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P74" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B75" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C75" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>55</v>
       </c>
       <c r="H75">
         <v>2010</v>
       </c>
       <c r="I75">
         <v>2021</v>
       </c>
       <c r="J75" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K75" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L75" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M75" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N75" t="s">
         <v>36</v>
       </c>
       <c r="O75" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="P75" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B76" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C76" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D76" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>55</v>
       </c>
       <c r="H76">
         <v>2010</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M76" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N76" t="s">
         <v>36</v>
       </c>
       <c r="O76" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P76" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B77" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C77" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D77" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2008</v>
       </c>
       <c r="I77">
         <v>2015</v>
       </c>
       <c r="J77" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="M77" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="P77" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B78" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C78" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D78" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>55</v>
       </c>
       <c r="H78">
         <v>2020</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M78" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="P78" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B79" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C79" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D79" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>55</v>
       </c>
       <c r="H79">
         <v>2020</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M79" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N79" t="s">
         <v>36</v>
       </c>
       <c r="O79" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P79" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B80" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C80" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D80" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>43</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2019</v>
       </c>
       <c r="I80">
         <v>2019</v>
       </c>
       <c r="J80" t="s">
         <v>44</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="M80" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="P80" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B81" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C81" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D81" t="s">
         <v>72</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>1987</v>
       </c>
       <c r="I81">
         <v>1988</v>
       </c>
       <c r="J81" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P81" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B82" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C82" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D82" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>1987</v>
       </c>
       <c r="I82">
         <v>1988</v>
       </c>
       <c r="J82" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="M82" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="P82" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B83" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C83" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D83" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>55</v>
       </c>
       <c r="H83">
         <v>2011</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K83" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P83" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B84" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C84" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D84" t="s">
         <v>72</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
         <v>43</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2011</v>
       </c>
       <c r="I84">
         <v>2014</v>
       </c>
       <c r="J84" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="M84" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="P84" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B85" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C85" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D85" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G85" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H85">
         <v>2013</v>
       </c>
       <c r="I85">
         <v>2024</v>
       </c>
       <c r="J85" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M85" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P85" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B86" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C86" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="D86" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G86" t="s">
         <v>55</v>
       </c>
       <c r="H86">
         <v>2025</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>524</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M86" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>525</v>
       </c>
       <c r="P86" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>527</v>
       </c>
       <c r="B87" t="s">
         <v>528</v>
       </c>
       <c r="C87" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D87" t="s">
         <v>529</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>54</v>
       </c>
       <c r="G87" t="s">
         <v>55</v>
       </c>
       <c r="H87">
         <v>2022</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>56</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
@@ -7796,396 +7799,396 @@
       </c>
       <c r="O87" t="s">
         <v>531</v>
       </c>
       <c r="P87" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>533</v>
       </c>
       <c r="B88" t="s">
         <v>534</v>
       </c>
       <c r="C88" t="s">
         <v>535</v>
       </c>
       <c r="D88" t="s">
         <v>72</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G88" t="s">
         <v>55</v>
       </c>
       <c r="H88">
         <v>2019</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>536</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
         <v>537</v>
       </c>
       <c r="M88" t="s">
         <v>538</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
         <v>539</v>
       </c>
       <c r="P88" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>541</v>
       </c>
       <c r="B89" t="s">
         <v>542</v>
       </c>
       <c r="C89" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D89" t="s">
         <v>72</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>1998</v>
       </c>
       <c r="I89">
         <v>2014</v>
       </c>
       <c r="J89" t="s">
         <v>543</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
         <v>544</v>
       </c>
       <c r="M89" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
         <v>545</v>
       </c>
       <c r="P89" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>547</v>
       </c>
       <c r="B90" t="s">
         <v>548</v>
       </c>
       <c r="C90" t="s">
         <v>549</v>
       </c>
       <c r="D90" t="s">
         <v>550</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>43</v>
       </c>
       <c r="G90" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>551</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>552</v>
       </c>
       <c r="P90"/>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>553</v>
       </c>
       <c r="B91" t="s">
         <v>554</v>
       </c>
       <c r="C91" t="s">
         <v>549</v>
       </c>
       <c r="D91" t="s">
         <v>550</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>551</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
         <v>555</v>
       </c>
       <c r="P91"/>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>556</v>
       </c>
       <c r="B92" t="s">
         <v>557</v>
       </c>
       <c r="C92" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D92" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>1996</v>
       </c>
       <c r="I92">
         <v>2012</v>
       </c>
       <c r="J92" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K92" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
         <v>558</v>
       </c>
       <c r="P92" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>556</v>
       </c>
       <c r="B93" t="s">
         <v>560</v>
       </c>
       <c r="C93" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D93" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>1996</v>
       </c>
       <c r="I93">
         <v>2012</v>
       </c>
       <c r="J93" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K93" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
         <v>561</v>
       </c>
       <c r="P93" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>562</v>
       </c>
       <c r="B94" t="s">
         <v>563</v>
       </c>
       <c r="C94" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D94" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>1996</v>
       </c>
       <c r="I94">
         <v>2010</v>
       </c>
       <c r="J94" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K94" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>564</v>
       </c>
       <c r="P94" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>565</v>
       </c>
       <c r="B95" t="s">
         <v>566</v>
       </c>
       <c r="C95" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D95" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>1996</v>
       </c>
       <c r="I95">
         <v>2010</v>
       </c>
       <c r="J95" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K95" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>567</v>
       </c>
       <c r="P95" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>568</v>
       </c>
       <c r="B96" t="s">
         <v>569</v>
       </c>
       <c r="C96" t="s">
         <v>570</v>
       </c>
       <c r="D96" t="s">
         <v>72</v>
       </c>
       <c r="E96" t="s">
@@ -8232,691 +8235,691 @@
       <c r="B97" t="s">
         <v>577</v>
       </c>
       <c r="C97" t="s">
         <v>578</v>
       </c>
       <c r="D97" t="s">
         <v>72</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2001</v>
       </c>
       <c r="I97">
         <v>2015</v>
       </c>
       <c r="J97" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
         <v>579</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>580</v>
       </c>
       <c r="P97" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>582</v>
       </c>
       <c r="B98" t="s">
         <v>583</v>
       </c>
       <c r="C98" t="s">
         <v>578</v>
       </c>
       <c r="D98" t="s">
         <v>72</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>43</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2001</v>
       </c>
       <c r="I98">
         <v>2015</v>
       </c>
       <c r="J98" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
         <v>579</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
         <v>584</v>
       </c>
       <c r="P98" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>586</v>
       </c>
       <c r="B99" t="s">
         <v>587</v>
       </c>
       <c r="C99" t="s">
         <v>588</v>
       </c>
       <c r="D99" t="s">
         <v>72</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>1998</v>
       </c>
       <c r="I99">
         <v>2012</v>
       </c>
       <c r="J99" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
         <v>589</v>
       </c>
       <c r="M99" t="s">
         <v>590</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>591</v>
       </c>
       <c r="P99" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>593</v>
       </c>
       <c r="B100" t="s">
         <v>594</v>
       </c>
       <c r="C100" t="s">
         <v>588</v>
       </c>
       <c r="D100" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>43</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2002</v>
       </c>
       <c r="I100">
         <v>2002</v>
       </c>
       <c r="J100" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K100" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L100" t="s">
         <v>595</v>
       </c>
       <c r="M100" t="s">
         <v>590</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>596</v>
       </c>
       <c r="P100" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>597</v>
       </c>
       <c r="B101" t="s">
         <v>598</v>
       </c>
       <c r="C101" t="s">
         <v>588</v>
       </c>
       <c r="D101" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>1998</v>
       </c>
       <c r="I101">
         <v>2009</v>
       </c>
       <c r="J101" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K101" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L101" t="s">
         <v>599</v>
       </c>
       <c r="M101" t="s">
         <v>590</v>
       </c>
       <c r="N101" t="s">
         <v>36</v>
       </c>
       <c r="O101" t="s">
         <v>600</v>
       </c>
       <c r="P101" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>601</v>
       </c>
       <c r="B102" t="s">
         <v>602</v>
       </c>
       <c r="C102" t="s">
         <v>588</v>
       </c>
       <c r="D102" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
       <c r="I102">
         <v>2015</v>
       </c>
       <c r="J102" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
         <v>603</v>
       </c>
       <c r="M102" t="s">
         <v>590</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
         <v>604</v>
       </c>
       <c r="P102" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>605</v>
       </c>
       <c r="B103" t="s">
         <v>606</v>
       </c>
       <c r="C103" t="s">
         <v>588</v>
       </c>
       <c r="D103" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2011</v>
       </c>
       <c r="I103">
         <v>2013</v>
       </c>
       <c r="J103" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K103" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
         <v>590</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
         <v>607</v>
       </c>
       <c r="P103" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>608</v>
       </c>
       <c r="B104" t="s">
         <v>609</v>
       </c>
       <c r="C104" t="s">
         <v>588</v>
       </c>
       <c r="D104" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>43</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2002</v>
       </c>
       <c r="I104">
         <v>2010</v>
       </c>
       <c r="J104" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K104" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L104" t="s">
         <v>610</v>
       </c>
       <c r="M104" t="s">
         <v>590</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
         <v>611</v>
       </c>
       <c r="P104" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>612</v>
       </c>
       <c r="B105" t="s">
         <v>613</v>
       </c>
       <c r="C105" t="s">
         <v>588</v>
       </c>
       <c r="D105" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>43</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2002</v>
       </c>
       <c r="I105">
         <v>2012</v>
       </c>
       <c r="J105" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
         <v>590</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
         <v>614</v>
       </c>
       <c r="P105" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>615</v>
       </c>
       <c r="B106" t="s">
         <v>616</v>
       </c>
       <c r="C106" t="s">
         <v>617</v>
       </c>
       <c r="D106" t="s">
         <v>72</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>55</v>
       </c>
       <c r="H106">
         <v>2014</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
         <v>618</v>
       </c>
       <c r="M106" t="s">
         <v>619</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
         <v>620</v>
       </c>
       <c r="P106" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>622</v>
       </c>
       <c r="B107" t="s">
         <v>623</v>
       </c>
       <c r="C107" t="s">
         <v>624</v>
       </c>
       <c r="D107" t="s">
         <v>72</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>43</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2013</v>
       </c>
       <c r="I107">
         <v>2014</v>
       </c>
       <c r="J107" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
         <v>625</v>
       </c>
       <c r="M107" t="s">
         <v>626</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
         <v>627</v>
       </c>
       <c r="P107" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>629</v>
       </c>
       <c r="B108" t="s">
         <v>630</v>
       </c>
       <c r="C108" t="s">
         <v>624</v>
       </c>
       <c r="D108" t="s">
         <v>72</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2013</v>
       </c>
       <c r="I108">
         <v>2014</v>
       </c>
       <c r="J108" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
         <v>625</v>
       </c>
       <c r="M108" t="s">
         <v>626</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
         <v>631</v>
       </c>
       <c r="P108" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
         <v>633</v>
       </c>
       <c r="B109" t="s">
         <v>634</v>
       </c>
       <c r="C109" t="s">
         <v>635</v>
       </c>
       <c r="D109" t="s">
         <v>636</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>43</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>1996</v>
       </c>
       <c r="I109">
         <v>2017</v>
       </c>
       <c r="J109" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
         <v>637</v>
       </c>
       <c r="M109" t="s">
         <v>638</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
         <v>639</v>
       </c>
       <c r="P109" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>641</v>
       </c>
       <c r="B110" t="s">
         <v>616</v>
       </c>
       <c r="C110" t="s">
         <v>635</v>
       </c>
       <c r="D110" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>1996</v>
       </c>
       <c r="I110">
         <v>2017</v>
       </c>
       <c r="J110" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
         <v>638</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
         <v>642</v>
       </c>
       <c r="P110" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>643</v>
       </c>
       <c r="B111" t="s">
         <v>644</v>
       </c>
@@ -8954,199 +8957,199 @@
       </c>
       <c r="O111" t="s">
         <v>648</v>
       </c>
       <c r="P111" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>650</v>
       </c>
       <c r="B112" t="s">
         <v>651</v>
       </c>
       <c r="C112" t="s">
         <v>645</v>
       </c>
       <c r="D112" t="s">
         <v>72</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G112" t="s">
         <v>55</v>
       </c>
       <c r="H112">
         <v>2009</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
         <v>652</v>
       </c>
       <c r="M112" t="s">
         <v>647</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
         <v>653</v>
       </c>
       <c r="P112" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
         <v>655</v>
       </c>
       <c r="B113" t="s">
         <v>656</v>
       </c>
       <c r="C113" t="s">
         <v>657</v>
       </c>
       <c r="D113" t="s">
         <v>72</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2004</v>
       </c>
       <c r="I113">
         <v>2010</v>
       </c>
       <c r="J113" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M113" t="s">
         <v>658</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
         <v>659</v>
       </c>
       <c r="P113" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
         <v>655</v>
       </c>
       <c r="B114" t="s">
         <v>661</v>
       </c>
       <c r="C114" t="s">
         <v>657</v>
       </c>
       <c r="D114" t="s">
         <v>662</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2004</v>
       </c>
       <c r="I114">
         <v>2010</v>
       </c>
       <c r="J114" t="s">
         <v>571</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M114" t="s">
         <v>658</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
         <v>663</v>
       </c>
       <c r="P114" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
         <v>665</v>
       </c>
       <c r="B115" t="s">
         <v>666</v>
       </c>
       <c r="C115" t="s">
         <v>667</v>
       </c>
       <c r="D115" t="s">
         <v>668</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2008</v>
       </c>
       <c r="I115">
         <v>2020</v>
       </c>
       <c r="J115" t="s">
         <v>44</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
         <v>669</v>
       </c>
       <c r="M115" t="s">
         <v>670</v>
       </c>
       <c r="N115" t="s">
         <v>36</v>
       </c>
@@ -9158,145 +9161,145 @@
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
         <v>673</v>
       </c>
       <c r="B116" t="s">
         <v>674</v>
       </c>
       <c r="C116" t="s">
         <v>675</v>
       </c>
       <c r="D116" t="s">
         <v>676</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>43</v>
       </c>
       <c r="G116" t="s">
         <v>55</v>
       </c>
       <c r="H116">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>677</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
         <v>678</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
         <v>679</v>
       </c>
       <c r="P116" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
         <v>681</v>
       </c>
       <c r="B117" t="s">
         <v>616</v>
       </c>
       <c r="C117" t="s">
         <v>682</v>
       </c>
       <c r="D117" t="s">
         <v>683</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G117" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H117"/>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
         <v>684</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
         <v>685</v>
       </c>
       <c r="P117" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
         <v>687</v>
       </c>
       <c r="B118" t="s">
         <v>688</v>
       </c>
       <c r="C118" t="s">
         <v>689</v>
       </c>
       <c r="D118" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G118" t="s">
         <v>55</v>
       </c>
       <c r="H118">
         <v>2016</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
         <v>690</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
         <v>691</v>
       </c>
       <c r="P118" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
         <v>693</v>
       </c>
       <c r="B119" t="s">
         <v>694</v>
       </c>
@@ -9325,444 +9328,444 @@
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
         <v>678</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
         <v>695</v>
       </c>
       <c r="P119" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>697</v>
       </c>
       <c r="B120" t="s">
         <v>698</v>
       </c>
       <c r="C120" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D120" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>55</v>
       </c>
       <c r="H120">
         <v>2011</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
         <v>699</v>
       </c>
       <c r="P120" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
         <v>701</v>
       </c>
       <c r="B121" t="s">
         <v>702</v>
       </c>
       <c r="C121" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D121" t="s">
         <v>703</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H121">
         <v>2012</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>704</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
         <v>705</v>
       </c>
       <c r="P121" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
         <v>707</v>
       </c>
       <c r="B122" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C122" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D122" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>21</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2004</v>
       </c>
       <c r="I122">
         <v>2010</v>
       </c>
       <c r="J122" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
         <v>708</v>
       </c>
       <c r="P122" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>709</v>
       </c>
       <c r="B123" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C123" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D123" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2001</v>
       </c>
       <c r="I123">
         <v>2010</v>
       </c>
       <c r="J123" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K123" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L123" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="M123" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
         <v>710</v>
       </c>
       <c r="P123" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>711</v>
       </c>
       <c r="B124" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C124" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D124" t="s">
         <v>72</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>55</v>
       </c>
       <c r="H124">
         <v>2010</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
         <v>712</v>
       </c>
       <c r="P124" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
         <v>714</v>
       </c>
       <c r="B125" t="s">
         <v>715</v>
       </c>
       <c r="C125" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D125" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>55</v>
       </c>
       <c r="H125">
         <v>2003</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N125" t="s">
         <v>36</v>
       </c>
       <c r="O125" t="s">
         <v>716</v>
       </c>
       <c r="P125" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
         <v>718</v>
       </c>
       <c r="B126" t="s">
         <v>719</v>
       </c>
       <c r="C126" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D126" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E126" t="s">
         <v>42</v>
       </c>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
         <v>55</v>
       </c>
       <c r="H126">
         <v>2013</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
         <v>33</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
         <v>720</v>
       </c>
       <c r="P126" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
         <v>721</v>
       </c>
       <c r="B127" t="s">
         <v>722</v>
       </c>
       <c r="C127" t="s">
         <v>723</v>
       </c>
       <c r="D127" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E127" t="s">
         <v>42</v>
       </c>
       <c r="F127" t="s">
         <v>724</v>
       </c>
       <c r="G127" t="s">
         <v>55</v>
       </c>
       <c r="H127">
         <v>2009</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
         <v>725</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
         <v>726</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
         <v>727</v>
       </c>
       <c r="P127" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>729</v>
       </c>
       <c r="B128" t="s">
         <v>730</v>
       </c>
       <c r="C128" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D128" t="s">
         <v>731</v>
       </c>
       <c r="E128" t="s">
         <v>42</v>
       </c>
       <c r="F128" t="s">
         <v>43</v>
       </c>
       <c r="G128" t="s">
         <v>55</v>
       </c>
       <c r="H128">
         <v>2012</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
         <v>732</v>
       </c>
       <c r="M128" t="s">
         <v>733</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
         <v>734</v>
       </c>
       <c r="P128" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
         <v>736</v>
       </c>
       <c r="B129" t="s">
@@ -9795,79 +9798,79 @@
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
         <v>738</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
         <v>739</v>
       </c>
       <c r="P129" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>741</v>
       </c>
       <c r="B130" t="s">
         <v>742</v>
       </c>
       <c r="C130" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D130" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>55</v>
       </c>
       <c r="H130">
         <v>2012</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>44</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="M130" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
         <v>743</v>
       </c>
       <c r="P130" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
         <v>745</v>
       </c>
       <c r="B131" t="s">
         <v>746</v>
       </c>
       <c r="C131" t="s">
         <v>747</v>
       </c>
       <c r="D131" t="s">
         <v>72</v>
       </c>
       <c r="E131" t="s">
@@ -9900,97 +9903,97 @@
       </c>
       <c r="O131" t="s">
         <v>749</v>
       </c>
       <c r="P131" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
         <v>751</v>
       </c>
       <c r="B132" t="s">
         <v>752</v>
       </c>
       <c r="C132" t="s">
         <v>753</v>
       </c>
       <c r="D132" t="s">
         <v>72</v>
       </c>
       <c r="E132" t="s">
         <v>42</v>
       </c>
       <c r="F132" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G132" t="s">
         <v>55</v>
       </c>
       <c r="H132">
         <v>2014</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>754</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
         <v>755</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
         <v>756</v>
       </c>
       <c r="P132" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
         <v>758</v>
       </c>
       <c r="B133" t="s">
         <v>759</v>
       </c>
       <c r="C133" t="s">
         <v>753</v>
       </c>
       <c r="D133" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E133" t="s">
         <v>42</v>
       </c>
       <c r="F133" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G133" t="s">
         <v>55</v>
       </c>
       <c r="H133">
         <v>2014</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>754</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
         <v>760</v>
       </c>
       <c r="M133" t="s">
         <v>755</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
         <v>761</v>
@@ -10052,80 +10055,80 @@
         <v>771</v>
       </c>
       <c r="B135" t="s">
         <v>772</v>
       </c>
       <c r="C135" t="s">
         <v>765</v>
       </c>
       <c r="D135" t="s">
         <v>72</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>55</v>
       </c>
       <c r="H135">
         <v>2010</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
         <v>773</v>
       </c>
       <c r="M135" t="s">
         <v>768</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
         <v>774</v>
       </c>
       <c r="P135" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
         <v>776</v>
       </c>
       <c r="B136" t="s">
         <v>777</v>
       </c>
       <c r="C136" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D136" t="s">
         <v>53</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>54</v>
       </c>
       <c r="G136" t="s">
         <v>55</v>
       </c>
       <c r="H136">
         <v>2022</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>56</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
@@ -10146,169 +10149,169 @@
         <v>781</v>
       </c>
       <c r="B137" t="s">
         <v>782</v>
       </c>
       <c r="C137" t="s">
         <v>783</v>
       </c>
       <c r="D137" t="s">
         <v>72</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>43</v>
       </c>
       <c r="G137" t="s">
         <v>55</v>
       </c>
       <c r="H137">
         <v>2013</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
         <v>784</v>
       </c>
       <c r="M137" t="s">
         <v>785</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
         <v>786</v>
       </c>
       <c r="P137" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
         <v>788</v>
       </c>
       <c r="B138" t="s">
         <v>789</v>
       </c>
       <c r="C138" t="s">
         <v>570</v>
       </c>
       <c r="D138" t="s">
         <v>72</v>
       </c>
       <c r="E138" t="s">
         <v>42</v>
       </c>
       <c r="F138" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>1993</v>
       </c>
       <c r="I138">
         <v>2016</v>
       </c>
       <c r="J138" t="s">
         <v>571</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
         <v>790</v>
       </c>
       <c r="M138" t="s">
         <v>791</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
         <v>792</v>
       </c>
       <c r="P138" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
         <v>794</v>
       </c>
       <c r="B139" t="s">
         <v>795</v>
       </c>
       <c r="C139" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D139" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E139" t="s">
         <v>42</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2011</v>
       </c>
       <c r="I139">
         <v>2011</v>
       </c>
       <c r="J139" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139" t="s">
         <v>796</v>
       </c>
       <c r="M139" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
         <v>797</v>
       </c>
       <c r="P139" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
         <v>798</v>
       </c>
       <c r="B140" t="s">
         <v>799</v>
       </c>
       <c r="C140" t="s">
         <v>617</v>
       </c>
       <c r="D140" t="s">
         <v>72</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>43</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
@@ -10334,209 +10337,209 @@
       </c>
       <c r="O140" t="s">
         <v>801</v>
       </c>
       <c r="P140" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
         <v>803</v>
       </c>
       <c r="B141" t="s">
         <v>804</v>
       </c>
       <c r="C141" t="s">
         <v>805</v>
       </c>
       <c r="D141" t="s">
         <v>806</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2017</v>
       </c>
       <c r="I141">
         <v>2021</v>
       </c>
       <c r="J141" t="s">
         <v>807</v>
       </c>
       <c r="K141" t="s">
         <v>808</v>
       </c>
       <c r="L141" t="s">
         <v>809</v>
       </c>
       <c r="M141" t="s">
         <v>810</v>
       </c>
       <c r="N141" t="s">
         <v>36</v>
       </c>
       <c r="O141" t="s">
         <v>811</v>
       </c>
       <c r="P141" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
         <v>813</v>
       </c>
       <c r="B142" t="s">
         <v>814</v>
       </c>
       <c r="C142" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D142" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G142" t="s">
         <v>8</v>
       </c>
       <c r="H142">
         <v>2011</v>
       </c>
       <c r="I142">
         <v>2024</v>
       </c>
       <c r="J142" t="s">
         <v>815</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142" t="s">
         <v>816</v>
       </c>
       <c r="M142" t="s">
         <v>817</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
         <v>818</v>
       </c>
       <c r="P142" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
         <v>820</v>
       </c>
       <c r="B143" t="s">
         <v>821</v>
       </c>
       <c r="C143" t="s">
         <v>822</v>
       </c>
       <c r="D143" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E143" t="s">
         <v>42</v>
       </c>
       <c r="F143" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G143" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H143"/>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M143" t="s">
         <v>823</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
         <v>824</v>
       </c>
       <c r="P143" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
         <v>826</v>
       </c>
       <c r="B144" t="s">
         <v>827</v>
       </c>
       <c r="C144" t="s">
         <v>828</v>
       </c>
       <c r="D144" t="s">
         <v>72</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2013</v>
       </c>
       <c r="I144">
         <v>2015</v>
       </c>
       <c r="J144" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144" t="s">
         <v>829</v>
       </c>
       <c r="M144" t="s">
         <v>830</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
         <v>831</v>
       </c>
       <c r="P144" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
         <v>833</v>
       </c>
       <c r="B145" t="s">
@@ -10578,61 +10581,61 @@
       </c>
       <c r="O145" t="s">
         <v>838</v>
       </c>
       <c r="P145" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
         <v>840</v>
       </c>
       <c r="B146" t="s">
         <v>841</v>
       </c>
       <c r="C146" t="s">
         <v>842</v>
       </c>
       <c r="D146" t="s">
         <v>72</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G146" t="s">
         <v>55</v>
       </c>
       <c r="H146">
         <v>2019</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
         <v>843</v>
       </c>
       <c r="M146" t="s">
         <v>844</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
         <v>845</v>
       </c>
       <c r="P146" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
         <v>847</v>
       </c>
       <c r="B147" t="s">
@@ -10684,51 +10687,51 @@
       <c r="B148" t="s">
         <v>855</v>
       </c>
       <c r="C148" t="s">
         <v>849</v>
       </c>
       <c r="D148" t="s">
         <v>856</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>43</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2008</v>
       </c>
       <c r="I148">
         <v>2013</v>
       </c>
       <c r="J148" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148" t="s">
         <v>25</v>
       </c>
       <c r="M148" t="s">
         <v>851</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
         <v>857</v>
       </c>
       <c r="P148" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
         <v>859</v>
       </c>
       <c r="B149" t="s">
@@ -10761,260 +10764,260 @@
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
         <v>862</v>
       </c>
       <c r="N149" t="s">
         <v>58</v>
       </c>
       <c r="O149" t="s">
         <v>863</v>
       </c>
       <c r="P149" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
         <v>865</v>
       </c>
       <c r="B150" t="s">
         <v>866</v>
       </c>
       <c r="C150" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D150" t="s">
         <v>72</v>
       </c>
       <c r="E150" t="s">
         <v>42</v>
       </c>
       <c r="F150" t="s">
         <v>43</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2010</v>
       </c>
       <c r="I150">
         <v>2010</v>
       </c>
       <c r="J150" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150" t="s">
         <v>867</v>
       </c>
       <c r="M150" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
         <v>868</v>
       </c>
       <c r="P150" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
         <v>870</v>
       </c>
       <c r="B151" t="s">
         <v>616</v>
       </c>
       <c r="C151" t="s">
         <v>871</v>
       </c>
       <c r="D151" t="s">
         <v>72</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>43</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2015</v>
       </c>
       <c r="I151">
         <v>2019</v>
       </c>
       <c r="J151" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
         <v>872</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
         <v>873</v>
       </c>
       <c r="P151" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
         <v>875</v>
       </c>
       <c r="B152" t="s">
         <v>616</v>
       </c>
       <c r="C152" t="s">
         <v>871</v>
       </c>
       <c r="D152" t="s">
         <v>72</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>55</v>
       </c>
       <c r="H152">
         <v>2015</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
         <v>872</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
         <v>876</v>
       </c>
       <c r="P152" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
         <v>877</v>
       </c>
       <c r="B153" t="s">
         <v>878</v>
       </c>
       <c r="C153" t="s">
         <v>879</v>
       </c>
       <c r="D153" t="s">
         <v>72</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G153" t="s">
         <v>55</v>
       </c>
       <c r="H153">
         <v>2019</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
         <v>880</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
         <v>881</v>
       </c>
       <c r="P153" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
         <v>883</v>
       </c>
       <c r="B154" t="s">
         <v>884</v>
       </c>
       <c r="C154" t="s">
         <v>879</v>
       </c>
       <c r="D154" t="s">
         <v>885</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G154" t="s">
         <v>55</v>
       </c>
       <c r="H154">
         <v>2019</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
         <v>880</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
         <v>886</v>
       </c>
       <c r="P154" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
         <v>888</v>
       </c>
       <c r="B155" t="s">
         <v>889</v>
       </c>
@@ -11052,247 +11055,247 @@
       </c>
       <c r="O155" t="s">
         <v>893</v>
       </c>
       <c r="P155" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
         <v>895</v>
       </c>
       <c r="B156" t="s">
         <v>896</v>
       </c>
       <c r="C156" t="s">
         <v>897</v>
       </c>
       <c r="D156" t="s">
         <v>72</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2007</v>
       </c>
       <c r="I156">
         <v>2018</v>
       </c>
       <c r="J156" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156" t="s">
         <v>898</v>
       </c>
       <c r="M156" t="s">
         <v>899</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
         <v>900</v>
       </c>
       <c r="P156" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
         <v>902</v>
       </c>
       <c r="B157" t="s">
         <v>903</v>
       </c>
       <c r="C157" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D157" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E157" t="s">
         <v>42</v>
       </c>
       <c r="F157" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G157" t="s">
         <v>55</v>
       </c>
       <c r="H157">
         <v>2020</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157" t="s">
         <v>904</v>
       </c>
       <c r="M157" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
         <v>905</v>
       </c>
       <c r="P157" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
         <v>907</v>
       </c>
       <c r="B158" t="s">
         <v>908</v>
       </c>
       <c r="C158" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D158" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E158" t="s">
         <v>42</v>
       </c>
       <c r="F158" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G158" t="s">
         <v>55</v>
       </c>
       <c r="H158">
         <v>2024</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
         <v>23</v>
       </c>
       <c r="K158" t="s">
         <v>909</v>
       </c>
       <c r="L158" t="s">
         <v>910</v>
       </c>
       <c r="M158" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="N158" t="s">
         <v>36</v>
       </c>
       <c r="O158" t="s">
         <v>911</v>
       </c>
       <c r="P158" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
         <v>913</v>
       </c>
       <c r="B159" t="s">
         <v>914</v>
       </c>
       <c r="C159" t="s">
         <v>747</v>
       </c>
       <c r="D159" t="s">
         <v>72</v>
       </c>
       <c r="E159" t="s">
         <v>42</v>
       </c>
       <c r="F159" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2000</v>
       </c>
       <c r="I159">
         <v>2020</v>
       </c>
       <c r="J159" t="s">
         <v>571</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159" t="s">
         <v>745</v>
       </c>
       <c r="M159" t="s">
         <v>915</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
         <v>916</v>
       </c>
       <c r="P159" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
         <v>918</v>
       </c>
       <c r="B160" t="s">
         <v>919</v>
       </c>
       <c r="C160" t="s">
         <v>747</v>
       </c>
       <c r="D160" t="s">
         <v>766</v>
       </c>
       <c r="E160" t="s">
         <v>42</v>
       </c>
       <c r="F160" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2001</v>
       </c>
       <c r="I160">
         <v>2015</v>
       </c>
       <c r="J160" t="s">
         <v>571</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160" t="s">
         <v>920</v>
       </c>
       <c r="M160" t="s">
         <v>915</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
@@ -11308,135 +11311,135 @@
         <v>923</v>
       </c>
       <c r="B161" t="s">
         <v>924</v>
       </c>
       <c r="C161" t="s">
         <v>925</v>
       </c>
       <c r="D161" t="s">
         <v>72</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>55</v>
       </c>
       <c r="H161">
         <v>2016</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
         <v>926</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
         <v>927</v>
       </c>
       <c r="P161" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
         <v>929</v>
       </c>
       <c r="B162" t="s">
         <v>930</v>
       </c>
       <c r="C162" t="s">
         <v>747</v>
       </c>
       <c r="D162" t="s">
         <v>72</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G162" t="s">
         <v>55</v>
       </c>
       <c r="H162">
         <v>2012</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>571</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162" t="s">
         <v>931</v>
       </c>
       <c r="M162" t="s">
         <v>748</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
         <v>932</v>
       </c>
       <c r="P162" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
         <v>934</v>
       </c>
       <c r="B163" t="s">
         <v>935</v>
       </c>
       <c r="C163" t="s">
         <v>747</v>
       </c>
       <c r="D163" t="s">
         <v>766</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>2008</v>
       </c>
       <c r="I163">
         <v>2014</v>
       </c>
       <c r="J163" t="s">
         <v>536</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163" t="s">
         <v>936</v>
       </c>
       <c r="M163" t="s">
         <v>748</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
@@ -11452,383 +11455,383 @@
         <v>939</v>
       </c>
       <c r="B164" t="s">
         <v>940</v>
       </c>
       <c r="C164" t="s">
         <v>941</v>
       </c>
       <c r="D164" t="s">
         <v>942</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>55</v>
       </c>
       <c r="H164">
         <v>2016</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
         <v>943</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
         <v>944</v>
       </c>
       <c r="P164" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
         <v>946</v>
       </c>
       <c r="B165" t="s">
         <v>947</v>
       </c>
       <c r="C165" t="s">
         <v>941</v>
       </c>
       <c r="D165" t="s">
         <v>948</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>43</v>
       </c>
       <c r="G165" t="s">
         <v>55</v>
       </c>
       <c r="H165">
         <v>2017</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
         <v>943</v>
       </c>
       <c r="N165" t="s">
         <v>36</v>
       </c>
       <c r="O165" t="s">
         <v>949</v>
       </c>
       <c r="P165" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
         <v>951</v>
       </c>
       <c r="B166" t="s">
         <v>952</v>
       </c>
       <c r="C166" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D166" t="s">
         <v>72</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2007</v>
       </c>
       <c r="I166">
         <v>2015</v>
       </c>
       <c r="J166" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
         <v>953</v>
       </c>
       <c r="M166" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
         <v>954</v>
       </c>
       <c r="P166" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
         <v>956</v>
       </c>
       <c r="B167" t="s">
         <v>957</v>
       </c>
       <c r="C167" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D167" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H167">
         <v>2010</v>
       </c>
       <c r="I167">
         <v>2019</v>
       </c>
       <c r="J167" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K167" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
         <v>958</v>
       </c>
       <c r="P167" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
         <v>960</v>
       </c>
       <c r="B168" t="s">
         <v>961</v>
       </c>
       <c r="C168" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D168" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2010</v>
       </c>
       <c r="I168">
         <v>2019</v>
       </c>
       <c r="J168" t="s">
         <v>524</v>
       </c>
       <c r="K168" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N168" t="s">
         <v>36</v>
       </c>
       <c r="O168" t="s">
         <v>962</v>
       </c>
       <c r="P168" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
         <v>963</v>
       </c>
       <c r="B169" t="s">
         <v>964</v>
       </c>
       <c r="C169" t="s">
         <v>723</v>
       </c>
       <c r="D169" t="s">
         <v>703</v>
       </c>
       <c r="E169" t="s">
         <v>42</v>
       </c>
       <c r="F169" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2001</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>725</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169" t="s">
         <v>965</v>
       </c>
       <c r="M169" t="s">
         <v>966</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
         <v>967</v>
       </c>
       <c r="P169" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
         <v>969</v>
       </c>
       <c r="B170" t="s">
         <v>970</v>
       </c>
       <c r="C170" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D170" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>55</v>
       </c>
       <c r="H170">
         <v>2021</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
         <v>971</v>
       </c>
       <c r="P170" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
         <v>973</v>
       </c>
       <c r="B171" t="s">
         <v>974</v>
       </c>
       <c r="C171" t="s">
         <v>975</v>
       </c>
       <c r="D171" t="s">
         <v>72</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2007</v>
       </c>
       <c r="I171">
         <v>2012</v>
       </c>
       <c r="J171" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
         <v>976</v>
       </c>
       <c r="M171" t="s">
         <v>977</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
         <v>978</v>
       </c>
       <c r="P171" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
         <v>980</v>
       </c>
       <c r="B172" t="s">
@@ -11916,617 +11919,617 @@
       </c>
       <c r="M173" t="s">
         <v>984</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
         <v>990</v>
       </c>
       <c r="P173" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
         <v>992</v>
       </c>
       <c r="B174" t="s">
         <v>993</v>
       </c>
       <c r="C174" t="s">
         <v>982</v>
       </c>
       <c r="D174" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E174" t="s">
         <v>42</v>
       </c>
       <c r="F174" t="s">
         <v>43</v>
       </c>
       <c r="G174" t="s">
         <v>55</v>
       </c>
       <c r="H174">
         <v>2022</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>536</v>
       </c>
       <c r="K174" t="s">
         <v>994</v>
       </c>
       <c r="L174" t="s">
         <v>995</v>
       </c>
       <c r="M174" t="s">
         <v>984</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
         <v>996</v>
       </c>
       <c r="P174" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
         <v>998</v>
       </c>
       <c r="B175" t="s">
         <v>999</v>
       </c>
       <c r="C175" t="s">
         <v>982</v>
       </c>
       <c r="D175" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E175" t="s">
         <v>42</v>
       </c>
       <c r="F175" t="s">
         <v>43</v>
       </c>
       <c r="G175" t="s">
         <v>55</v>
       </c>
       <c r="H175">
         <v>2022</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>536</v>
       </c>
       <c r="K175" t="s">
         <v>1000</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
         <v>984</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
         <v>1001</v>
       </c>
       <c r="P175" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
         <v>1003</v>
       </c>
       <c r="B176" t="s">
         <v>1004</v>
       </c>
       <c r="C176" t="s">
         <v>982</v>
       </c>
       <c r="D176" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E176" t="s">
         <v>42</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
         <v>55</v>
       </c>
       <c r="H176">
         <v>2022</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
         <v>536</v>
       </c>
       <c r="K176" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L176" t="s">
         <v>1005</v>
       </c>
       <c r="M176" t="s">
         <v>984</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
         <v>1006</v>
       </c>
       <c r="P176" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
         <v>1008</v>
       </c>
       <c r="B177" t="s">
         <v>1009</v>
       </c>
       <c r="C177" t="s">
         <v>982</v>
       </c>
       <c r="D177" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E177" t="s">
         <v>42</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
         <v>55</v>
       </c>
       <c r="H177">
         <v>2022</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
         <v>536</v>
       </c>
       <c r="K177" t="s">
         <v>1010</v>
       </c>
       <c r="L177" t="s">
         <v>1011</v>
       </c>
       <c r="M177" t="s">
         <v>984</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
         <v>1012</v>
       </c>
       <c r="P177" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
         <v>1014</v>
       </c>
       <c r="B178" t="s">
         <v>1015</v>
       </c>
       <c r="C178" t="s">
         <v>982</v>
       </c>
       <c r="D178" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E178" t="s">
         <v>42</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
         <v>55</v>
       </c>
       <c r="H178">
         <v>2022</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
         <v>536</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178" t="s">
         <v>1016</v>
       </c>
       <c r="M178" t="s">
         <v>984</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
         <v>1017</v>
       </c>
       <c r="P178" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
         <v>1019</v>
       </c>
       <c r="B179" t="s">
         <v>1020</v>
       </c>
       <c r="C179" t="s">
         <v>1021</v>
       </c>
       <c r="D179" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E179" t="s">
         <v>42</v>
       </c>
       <c r="F179" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G179" t="s">
         <v>55</v>
       </c>
       <c r="H179">
         <v>2016</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M179" t="s">
         <v>1022</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
         <v>1023</v>
       </c>
       <c r="P179" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
         <v>1025</v>
       </c>
       <c r="B180" t="s">
         <v>1026</v>
       </c>
       <c r="C180" t="s">
         <v>1027</v>
       </c>
       <c r="D180" t="s">
         <v>72</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180">
         <v>2013</v>
       </c>
       <c r="I180">
         <v>2020</v>
       </c>
       <c r="J180" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
         <v>1028</v>
       </c>
       <c r="M180" t="s">
         <v>1029</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
         <v>1030</v>
       </c>
       <c r="P180" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
         <v>1032</v>
       </c>
       <c r="B181" t="s">
         <v>1033</v>
       </c>
       <c r="C181" t="s">
         <v>1034</v>
       </c>
       <c r="D181" t="s">
         <v>72</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>55</v>
       </c>
       <c r="H181">
         <v>2011</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181" t="s">
         <v>1035</v>
       </c>
       <c r="M181" t="s">
         <v>1036</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
         <v>1037</v>
       </c>
       <c r="P181" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
         <v>1039</v>
       </c>
       <c r="B182" t="s">
         <v>1040</v>
       </c>
       <c r="C182" t="s">
         <v>1034</v>
       </c>
       <c r="D182" t="s">
         <v>72</v>
       </c>
       <c r="E182" t="s">
         <v>42</v>
       </c>
       <c r="F182" t="s">
         <v>43</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
         <v>2008</v>
       </c>
       <c r="I182">
         <v>2011</v>
       </c>
       <c r="J182" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182" t="s">
         <v>1041</v>
       </c>
       <c r="M182" t="s">
         <v>1036</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
         <v>1042</v>
       </c>
       <c r="P182" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B183" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C183" t="s">
         <v>1034</v>
       </c>
       <c r="D183" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E183" t="s">
         <v>42</v>
       </c>
       <c r="F183" t="s">
         <v>43</v>
       </c>
       <c r="G183" t="s">
         <v>55</v>
       </c>
       <c r="H183">
         <v>2009</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="M183" t="s">
         <v>1036</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="P183" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B184" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C184" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D184" t="s">
         <v>72</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G184" t="s">
         <v>55</v>
       </c>
       <c r="H184">
         <v>2011</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>44</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="M184" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="N184" t="s">
         <v>36</v>
       </c>
       <c r="O184" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="P184" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B185" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C185" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D185" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
         <v>2012</v>
       </c>
       <c r="I185">
         <v>2014</v>
       </c>
       <c r="J185" t="s">
         <v>571</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="M185" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="P185" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">