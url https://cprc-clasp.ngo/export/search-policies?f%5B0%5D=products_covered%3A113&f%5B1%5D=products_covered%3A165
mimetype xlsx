--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -867,50 +867,53 @@
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
     <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
@@ -1087,53 +1090,50 @@
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
-  </si>
-[...1 lines deleted...]
-    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
@@ -3793,611 +3793,611 @@
       </c>
       <c r="P47" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>278</v>
       </c>
       <c r="B48" t="s">
         <v>279</v>
       </c>
       <c r="C48" t="s">
         <v>280</v>
       </c>
       <c r="D48" t="s">
         <v>281</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>8</v>
+        <v>282</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48">
         <v>2019</v>
       </c>
       <c r="J48" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M48" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P48" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B49" t="s">
         <v>142</v>
       </c>
       <c r="C49" t="s">
         <v>143</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2001</v>
       </c>
       <c r="I49">
         <v>2010</v>
       </c>
       <c r="J49" t="s">
         <v>144</v>
       </c>
       <c r="K49" t="s">
         <v>137</v>
       </c>
       <c r="L49" t="s">
         <v>145</v>
       </c>
       <c r="M49" t="s">
         <v>146</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P49" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B50" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C50" t="s">
         <v>203</v>
       </c>
       <c r="D50" t="s">
         <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>55</v>
       </c>
       <c r="H50">
         <v>2003</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>154</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>210</v>
       </c>
       <c r="N50" t="s">
         <v>36</v>
       </c>
       <c r="O50" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P50" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B51" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C51" t="s">
         <v>160</v>
       </c>
       <c r="D51" t="s">
         <v>161</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>55</v>
       </c>
       <c r="H51">
         <v>2013</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>33</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>162</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P51" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B52" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C52" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G52" t="s">
         <v>55</v>
       </c>
       <c r="H52">
         <v>2009</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P52" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B53" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C53" t="s">
         <v>232</v>
       </c>
       <c r="D53" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>43</v>
       </c>
       <c r="G53" t="s">
         <v>55</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>204</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="M53" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="P53" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B54" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C54" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D54" t="s">
         <v>84</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>54</v>
       </c>
       <c r="G54" t="s">
         <v>55</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M54" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P54" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B55" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C55" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D55" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>153</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55">
         <v>2021</v>
       </c>
       <c r="J55" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="K55" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L55" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="M55" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="N55" t="s">
         <v>36</v>
       </c>
       <c r="O55" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P55" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B56" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C56" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>153</v>
       </c>
       <c r="G56" t="s">
         <v>55</v>
       </c>
       <c r="H56">
         <v>2024</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="L56" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M56" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="N56" t="s">
         <v>36</v>
       </c>
       <c r="O56" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P56" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B57" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C57" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D57" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>55</v>
       </c>
       <c r="H57">
         <v>2016</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>154</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P57" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B58" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C58" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D58" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>43</v>
       </c>
       <c r="G58" t="s">
         <v>55</v>
       </c>
       <c r="H58">
         <v>2017</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>154</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N58" t="s">
         <v>36</v>
       </c>
       <c r="O58" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P58" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B59" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C59" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D59" t="s">
         <v>53</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>352</v>
+        <v>282</v>
       </c>
       <c r="H59">
         <v>2010</v>
       </c>
       <c r="I59">
         <v>2019</v>
       </c>
       <c r="J59" t="s">
         <v>353</v>
       </c>
       <c r="K59" t="s">
         <v>173</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>354</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>355</v>
       </c>
       <c r="P59" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>357</v>
       </c>
       <c r="B60" t="s">
         <v>358</v>
       </c>
       <c r="C60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D60" t="s">
         <v>53</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2010</v>
       </c>
       <c r="I60">
         <v>2019</v>
       </c>
       <c r="J60" t="s">
         <v>359</v>
       </c>
       <c r="K60" t="s">
         <v>173</v>
       </c>
@@ -4420,99 +4420,99 @@
         <v>361</v>
       </c>
       <c r="B61" t="s">
         <v>362</v>
       </c>
       <c r="C61" t="s">
         <v>363</v>
       </c>
       <c r="D61" t="s">
         <v>53</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>55</v>
       </c>
       <c r="H61">
         <v>2022</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="K61" t="s">
         <v>364</v>
       </c>
       <c r="L61" t="s">
         <v>365</v>
       </c>
       <c r="M61" t="s">
         <v>366</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>367</v>
       </c>
       <c r="P61" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>369</v>
       </c>
       <c r="B62" t="s">
         <v>370</v>
       </c>
       <c r="C62" t="s">
         <v>363</v>
       </c>
       <c r="D62" t="s">
         <v>53</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>55</v>
       </c>
       <c r="H62">
         <v>2022</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="K62" t="s">
         <v>66</v>
       </c>
       <c r="L62" t="s">
         <v>371</v>
       </c>
       <c r="M62" t="s">
         <v>366</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>372</v>
       </c>
       <c r="P62" t="s">
         <v>373</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">