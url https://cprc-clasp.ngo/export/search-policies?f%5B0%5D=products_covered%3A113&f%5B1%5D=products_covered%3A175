--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="665">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="666">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -372,66 +372,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
@@ -1861,50 +1861,53 @@
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>Technical Regulation on Labeling</t>
   </si>
@@ -3164,136 +3167,136 @@
       <c r="K16" t="s">
         <v>101</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>80</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>114</v>
       </c>
       <c r="P16" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>116</v>
       </c>
       <c r="B17" t="s">
         <v>117</v>
       </c>
       <c r="C17" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="D17" t="s">
         <v>92</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>80</v>
+        <v>119</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>120</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>116</v>
       </c>
       <c r="B18" t="s">
         <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>60</v>
       </c>
       <c r="D18" t="s">
         <v>92</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1992</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="K18" t="s">
         <v>45</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
+        <v>80</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
         <v>122</v>
       </c>
-      <c r="N18" t="s">
-[...2 lines deleted...]
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>124</v>
       </c>
       <c r="B19" t="s">
         <v>125</v>
       </c>
       <c r="C19" t="s">
         <v>126</v>
       </c>
       <c r="D19" t="s">
         <v>127</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>128</v>
       </c>
       <c r="G19" t="s">
         <v>63</v>
       </c>
       <c r="H19">
@@ -7428,552 +7431,552 @@
       </c>
       <c r="P104" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>606</v>
       </c>
       <c r="B105" t="s">
         <v>607</v>
       </c>
       <c r="C105" t="s">
         <v>175</v>
       </c>
       <c r="D105" t="s">
         <v>61</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>608</v>
       </c>
       <c r="H105">
         <v>2010</v>
       </c>
       <c r="I105">
         <v>2019</v>
       </c>
       <c r="J105" t="s">
         <v>178</v>
       </c>
       <c r="K105" t="s">
         <v>245</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
         <v>179</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P105" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B106" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C106" t="s">
         <v>175</v>
       </c>
       <c r="D106" t="s">
         <v>61</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2010</v>
       </c>
       <c r="I106">
         <v>2019</v>
       </c>
       <c r="J106" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="K106" t="s">
         <v>245</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
         <v>179</v>
       </c>
       <c r="N106" t="s">
         <v>36</v>
       </c>
       <c r="O106" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="P106" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B107" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C107" t="s">
         <v>521</v>
       </c>
       <c r="D107" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>43</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2009</v>
       </c>
       <c r="I107">
         <v>2016</v>
       </c>
       <c r="J107" t="s">
         <v>33</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>523</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P107" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B108" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C108" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D108" t="s">
         <v>53</v>
       </c>
       <c r="E108" t="s">
         <v>42</v>
       </c>
       <c r="F108" t="s">
         <v>62</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2004</v>
       </c>
       <c r="I108">
         <v>2020</v>
       </c>
       <c r="J108" t="s">
         <v>44</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M108" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P108" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B109" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C109" t="s">
         <v>338</v>
       </c>
       <c r="D109" t="s">
         <v>53</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>1978</v>
       </c>
       <c r="I109">
         <v>2017</v>
       </c>
       <c r="J109" t="s">
         <v>346</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="P109" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B110" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C110" t="s">
         <v>338</v>
       </c>
       <c r="D110" t="s">
         <v>437</v>
       </c>
       <c r="E110" t="s">
         <v>42</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>63</v>
       </c>
       <c r="H110">
         <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>439</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="P110" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B111" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C111" t="s">
         <v>338</v>
       </c>
       <c r="D111" t="s">
         <v>437</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>63</v>
       </c>
       <c r="H111">
         <v>2017</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>439</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="P111" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B112" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C112" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D112" t="s">
         <v>61</v>
       </c>
       <c r="E112" t="s">
         <v>42</v>
       </c>
       <c r="F112" t="s">
         <v>43</v>
       </c>
       <c r="G112" t="s">
         <v>63</v>
       </c>
       <c r="H112">
         <v>2022</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>346</v>
       </c>
       <c r="K112" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="L112" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="M112" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P112" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B113" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D113" t="s">
         <v>61</v>
       </c>
       <c r="E113" t="s">
         <v>42</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>63</v>
       </c>
       <c r="H113">
         <v>2022</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>346</v>
       </c>
       <c r="K113" t="s">
         <v>74</v>
       </c>
       <c r="L113" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="M113" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="P113" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B114" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C114" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D114" t="s">
         <v>127</v>
       </c>
       <c r="E114" t="s">
         <v>42</v>
       </c>
       <c r="F114" t="s">
         <v>128</v>
       </c>
       <c r="G114" t="s">
         <v>63</v>
       </c>
       <c r="H114">
         <v>2016</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>219</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
         <v>129</v>
       </c>
       <c r="M114" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P114" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B115" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C115" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D115" t="s">
         <v>53</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>128</v>
       </c>
       <c r="G115" t="s">
         <v>63</v>
       </c>
       <c r="H115">
         <v>2011</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="P115" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">