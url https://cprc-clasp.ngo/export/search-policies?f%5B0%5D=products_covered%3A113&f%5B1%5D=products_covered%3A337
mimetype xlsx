--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="567">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="568">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -450,66 +450,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
@@ -1252,67 +1252,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for industrial boilers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
     <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
@@ -1577,50 +1577,53 @@
     <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
   <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -3056,136 +3059,136 @@
       <c r="K20" t="s">
         <v>127</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>106</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>140</v>
       </c>
       <c r="P20" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>142</v>
       </c>
       <c r="B21" t="s">
         <v>143</v>
       </c>
       <c r="C21" t="s">
-        <v>80</v>
+        <v>144</v>
       </c>
       <c r="D21" t="s">
         <v>118</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1992</v>
       </c>
       <c r="I21">
         <v>2013</v>
       </c>
       <c r="J21" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="K21" t="s">
         <v>45</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>106</v>
+        <v>145</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P21" t="s">
-        <v>146</v>
+        <v>129</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>142</v>
       </c>
       <c r="B22" t="s">
         <v>143</v>
       </c>
       <c r="C22" t="s">
-        <v>147</v>
+        <v>80</v>
       </c>
       <c r="D22" t="s">
         <v>118</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1992</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="K22" t="s">
         <v>45</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
+        <v>106</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>148</v>
       </c>
-      <c r="N22" t="s">
-[...2 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>150</v>
       </c>
       <c r="B23" t="s">
         <v>151</v>
       </c>
       <c r="C23" t="s">
         <v>152</v>
       </c>
       <c r="D23" t="s">
         <v>153</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>154</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23">
@@ -6290,458 +6293,458 @@
       </c>
       <c r="P87" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>513</v>
       </c>
       <c r="B88" t="s">
         <v>514</v>
       </c>
       <c r="C88" t="s">
         <v>443</v>
       </c>
       <c r="D88" t="s">
         <v>515</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>154</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>516</v>
       </c>
       <c r="H88">
         <v>2002</v>
       </c>
       <c r="I88">
         <v>2007</v>
       </c>
       <c r="J88" t="s">
         <v>395</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M88" t="s">
         <v>446</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="P88" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B89" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C89" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D89" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>54</v>
       </c>
       <c r="H89">
         <v>2016</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>219</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P89" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B90" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C90" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D90" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>43</v>
       </c>
       <c r="G90" t="s">
         <v>54</v>
       </c>
       <c r="H90">
         <v>2017</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>219</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N90" t="s">
         <v>36</v>
       </c>
       <c r="O90" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="P90" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B91" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C91" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D91" t="s">
         <v>81</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>22</v>
+        <v>516</v>
       </c>
       <c r="H91">
         <v>2010</v>
       </c>
       <c r="I91">
         <v>2019</v>
       </c>
       <c r="J91" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K91" t="s">
         <v>262</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="P91" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B92" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C92" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D92" t="s">
         <v>81</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2010</v>
       </c>
       <c r="I92">
         <v>2019</v>
       </c>
       <c r="J92" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K92" t="s">
         <v>262</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="N92" t="s">
         <v>36</v>
       </c>
       <c r="O92" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="P92" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B93" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C93" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D93" t="s">
         <v>81</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>43</v>
       </c>
       <c r="G93" t="s">
         <v>54</v>
       </c>
       <c r="H93">
         <v>2022</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>395</v>
       </c>
       <c r="K93" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="L93" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="M93" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="P93" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B94" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C94" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D94" t="s">
         <v>81</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>54</v>
       </c>
       <c r="H94">
         <v>2022</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>395</v>
       </c>
       <c r="K94" t="s">
         <v>100</v>
       </c>
       <c r="L94" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="M94" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="P94" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B95" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C95" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D95" t="s">
         <v>153</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
         <v>154</v>
       </c>
       <c r="G95" t="s">
         <v>54</v>
       </c>
       <c r="H95">
         <v>2016</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>236</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
         <v>155</v>
       </c>
       <c r="M95" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="P95" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B96" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C96" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D96" t="s">
         <v>53</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>154</v>
       </c>
       <c r="G96" t="s">
         <v>54</v>
       </c>
       <c r="H96">
         <v>2014</v>
       </c>
       <c r="I96">
         <v>2019</v>
       </c>
       <c r="J96" t="s">
         <v>62</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="P96" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">