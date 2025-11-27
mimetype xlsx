--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,530 +12,678 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -799,1241 +947,1406 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1321.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...39 lines deleted...]
-      <c r="L3" t="s">
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G5" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...58 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2002</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2017</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="J6" t="s">
         <v>44</v>
       </c>
       <c r="K6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>64</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>81</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>81</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>81</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>81</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>113</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>64</v>
+      </c>
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>113</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>114</v>
+      </c>
+      <c r="K15" t="s">
+        <v>119</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>113</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>114</v>
+      </c>
+      <c r="K16" t="s">
+        <v>64</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1996</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>119</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1996</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>119</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1996</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
+        <v>64</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>132</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>130</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>131</v>
+      </c>
+      <c r="K20" t="s">
+        <v>64</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>132</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" t="s">
+        <v>71</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>113</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>72</v>
+      </c>
+      <c r="K21" t="s">
+        <v>53</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>148</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>149</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>150</v>
+      </c>
+      <c r="K22" t="s">
+        <v>53</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>151</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>124</v>
+      </c>
+      <c r="D23" t="s">
+        <v>156</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>114</v>
+      </c>
+      <c r="K23" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23" t="s">
+        <v>157</v>
+      </c>
+      <c r="M23" t="s">
+        <v>158</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L24" t="s">
+        <v>166</v>
+      </c>
+      <c r="M24" t="s">
+        <v>167</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>170</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>172</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>173</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2024</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>174</v>
+      </c>
+      <c r="K25" t="s">
+        <v>175</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>177</v>
+      </c>
+      <c r="N25" t="s">
         <v>48</v>
       </c>
-      <c r="L6" t="s">
-[...658 lines deleted...]
-      <c r="I22" t="s">
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>182</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>183</v>
+      </c>
+      <c r="K26" t="s">
+        <v>184</v>
+      </c>
+      <c r="L26" t="s">
+        <v>185</v>
+      </c>
+      <c r="M26" t="s">
+        <v>186</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>187</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>189</v>
+      </c>
+      <c r="B27" t="s">
+        <v>190</v>
+      </c>
+      <c r="C27" t="s">
+        <v>182</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>113</v>
       </c>
-      <c r="J22" t="s">
-[...158 lines deleted...]
-      <c r="G26">
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
         <v>2022</v>
       </c>
-      <c r="H26"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="K27" t="s">
-        <v>145</v>
+        <v>191</v>
       </c>
       <c r="L27" t="s">
-        <v>141</v>
+        <v>192</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>186</v>
       </c>
       <c r="N27" t="s">
-        <v>146</v>
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>