--- v0 (2025-10-14)
+++ v1 (2026-03-07)
@@ -12,433 +12,549 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -702,859 +818,970 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...9 lines deleted...]
-        <v>25</v>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>33</v>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...32 lines deleted...]
-        <v>42</v>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...18 lines deleted...]
-      <c r="G5">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...80 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>55</v>
       </c>
-      <c r="K7"/>
+      <c r="K7" t="s">
+        <v>68</v>
+      </c>
       <c r="L7"/>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>56</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
         <v>45</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>48</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>80</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>48</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>102</v>
+      </c>
+      <c r="G12" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>112</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>118</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>80</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>95</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
+        <v>138</v>
+      </c>
+      <c r="E17" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" t="s">
+        <v>94</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>86</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...171 lines deleted...]
-      <c r="F12" t="s">
+      <c r="D18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
         <v>80</v>
       </c>
-      <c r="G12">
-[...107 lines deleted...]
-      <c r="A15" t="s">
+      <c r="F18" t="s">
+        <v>144</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>95</v>
       </c>
-      <c r="B15" t="s">
-[...151 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>111</v>
+        <v>46</v>
       </c>
       <c r="L18" t="s">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="M18" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="N18" t="s">
-        <v>113</v>
+        <v>48</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>