--- v0 (2025-10-14)
+++ v1 (2026-01-20)
@@ -12,406 +12,533 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -675,845 +802,956 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>63</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>35</v>
+      </c>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>63</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
+        <v>106</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>43</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>63</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>125</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>123</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...9 lines deleted...]
-        <v>32</v>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
+        <v>131</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>123</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...124 lines deleted...]
-      <c r="J7" t="s">
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...56 lines deleted...]
-      <c r="B9" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>124</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" t="s">
         <v>26</v>
       </c>
-      <c r="C9" t="s">
-[...401 lines deleted...]
-        <v>104</v>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>