--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,398 +12,499 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -667,775 +768,872 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="862.218" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...22 lines deleted...]
-      <c r="I3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...14 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G7" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...55 lines deleted...]
-      <c r="G5">
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...80 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>53</v>
       </c>
-      <c r="K7"/>
+      <c r="K7" t="s">
+        <v>66</v>
+      </c>
       <c r="L7"/>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>54</v>
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>46</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10">
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G12" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" t="s">
+        <v>107</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
         <v>43</v>
       </c>
-      <c r="D8" t="s">
-[...28 lines deleted...]
-        <v>57</v>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>117</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...3 lines deleted...]
-      <c r="B9" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
         <v>34</v>
       </c>
-      <c r="C9" t="s">
-[...20 lines deleted...]
-      <c r="J9" t="s">
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>123</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...5 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...186 lines deleted...]
-      <c r="E14" t="s">
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
         <v>36</v>
       </c>
-      <c r="F14" t="s">
-[...104 lines deleted...]
-        <v>101</v>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>