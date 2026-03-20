--- v0 (2025-10-12)
+++ v1 (2026-03-20)
@@ -12,448 +12,589 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -717,1009 +858,1144 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="862.218" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>52</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>65</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>52</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>80</v>
+      </c>
+      <c r="F11" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>93</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>81</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2024</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>116</v>
+      </c>
+      <c r="N16" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>91</v>
+      </c>
+      <c r="G17" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>126</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>44</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>137</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>139</v>
+      </c>
+      <c r="K20" t="s">
+        <v>146</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>141</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>137</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>139</v>
+      </c>
+      <c r="K21" t="s">
+        <v>151</v>
+      </c>
+      <c r="L21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M21" t="s">
+        <v>141</v>
+      </c>
+      <c r="N21" t="s">
+        <v>36</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>137</v>
+      </c>
+      <c r="D22" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E22" t="s">
+        <v>80</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>139</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>141</v>
+      </c>
+      <c r="N22" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...754 lines deleted...]
-        <v>116</v>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>