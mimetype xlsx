--- v0 (2025-11-29)
+++ v1 (2026-01-20)
@@ -926,66 +926,66 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
     <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
@@ -3860,54 +3860,54 @@
       </c>
       <c r="P43" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>294</v>
       </c>
       <c r="B44" t="s">
         <v>295</v>
       </c>
       <c r="C44" t="s">
         <v>296</v>
       </c>
       <c r="D44" t="s">
         <v>105</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>43</v>
       </c>
       <c r="G44" t="s">
-        <v>55</v>
+        <v>234</v>
       </c>
       <c r="H44">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>297</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>298</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>299</v>
       </c>
       <c r="P44" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>301</v>