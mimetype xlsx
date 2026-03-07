--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -477,72 +477,72 @@
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -2732,127 +2732,127 @@
       </c>
       <c r="L20" t="s">
         <v>25</v>
       </c>
       <c r="M20" t="s">
         <v>129</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>149</v>
       </c>
       <c r="P20" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>151</v>
       </c>
       <c r="B21" t="s">
         <v>152</v>
       </c>
       <c r="C21" t="s">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="D21" t="s">
         <v>138</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1992</v>
       </c>
       <c r="I21">
         <v>2013</v>
       </c>
       <c r="J21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K21" t="s">
         <v>45</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>129</v>
+        <v>155</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>151</v>
       </c>
       <c r="B22" t="s">
         <v>152</v>
       </c>
       <c r="C22" t="s">
-        <v>156</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>138</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1992</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K22" t="s">
         <v>45</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>158</v>
+        <v>129</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>159</v>
       </c>
       <c r="P22" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>161</v>
       </c>
       <c r="B23" t="s">
         <v>162</v>
       </c>
       <c r="C23" t="s">
         <v>84</v>
       </c>
       <c r="D23" t="s">
         <v>163</v>
       </c>
       <c r="E23" t="s">