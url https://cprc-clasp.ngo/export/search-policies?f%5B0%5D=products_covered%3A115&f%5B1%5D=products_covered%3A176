--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -428,72 +428,72 @@
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
 (a) light sources;
 (b) separate control gears.
 The requirements also apply to light sources and separate control gears placed on the market in a containing product.
 This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
 Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -2068,127 +2068,127 @@
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>113</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>131</v>
       </c>
       <c r="P15" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>133</v>
       </c>
       <c r="B16" t="s">
         <v>134</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>135</v>
       </c>
       <c r="D16" t="s">
         <v>118</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1992</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>113</v>
+        <v>137</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P16" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>133</v>
       </c>
       <c r="B17" t="s">
         <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="D17" t="s">
         <v>118</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>141</v>
       </c>
       <c r="P17" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>143</v>
       </c>
       <c r="B18" t="s">
         <v>144</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
         <v>145</v>
       </c>
       <c r="E18" t="s">