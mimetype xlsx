--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -458,72 +458,72 @@
     <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
 (a) air heating products with a rated heating capacity not exceeding 1 MW;
 (b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
 (c) fan coil units.
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
     <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
   </si>
   <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
@@ -2336,127 +2336,127 @@
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>126</v>
       </c>
       <c r="N17" t="s">
         <v>36</v>
       </c>
       <c r="O17" t="s">
         <v>141</v>
       </c>
       <c r="P17" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>143</v>
       </c>
       <c r="B18" t="s">
         <v>144</v>
       </c>
       <c r="C18" t="s">
-        <v>114</v>
+        <v>145</v>
       </c>
       <c r="D18" t="s">
         <v>123</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1992</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K18" t="s">
         <v>45</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P18" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>143</v>
       </c>
       <c r="B19" t="s">
         <v>144</v>
       </c>
       <c r="C19" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="D19" t="s">
         <v>123</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>151</v>
       </c>
       <c r="P19" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>153</v>
       </c>
       <c r="B20" t="s">
         <v>154</v>
       </c>
       <c r="C20" t="s">
         <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>73</v>
       </c>
       <c r="E20" t="s">