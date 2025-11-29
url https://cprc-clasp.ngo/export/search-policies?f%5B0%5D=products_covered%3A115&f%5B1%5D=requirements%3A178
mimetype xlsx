--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,339 +12,406 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -608,579 +675,648 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1987</v>
+      </c>
+      <c r="I8">
+        <v>1988</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...16 lines deleted...]
-      <c r="B3" t="s">
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...373 lines deleted...]
-        <v>81</v>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>