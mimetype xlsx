--- v0 (2025-10-13)
+++ v1 (2026-01-19)
@@ -12,1831 +12,2597 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="568">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="810">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-                    IEC 60879:1986</t>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...19 lines deleted...]
-  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-1</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2100,5717 +2866,6462 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N134"/>
+  <dimension ref="A1:P133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H4">
         <v>1980</v>
       </c>
-      <c r="H3">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H5"/>
-[...35 lines deleted...]
-      <c r="F6" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>44</v>
       </c>
-      <c r="G6">
+      <c r="G9" t="s">
+        <v>72</v>
+      </c>
+      <c r="H9">
         <v>2013</v>
       </c>
-      <c r="H6"/>
-[...6 lines deleted...]
-      <c r="K6" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>90</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>95</v>
+      </c>
+      <c r="D10" t="s">
+        <v>96</v>
+      </c>
+      <c r="E10" t="s">
         <v>53</v>
       </c>
-      <c r="L6" t="s">
-[...144 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>97</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="K10" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N10" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>100</v>
+      </c>
+      <c r="P10" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="C11" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>44</v>
       </c>
-      <c r="G11">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2020</v>
       </c>
-      <c r="H11"/>
-[...1 lines deleted...]
-        <v>72</v>
+      <c r="I11">
+        <v>2021</v>
       </c>
       <c r="J11" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="K11" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N11" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>108</v>
+      </c>
+      <c r="P11" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
-      <c r="G12">
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>113</v>
+      </c>
+      <c r="M12" t="s">
+        <v>114</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>115</v>
+      </c>
+      <c r="P12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B13" t="s">
+        <v>118</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>119</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13">
         <v>2016</v>
       </c>
-      <c r="H12"/>
-[...38 lines deleted...]
-      <c r="G13">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>120</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>121</v>
+      </c>
+      <c r="P13" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2009</v>
       </c>
-      <c r="H13">
+      <c r="I14">
         <v>2010</v>
       </c>
-      <c r="I13" t="s">
-[...37 lines deleted...]
-      <c r="G14">
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D15" t="s">
+        <v>130</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H14">
+      <c r="I15">
         <v>2010</v>
       </c>
-      <c r="I14" t="s">
-[...19 lines deleted...]
-      <c r="A15" t="s">
+      <c r="J15" t="s">
         <v>98</v>
       </c>
-      <c r="B15" t="s">
-[...26 lines deleted...]
-      <c r="K15"/>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
       <c r="L15" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>132</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>135</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
-      <c r="G16">
-[...4 lines deleted...]
-        <v>106</v>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1998</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="K16" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N16" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>141</v>
+      </c>
+      <c r="P16" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
       <c r="C17" t="s">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
-      <c r="G17">
+      <c r="G17" t="s">
+        <v>72</v>
+      </c>
+      <c r="H17">
         <v>2014</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="K17" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>148</v>
+      </c>
+      <c r="P17" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>143</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>150</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>72</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>151</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2000</v>
       </c>
-      <c r="H18">
+      <c r="I19">
         <v>2019</v>
       </c>
-      <c r="I18" t="s">
-[...35 lines deleted...]
-      <c r="G19">
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>157</v>
+      </c>
+      <c r="P19" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C20" t="s">
+        <v>161</v>
+      </c>
+      <c r="D20" t="s">
+        <v>162</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2024</v>
       </c>
-      <c r="H19">
+      <c r="I20">
         <v>2024</v>
       </c>
-      <c r="I19" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>30</v>
+        <v>163</v>
       </c>
       <c r="K20" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N20" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>132</v>
+      </c>
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>120</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>99</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>72</v>
+      </c>
+      <c r="H21">
         <v>2014</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="K21" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="M21"/>
       <c r="N21" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="B22" t="s">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="C22" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>72</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>151</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M22" t="s">
+        <v>140</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>145</v>
+      </c>
+      <c r="D23" t="s">
+        <v>175</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>72</v>
+      </c>
+      <c r="H23">
         <v>2012</v>
       </c>
-      <c r="H22"/>
-[...34 lines deleted...]
-      <c r="G23">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>146</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>137</v>
+      </c>
+      <c r="D24" t="s">
+        <v>175</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>72</v>
+      </c>
+      <c r="H24">
         <v>2012</v>
       </c>
-      <c r="H23"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K24"/>
+        <v>151</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>96</v>
+        <v>140</v>
       </c>
       <c r="N24" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>99</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>116</v>
+        <v>145</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>162</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>72</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>146</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>132</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>137</v>
+      </c>
+      <c r="D26" t="s">
+        <v>162</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>72</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>151</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>140</v>
+      </c>
+      <c r="N26" t="s">
+        <v>132</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>191</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>72</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>54</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>192</v>
+      </c>
+      <c r="M27" t="s">
+        <v>193</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>198</v>
+      </c>
+      <c r="D28" t="s">
+        <v>199</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>97</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>200</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>201</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>104</v>
+      </c>
+      <c r="D29" t="s">
+        <v>130</v>
+      </c>
+      <c r="E29" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" t="s">
+        <v>206</v>
+      </c>
+      <c r="G29" t="s">
+        <v>72</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>200</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>131</v>
+      </c>
+      <c r="M29" t="s">
+        <v>207</v>
+      </c>
+      <c r="N29" t="s">
+        <v>132</v>
+      </c>
+      <c r="O29" t="s">
+        <v>208</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>210</v>
+      </c>
+      <c r="B30" t="s">
+        <v>211</v>
+      </c>
+      <c r="C30" t="s">
+        <v>104</v>
+      </c>
+      <c r="D30" t="s">
+        <v>112</v>
+      </c>
+      <c r="E30" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" t="s">
+        <v>206</v>
+      </c>
+      <c r="G30" t="s">
+        <v>72</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>200</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>212</v>
+      </c>
+      <c r="M30" t="s">
+        <v>207</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>217</v>
+      </c>
+      <c r="D31" t="s">
+        <v>71</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>206</v>
+      </c>
+      <c r="G31" t="s">
+        <v>72</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>218</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>219</v>
+      </c>
+      <c r="M31" t="s">
+        <v>220</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>221</v>
+      </c>
+      <c r="P31" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" t="s">
+        <v>224</v>
+      </c>
+      <c r="C32" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" t="s">
+        <v>225</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>226</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2023</v>
+      </c>
+      <c r="J32" t="s">
+        <v>227</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>220</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>228</v>
+      </c>
+      <c r="P32" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>230</v>
+      </c>
+      <c r="B33" t="s">
+        <v>231</v>
+      </c>
+      <c r="C33" t="s">
+        <v>232</v>
+      </c>
+      <c r="D33" t="s">
+        <v>233</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>72</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>227</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>234</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>239</v>
+      </c>
+      <c r="D34" t="s">
+        <v>240</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>44</v>
       </c>
-      <c r="G25">
+      <c r="G34" t="s">
+        <v>72</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>241</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>242</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>243</v>
+      </c>
+      <c r="P34" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>245</v>
+      </c>
+      <c r="B35" t="s">
+        <v>246</v>
+      </c>
+      <c r="C35" t="s">
+        <v>247</v>
+      </c>
+      <c r="D35" t="s">
+        <v>248</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>97</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>249</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>250</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>251</v>
+      </c>
+      <c r="P35" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>253</v>
+      </c>
+      <c r="B36" t="s">
+        <v>254</v>
+      </c>
+      <c r="C36" t="s">
+        <v>255</v>
+      </c>
+      <c r="D36" t="s">
+        <v>112</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>72</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>54</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>256</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>257</v>
+      </c>
+      <c r="P36" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>259</v>
+      </c>
+      <c r="B37" t="s">
+        <v>260</v>
+      </c>
+      <c r="C37" t="s">
+        <v>261</v>
+      </c>
+      <c r="D37" t="s">
+        <v>191</v>
+      </c>
+      <c r="E37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>97</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>63</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>262</v>
+      </c>
+      <c r="M37" t="s">
+        <v>263</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>264</v>
+      </c>
+      <c r="P37" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>266</v>
+      </c>
+      <c r="B38" t="s">
+        <v>267</v>
+      </c>
+      <c r="C38" t="s">
+        <v>268</v>
+      </c>
+      <c r="D38" t="s">
+        <v>269</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38"/>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>63</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>270</v>
+      </c>
+      <c r="M38" t="s">
+        <v>271</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>272</v>
+      </c>
+      <c r="P38" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>274</v>
+      </c>
+      <c r="B39" t="s">
+        <v>275</v>
+      </c>
+      <c r="C39" t="s">
+        <v>276</v>
+      </c>
+      <c r="D39" t="s">
+        <v>277</v>
+      </c>
+      <c r="E39" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" t="s">
+        <v>206</v>
+      </c>
+      <c r="G39" t="s">
+        <v>72</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>278</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>279</v>
+      </c>
+      <c r="M39" t="s">
+        <v>280</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>281</v>
+      </c>
+      <c r="P39" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>283</v>
+      </c>
+      <c r="B40" t="s">
+        <v>284</v>
+      </c>
+      <c r="C40" t="s">
+        <v>276</v>
+      </c>
+      <c r="D40" t="s">
+        <v>162</v>
+      </c>
+      <c r="E40" t="s">
+        <v>53</v>
+      </c>
+      <c r="F40" t="s">
+        <v>206</v>
+      </c>
+      <c r="G40" t="s">
+        <v>72</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>278</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>279</v>
+      </c>
+      <c r="M40" t="s">
+        <v>280</v>
+      </c>
+      <c r="N40" t="s">
+        <v>132</v>
+      </c>
+      <c r="O40" t="s">
+        <v>285</v>
+      </c>
+      <c r="P40" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>287</v>
+      </c>
+      <c r="B41" t="s">
+        <v>288</v>
+      </c>
+      <c r="C41" t="s">
+        <v>276</v>
+      </c>
+      <c r="D41" t="s">
+        <v>81</v>
+      </c>
+      <c r="E41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F41" t="s">
+        <v>206</v>
+      </c>
+      <c r="G41" t="s">
+        <v>72</v>
+      </c>
+      <c r="H41">
         <v>2011</v>
       </c>
-      <c r="H25"/>
-[...654 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>30</v>
+        <v>278</v>
       </c>
       <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>289</v>
+      </c>
+      <c r="M41" t="s">
+        <v>280</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>290</v>
+      </c>
+      <c r="P41" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>292</v>
+      </c>
+      <c r="B42" t="s">
+        <v>293</v>
+      </c>
+      <c r="C42" t="s">
+        <v>276</v>
+      </c>
+      <c r="D42" t="s">
+        <v>81</v>
+      </c>
+      <c r="E42" t="s">
+        <v>53</v>
+      </c>
+      <c r="F42" t="s">
         <v>206</v>
       </c>
-      <c r="L41" t="s">
-[...29 lines deleted...]
-        <v>2012</v>
+      <c r="G42" t="s">
+        <v>72</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>30</v>
+        <v>278</v>
       </c>
       <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>294</v>
+      </c>
+      <c r="M42" t="s">
+        <v>295</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>296</v>
+      </c>
+      <c r="P42" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>298</v>
+      </c>
+      <c r="B43" t="s">
+        <v>299</v>
+      </c>
+      <c r="C43" t="s">
+        <v>276</v>
+      </c>
+      <c r="D43" t="s">
+        <v>300</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
         <v>206</v>
       </c>
-      <c r="L42" t="s">
-[...25 lines deleted...]
-      <c r="F43" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>278</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>294</v>
+      </c>
+      <c r="M43" t="s">
+        <v>280</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>301</v>
+      </c>
+      <c r="P43" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>303</v>
+      </c>
+      <c r="B44" t="s">
+        <v>304</v>
+      </c>
+      <c r="C44" t="s">
+        <v>305</v>
+      </c>
+      <c r="D44" t="s">
+        <v>306</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>44</v>
       </c>
-      <c r="G43">
+      <c r="G44" t="s">
+        <v>72</v>
+      </c>
+      <c r="H44">
         <v>2009</v>
       </c>
-      <c r="H43"/>
-[...38 lines deleted...]
-      <c r="G44">
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>73</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>307</v>
+      </c>
+      <c r="M44" t="s">
+        <v>308</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>309</v>
+      </c>
+      <c r="P44" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>311</v>
+      </c>
+      <c r="B45" t="s">
+        <v>312</v>
+      </c>
+      <c r="C45" t="s">
+        <v>305</v>
+      </c>
+      <c r="D45" t="s">
+        <v>313</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>1994</v>
       </c>
-      <c r="H44">
+      <c r="I45">
         <v>2003</v>
       </c>
-      <c r="I44" t="s">
-[...35 lines deleted...]
-      <c r="G45">
+      <c r="J45" t="s">
+        <v>73</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>308</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>314</v>
+      </c>
+      <c r="P45" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>316</v>
+      </c>
+      <c r="B46" t="s">
+        <v>317</v>
+      </c>
+      <c r="C46" t="s">
+        <v>305</v>
+      </c>
+      <c r="D46" t="s">
+        <v>112</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>44</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>1997</v>
       </c>
-      <c r="H45">
+      <c r="I46">
         <v>2009</v>
       </c>
-      <c r="I45" t="s">
-[...37 lines deleted...]
-      <c r="G46">
+      <c r="J46" t="s">
+        <v>73</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>318</v>
+      </c>
+      <c r="M46" t="s">
+        <v>308</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>319</v>
+      </c>
+      <c r="P46" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>320</v>
+      </c>
+      <c r="B47" t="s">
+        <v>321</v>
+      </c>
+      <c r="C47" t="s">
+        <v>322</v>
+      </c>
+      <c r="D47" t="s">
+        <v>323</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2009</v>
       </c>
-      <c r="H46">
+      <c r="I47">
         <v>2024</v>
       </c>
-      <c r="I46" t="s">
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>324</v>
+      </c>
+      <c r="M47" t="s">
+        <v>325</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>326</v>
+      </c>
+      <c r="P47" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>328</v>
+      </c>
+      <c r="B48" t="s">
+        <v>329</v>
+      </c>
+      <c r="C48" t="s">
+        <v>322</v>
+      </c>
+      <c r="D48" t="s">
+        <v>71</v>
+      </c>
+      <c r="E48" t="s">
         <v>20</v>
       </c>
-      <c r="J46" t="s">
-[...34 lines deleted...]
-      <c r="G47">
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2015</v>
       </c>
-      <c r="H47">
+      <c r="I48">
         <v>2023</v>
       </c>
-      <c r="I47" t="s">
-[...37 lines deleted...]
-      <c r="G48">
+      <c r="J48" t="s">
+        <v>330</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>331</v>
+      </c>
+      <c r="M48" t="s">
+        <v>325</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>332</v>
+      </c>
+      <c r="P48" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>334</v>
+      </c>
+      <c r="B49" t="s">
+        <v>335</v>
+      </c>
+      <c r="C49" t="s">
+        <v>336</v>
+      </c>
+      <c r="D49" t="s">
+        <v>337</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2016</v>
       </c>
-      <c r="H48">
+      <c r="I49">
         <v>2019</v>
       </c>
-      <c r="I48" t="s">
-[...35 lines deleted...]
-      <c r="G49">
+      <c r="J49" t="s">
+        <v>63</v>
+      </c>
+      <c r="K49" t="s">
+        <v>55</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>338</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>339</v>
+      </c>
+      <c r="P49" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>341</v>
+      </c>
+      <c r="B50" t="s">
+        <v>342</v>
+      </c>
+      <c r="C50" t="s">
+        <v>343</v>
+      </c>
+      <c r="D50" t="s">
+        <v>112</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>72</v>
+      </c>
+      <c r="H50">
         <v>2020</v>
       </c>
-      <c r="H49"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N50" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>346</v>
+      </c>
+      <c r="P50" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>249</v>
+        <v>348</v>
       </c>
       <c r="B51" t="s">
-        <v>250</v>
+        <v>349</v>
       </c>
       <c r="C51" t="s">
-        <v>51</v>
+        <v>350</v>
       </c>
       <c r="D51" t="s">
-        <v>36</v>
+        <v>351</v>
       </c>
       <c r="E51" t="s">
-        <v>144</v>
+        <v>53</v>
       </c>
       <c r="F51" t="s">
         <v>44</v>
       </c>
-      <c r="G51">
+      <c r="G51" t="s">
+        <v>72</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>82</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>352</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>353</v>
+      </c>
+      <c r="P51" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>355</v>
+      </c>
+      <c r="B52" t="s">
+        <v>356</v>
+      </c>
+      <c r="C52" t="s">
+        <v>357</v>
+      </c>
+      <c r="D52" t="s">
+        <v>71</v>
+      </c>
+      <c r="E52" t="s">
+        <v>53</v>
+      </c>
+      <c r="F52" t="s">
+        <v>206</v>
+      </c>
+      <c r="G52" t="s">
+        <v>72</v>
+      </c>
+      <c r="H52">
         <v>2017</v>
       </c>
-      <c r="H51"/>
-[...38 lines deleted...]
-      <c r="G52">
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>200</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>358</v>
+      </c>
+      <c r="M52" t="s">
+        <v>359</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>360</v>
+      </c>
+      <c r="P52" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>362</v>
+      </c>
+      <c r="B53" t="s">
+        <v>363</v>
+      </c>
+      <c r="C53" t="s">
+        <v>357</v>
+      </c>
+      <c r="D53" t="s">
+        <v>71</v>
+      </c>
+      <c r="E53" t="s">
+        <v>53</v>
+      </c>
+      <c r="F53" t="s">
+        <v>206</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2012</v>
       </c>
-      <c r="H52">
+      <c r="I53">
         <v>2019</v>
       </c>
-      <c r="I52" t="s">
-[...37 lines deleted...]
-      <c r="G53">
+      <c r="J53" t="s">
+        <v>200</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53" t="s">
+        <v>358</v>
+      </c>
+      <c r="M53" t="s">
+        <v>359</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>364</v>
+      </c>
+      <c r="P53" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>366</v>
+      </c>
+      <c r="B54" t="s">
+        <v>367</v>
+      </c>
+      <c r="C54" t="s">
+        <v>357</v>
+      </c>
+      <c r="D54" t="s">
+        <v>81</v>
+      </c>
+      <c r="E54" t="s">
+        <v>53</v>
+      </c>
+      <c r="F54" t="s">
+        <v>206</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2001</v>
       </c>
-      <c r="H53">
+      <c r="I54">
         <v>2018</v>
       </c>
-      <c r="I53" t="s">
-[...37 lines deleted...]
-      <c r="G54">
+      <c r="J54" t="s">
+        <v>200</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
+        <v>368</v>
+      </c>
+      <c r="M54" t="s">
+        <v>359</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>369</v>
+      </c>
+      <c r="P54" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>371</v>
+      </c>
+      <c r="B55" t="s">
+        <v>372</v>
+      </c>
+      <c r="C55" t="s">
+        <v>357</v>
+      </c>
+      <c r="D55" t="s">
+        <v>61</v>
+      </c>
+      <c r="E55" t="s">
+        <v>53</v>
+      </c>
+      <c r="F55" t="s">
+        <v>206</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2012</v>
       </c>
-      <c r="H54">
+      <c r="I55">
         <v>2015</v>
       </c>
-      <c r="I54" t="s">
-[...37 lines deleted...]
-      <c r="G55">
+      <c r="J55" t="s">
+        <v>200</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
+        <v>373</v>
+      </c>
+      <c r="M55" t="s">
+        <v>359</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>374</v>
+      </c>
+      <c r="P55" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>376</v>
+      </c>
+      <c r="B56" t="s">
+        <v>377</v>
+      </c>
+      <c r="C56" t="s">
+        <v>336</v>
+      </c>
+      <c r="D56" t="s">
+        <v>277</v>
+      </c>
+      <c r="E56" t="s">
+        <v>53</v>
+      </c>
+      <c r="F56" t="s">
+        <v>206</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2009</v>
       </c>
-      <c r="H55">
+      <c r="I56">
         <v>2020</v>
       </c>
-      <c r="I55" t="s">
-[...37 lines deleted...]
-      <c r="G56">
+      <c r="J56" t="s">
+        <v>200</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56" t="s">
+        <v>378</v>
+      </c>
+      <c r="M56" t="s">
+        <v>379</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>380</v>
+      </c>
+      <c r="P56" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>382</v>
+      </c>
+      <c r="B57" t="s">
+        <v>383</v>
+      </c>
+      <c r="C57" t="s">
+        <v>276</v>
+      </c>
+      <c r="D57" t="s">
+        <v>81</v>
+      </c>
+      <c r="E57" t="s">
+        <v>53</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>1981</v>
       </c>
-      <c r="H56">
+      <c r="I57">
         <v>1982</v>
       </c>
-      <c r="I56" t="s">
-[...37 lines deleted...]
-      <c r="G57">
+      <c r="J57" t="s">
+        <v>278</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>384</v>
+      </c>
+      <c r="M57" t="s">
+        <v>280</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>385</v>
+      </c>
+      <c r="P57" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>387</v>
+      </c>
+      <c r="B58" t="s">
+        <v>388</v>
+      </c>
+      <c r="C58" t="s">
+        <v>104</v>
+      </c>
+      <c r="D58" t="s">
+        <v>248</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>62</v>
+      </c>
+      <c r="H58">
         <v>1989</v>
       </c>
-      <c r="H57">
+      <c r="I58">
         <v>2009</v>
       </c>
-      <c r="I57" t="s">
-[...37 lines deleted...]
-      <c r="G58">
+      <c r="J58" t="s">
+        <v>389</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" t="s">
+        <v>125</v>
+      </c>
+      <c r="M58" t="s">
+        <v>114</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>390</v>
+      </c>
+      <c r="P58" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>392</v>
+      </c>
+      <c r="B59" t="s">
+        <v>393</v>
+      </c>
+      <c r="C59" t="s">
+        <v>104</v>
+      </c>
+      <c r="D59" t="s">
+        <v>248</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>1989</v>
       </c>
-      <c r="H58">
+      <c r="I59">
         <v>2021</v>
       </c>
-      <c r="I58" t="s">
-[...19 lines deleted...]
-      <c r="A59" t="s">
+      <c r="J59" t="s">
+        <v>389</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59" t="s">
+        <v>394</v>
+      </c>
+      <c r="M59" t="s">
+        <v>395</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>396</v>
+      </c>
+      <c r="P59" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>398</v>
+      </c>
+      <c r="B60" t="s">
+        <v>205</v>
+      </c>
+      <c r="C60" t="s">
+        <v>104</v>
+      </c>
+      <c r="D60" t="s">
+        <v>130</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2021</v>
+      </c>
+      <c r="J60" t="s">
+        <v>98</v>
+      </c>
+      <c r="K60" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60" t="s">
+        <v>399</v>
+      </c>
+      <c r="M60" t="s">
+        <v>114</v>
+      </c>
+      <c r="N60" t="s">
+        <v>132</v>
+      </c>
+      <c r="O60" t="s">
+        <v>400</v>
+      </c>
+      <c r="P60" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>402</v>
+      </c>
+      <c r="B61" t="s">
+        <v>403</v>
+      </c>
+      <c r="C61" t="s">
+        <v>104</v>
+      </c>
+      <c r="D61" t="s">
+        <v>130</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>72</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>98</v>
+      </c>
+      <c r="K61" t="s">
+        <v>36</v>
+      </c>
+      <c r="L61" t="s">
+        <v>404</v>
+      </c>
+      <c r="M61" t="s">
+        <v>405</v>
+      </c>
+      <c r="N61" t="s">
+        <v>132</v>
+      </c>
+      <c r="O61" t="s">
+        <v>406</v>
+      </c>
+      <c r="P61" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>408</v>
+      </c>
+      <c r="B62" t="s">
+        <v>409</v>
+      </c>
+      <c r="C62" t="s">
+        <v>104</v>
+      </c>
+      <c r="D62" t="s">
+        <v>71</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2003</v>
+      </c>
+      <c r="I62">
+        <v>2013</v>
+      </c>
+      <c r="J62" t="s">
+        <v>200</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62" t="s">
+        <v>410</v>
+      </c>
+      <c r="M62" t="s">
+        <v>114</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>411</v>
+      </c>
+      <c r="P62" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>413</v>
+      </c>
+      <c r="B63" t="s">
+        <v>414</v>
+      </c>
+      <c r="C63" t="s">
+        <v>104</v>
+      </c>
+      <c r="D63" t="s">
+        <v>119</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>72</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>200</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63" t="s">
+        <v>415</v>
+      </c>
+      <c r="M63" t="s">
+        <v>405</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>416</v>
+      </c>
+      <c r="P63" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>418</v>
+      </c>
+      <c r="B64" t="s">
+        <v>419</v>
+      </c>
+      <c r="C64" t="s">
+        <v>420</v>
+      </c>
+      <c r="D64" t="s">
+        <v>300</v>
+      </c>
+      <c r="E64" t="s">
+        <v>53</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>72</v>
+      </c>
+      <c r="H64">
+        <v>1986</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>278</v>
+      </c>
+      <c r="K64" t="s">
+        <v>36</v>
+      </c>
+      <c r="L64" t="s">
+        <v>421</v>
+      </c>
+      <c r="M64" t="s">
+        <v>422</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>423</v>
+      </c>
+      <c r="P64" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>425</v>
+      </c>
+      <c r="B65" t="s">
+        <v>426</v>
+      </c>
+      <c r="C65" t="s">
+        <v>427</v>
+      </c>
+      <c r="D65" t="s">
+        <v>248</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2013</v>
+      </c>
+      <c r="I65">
+        <v>2025</v>
+      </c>
+      <c r="J65" t="s">
+        <v>428</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65" t="s">
+        <v>429</v>
+      </c>
+      <c r="M65" t="s">
+        <v>430</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>431</v>
+      </c>
+      <c r="P65" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>433</v>
+      </c>
+      <c r="B66" t="s">
+        <v>434</v>
+      </c>
+      <c r="C66" t="s">
+        <v>435</v>
+      </c>
+      <c r="D66" t="s">
+        <v>436</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2009</v>
+      </c>
+      <c r="I66">
+        <v>2017</v>
+      </c>
+      <c r="J66" t="s">
+        <v>249</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" t="s">
+        <v>437</v>
+      </c>
+      <c r="M66" t="s">
+        <v>438</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>439</v>
+      </c>
+      <c r="P66" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>441</v>
+      </c>
+      <c r="B67" t="s">
+        <v>442</v>
+      </c>
+      <c r="C67" t="s">
         <v>276</v>
       </c>
-      <c r="B59" t="s">
-[...20 lines deleted...]
-      <c r="I59" t="s">
+      <c r="D67" t="s">
+        <v>81</v>
+      </c>
+      <c r="E67" t="s">
+        <v>53</v>
+      </c>
+      <c r="F67" t="s">
+        <v>206</v>
+      </c>
+      <c r="G67" t="s">
         <v>72</v>
       </c>
-      <c r="J59" t="s">
-[...11 lines deleted...]
-      <c r="N59" t="s">
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
         <v>278</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G60">
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" t="s">
+        <v>443</v>
+      </c>
+      <c r="M67" t="s">
+        <v>295</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>444</v>
+      </c>
+      <c r="P67" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>446</v>
+      </c>
+      <c r="B68" t="s">
+        <v>447</v>
+      </c>
+      <c r="C68" t="s">
+        <v>427</v>
+      </c>
+      <c r="D68" t="s">
+        <v>248</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>34</v>
+      </c>
+      <c r="G68" t="s">
+        <v>448</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>449</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>450</v>
+      </c>
+      <c r="M68" t="s">
+        <v>430</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>451</v>
+      </c>
+      <c r="P68" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>453</v>
+      </c>
+      <c r="B69" t="s">
+        <v>454</v>
+      </c>
+      <c r="C69" t="s">
+        <v>427</v>
+      </c>
+      <c r="D69" t="s">
+        <v>313</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>72</v>
+      </c>
+      <c r="H69">
+        <v>2015</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>449</v>
+      </c>
+      <c r="K69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" t="s">
+        <v>455</v>
+      </c>
+      <c r="M69" t="s">
+        <v>430</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>456</v>
+      </c>
+      <c r="P69" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>458</v>
+      </c>
+      <c r="B70" t="s">
+        <v>459</v>
+      </c>
+      <c r="C70" t="s">
+        <v>305</v>
+      </c>
+      <c r="D70" t="s">
+        <v>119</v>
+      </c>
+      <c r="E70" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" t="s">
+        <v>206</v>
+      </c>
+      <c r="G70" t="s">
+        <v>72</v>
+      </c>
+      <c r="H70">
         <v>2012</v>
       </c>
-      <c r="H60"/>
-[...236 lines deleted...]
-      <c r="A66" t="s">
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>73</v>
+      </c>
+      <c r="K70" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>308</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>460</v>
+      </c>
+      <c r="P70" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>458</v>
+      </c>
+      <c r="B71" t="s">
+        <v>462</v>
+      </c>
+      <c r="C71" t="s">
         <v>305</v>
       </c>
-      <c r="B66" t="s">
-[...214 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>36</v>
+        <v>130</v>
       </c>
       <c r="E71" t="s">
-        <v>144</v>
+        <v>53</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>206</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
-      <c r="I71" t="s">
-        <v>52</v>
+      <c r="I71">
+        <v>2012</v>
       </c>
       <c r="J71" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>96</v>
+        <v>308</v>
       </c>
       <c r="N71" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>132</v>
+      </c>
+      <c r="O71" t="s">
+        <v>463</v>
+      </c>
+      <c r="P71" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>324</v>
+        <v>464</v>
       </c>
       <c r="B72" t="s">
+        <v>465</v>
+      </c>
+      <c r="C72" t="s">
+        <v>232</v>
+      </c>
+      <c r="D72" t="s">
+        <v>466</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>72</v>
+      </c>
+      <c r="H72">
+        <v>2023</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>227</v>
+      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72" t="s">
+        <v>467</v>
+      </c>
+      <c r="M72" t="s">
+        <v>234</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>468</v>
+      </c>
+      <c r="P72" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>470</v>
+      </c>
+      <c r="B73" t="s">
+        <v>471</v>
+      </c>
+      <c r="C73" t="s">
+        <v>472</v>
+      </c>
+      <c r="D73" t="s">
+        <v>306</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>44</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2008</v>
+      </c>
+      <c r="I73">
+        <v>2021</v>
+      </c>
+      <c r="J73" t="s">
+        <v>473</v>
+      </c>
+      <c r="K73" t="s">
+        <v>36</v>
+      </c>
+      <c r="L73" t="s">
+        <v>474</v>
+      </c>
+      <c r="M73" t="s">
+        <v>475</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>476</v>
+      </c>
+      <c r="P73" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>478</v>
+      </c>
+      <c r="B74" t="s">
+        <v>479</v>
+      </c>
+      <c r="C74" t="s">
+        <v>480</v>
+      </c>
+      <c r="D74" t="s">
         <v>162</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>34</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2008</v>
+      </c>
+      <c r="I74">
+        <v>2010</v>
+      </c>
+      <c r="J74" t="s">
+        <v>481</v>
+      </c>
+      <c r="K74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74" t="s">
+        <v>482</v>
+      </c>
+      <c r="M74" t="s">
+        <v>483</v>
+      </c>
+      <c r="N74" t="s">
+        <v>132</v>
+      </c>
+      <c r="O74" t="s">
+        <v>484</v>
+      </c>
+      <c r="P74" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>486</v>
+      </c>
+      <c r="B75" t="s">
+        <v>487</v>
+      </c>
+      <c r="C75" t="s">
+        <v>488</v>
+      </c>
+      <c r="D75" t="s">
+        <v>175</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>200</v>
+      </c>
+      <c r="K75" t="s">
+        <v>36</v>
+      </c>
+      <c r="L75" t="s">
+        <v>489</v>
+      </c>
+      <c r="M75" t="s">
+        <v>490</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>491</v>
+      </c>
+      <c r="P75"/>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>492</v>
+      </c>
+      <c r="B76" t="s">
+        <v>493</v>
+      </c>
+      <c r="C76" t="s">
+        <v>488</v>
+      </c>
+      <c r="D76" t="s">
+        <v>61</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76">
+        <v>2014</v>
+      </c>
+      <c r="J76" t="s">
+        <v>200</v>
+      </c>
+      <c r="K76" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76" t="s">
+        <v>494</v>
+      </c>
+      <c r="M76" t="s">
+        <v>490</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>495</v>
+      </c>
+      <c r="P76" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>497</v>
+      </c>
+      <c r="B77" t="s">
+        <v>498</v>
+      </c>
+      <c r="C77" t="s">
+        <v>499</v>
+      </c>
+      <c r="D77" t="s">
+        <v>162</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>72</v>
+      </c>
+      <c r="H77">
+        <v>2022</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>500</v>
+      </c>
+      <c r="K77" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>501</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>502</v>
+      </c>
+      <c r="P77" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>504</v>
+      </c>
+      <c r="B78" t="s">
+        <v>505</v>
+      </c>
+      <c r="C78" t="s">
+        <v>499</v>
+      </c>
+      <c r="D78" t="s">
+        <v>506</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>72</v>
+      </c>
+      <c r="H78">
+        <v>2022</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>507</v>
+      </c>
+      <c r="K78" t="s">
+        <v>36</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>501</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>508</v>
+      </c>
+      <c r="P78" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>509</v>
+      </c>
+      <c r="B79" t="s">
+        <v>510</v>
+      </c>
+      <c r="C79" t="s">
+        <v>499</v>
+      </c>
+      <c r="D79" t="s">
+        <v>466</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>72</v>
+      </c>
+      <c r="H79">
+        <v>2022</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>500</v>
+      </c>
+      <c r="K79" t="s">
+        <v>36</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>501</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>511</v>
+      </c>
+      <c r="P79" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>512</v>
+      </c>
+      <c r="B80" t="s">
+        <v>513</v>
+      </c>
+      <c r="C80" t="s">
+        <v>514</v>
+      </c>
+      <c r="D80" t="s">
+        <v>515</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>34</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2008</v>
+      </c>
+      <c r="I80">
+        <v>2020</v>
+      </c>
+      <c r="J80" t="s">
+        <v>54</v>
+      </c>
+      <c r="K80" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80" t="s">
+        <v>516</v>
+      </c>
+      <c r="M80" t="s">
+        <v>517</v>
+      </c>
+      <c r="N80" t="s">
+        <v>132</v>
+      </c>
+      <c r="O80" t="s">
+        <v>518</v>
+      </c>
+      <c r="P80" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>520</v>
+      </c>
+      <c r="B81" t="s">
+        <v>521</v>
+      </c>
+      <c r="C81" t="s">
+        <v>522</v>
+      </c>
+      <c r="D81" t="s">
+        <v>112</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>34</v>
+      </c>
+      <c r="G81" t="s">
+        <v>97</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>523</v>
+      </c>
+      <c r="K81" t="s">
+        <v>36</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>524</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>525</v>
+      </c>
+      <c r="P81" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>527</v>
+      </c>
+      <c r="B82" t="s">
+        <v>521</v>
+      </c>
+      <c r="C82" t="s">
+        <v>528</v>
+      </c>
+      <c r="D82" t="s">
+        <v>112</v>
+      </c>
+      <c r="E82" t="s">
+        <v>53</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>97</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>523</v>
+      </c>
+      <c r="K82" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>529</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>530</v>
+      </c>
+      <c r="P82" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>527</v>
+      </c>
+      <c r="B83" t="s">
+        <v>521</v>
+      </c>
+      <c r="C83" t="s">
+        <v>528</v>
+      </c>
+      <c r="D83" t="s">
+        <v>112</v>
+      </c>
+      <c r="E83" t="s">
+        <v>53</v>
+      </c>
+      <c r="F83" t="s">
+        <v>44</v>
+      </c>
+      <c r="G83" t="s">
+        <v>97</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>523</v>
+      </c>
+      <c r="K83" t="s">
+        <v>36</v>
+      </c>
+      <c r="L83" t="s">
+        <v>532</v>
+      </c>
+      <c r="M83" t="s">
+        <v>529</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>533</v>
+      </c>
+      <c r="P83" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>527</v>
+      </c>
+      <c r="B84" t="s">
+        <v>521</v>
+      </c>
+      <c r="C84" t="s">
+        <v>534</v>
+      </c>
+      <c r="D84" t="s">
+        <v>112</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>535</v>
+      </c>
+      <c r="G84" t="s">
+        <v>97</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>523</v>
+      </c>
+      <c r="K84" t="s">
+        <v>36</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>536</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>537</v>
+      </c>
+      <c r="P84" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>539</v>
+      </c>
+      <c r="B85" t="s">
+        <v>304</v>
+      </c>
+      <c r="C85" t="s">
+        <v>305</v>
+      </c>
+      <c r="D85" t="s">
+        <v>306</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>72</v>
+      </c>
+      <c r="H85">
+        <v>2009</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>73</v>
+      </c>
+      <c r="K85" t="s">
+        <v>36</v>
+      </c>
+      <c r="L85" t="s">
+        <v>307</v>
+      </c>
+      <c r="M85" t="s">
+        <v>308</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>540</v>
+      </c>
+      <c r="P85" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>541</v>
+      </c>
+      <c r="B86" t="s">
+        <v>542</v>
+      </c>
+      <c r="C86" t="s">
         <v>70</v>
       </c>
-      <c r="F72" t="s">
-[...47 lines deleted...]
-      <c r="H73">
+      <c r="D86" t="s">
+        <v>71</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>97</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>73</v>
+      </c>
+      <c r="K86" t="s">
+        <v>36</v>
+      </c>
+      <c r="L86" t="s">
+        <v>543</v>
+      </c>
+      <c r="M86" t="s">
+        <v>75</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>544</v>
+      </c>
+      <c r="P86" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>545</v>
+      </c>
+      <c r="B87" t="s">
+        <v>521</v>
+      </c>
+      <c r="C87" t="s">
+        <v>546</v>
+      </c>
+      <c r="D87" t="s">
+        <v>547</v>
+      </c>
+      <c r="E87" t="s">
+        <v>548</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>97</v>
+      </c>
+      <c r="H87"/>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>523</v>
+      </c>
+      <c r="K87" t="s">
+        <v>36</v>
+      </c>
+      <c r="L87" t="s">
+        <v>549</v>
+      </c>
+      <c r="M87" t="s">
+        <v>550</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>551</v>
+      </c>
+      <c r="P87"/>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>545</v>
+      </c>
+      <c r="B88" t="s">
+        <v>552</v>
+      </c>
+      <c r="C88" t="s">
+        <v>553</v>
+      </c>
+      <c r="D88" t="s">
+        <v>112</v>
+      </c>
+      <c r="E88" t="s">
+        <v>53</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>97</v>
+      </c>
+      <c r="H88"/>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>63</v>
+      </c>
+      <c r="K88" t="s">
+        <v>36</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>554</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>555</v>
+      </c>
+      <c r="P88" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>557</v>
+      </c>
+      <c r="B89" t="s">
+        <v>558</v>
+      </c>
+      <c r="C89" t="s">
+        <v>32</v>
+      </c>
+      <c r="D89" t="s">
+        <v>306</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>34</v>
+      </c>
+      <c r="G89" t="s">
+        <v>72</v>
+      </c>
+      <c r="H89">
         <v>2021</v>
       </c>
-      <c r="I73" t="s">
-[...81 lines deleted...]
-      <c r="G75">
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>63</v>
+      </c>
+      <c r="K89" t="s">
+        <v>36</v>
+      </c>
+      <c r="L89" t="s">
+        <v>559</v>
+      </c>
+      <c r="M89" t="s">
+        <v>560</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>561</v>
+      </c>
+      <c r="P89" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>563</v>
+      </c>
+      <c r="B90" t="s">
+        <v>564</v>
+      </c>
+      <c r="C90" t="s">
+        <v>350</v>
+      </c>
+      <c r="D90" t="s">
+        <v>351</v>
+      </c>
+      <c r="E90" t="s">
+        <v>53</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>72</v>
+      </c>
+      <c r="H90">
         <v>2013</v>
       </c>
-      <c r="H75">
-[...101 lines deleted...]
-      <c r="N77" t="s">
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>82</v>
+      </c>
+      <c r="K90" t="s">
+        <v>36</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
         <v>352</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C78" t="s">
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>565</v>
+      </c>
+      <c r="P90" t="s">
         <v>354</v>
       </c>
-      <c r="D78" t="s">
-[...129 lines deleted...]
-      <c r="F81" t="s">
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>566</v>
+      </c>
+      <c r="B91" t="s">
+        <v>567</v>
+      </c>
+      <c r="C91" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" t="s">
+        <v>568</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>34</v>
+      </c>
+      <c r="G91" t="s">
+        <v>72</v>
+      </c>
+      <c r="H91">
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>63</v>
+      </c>
+      <c r="K91" t="s">
+        <v>36</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>38</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>569</v>
+      </c>
+      <c r="P91" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>571</v>
+      </c>
+      <c r="B92" t="s">
+        <v>572</v>
+      </c>
+      <c r="C92" t="s">
+        <v>32</v>
+      </c>
+      <c r="D92" t="s">
         <v>71</v>
       </c>
-      <c r="G81"/>
-[...432 lines deleted...]
-      </c>
       <c r="E92" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>44</v>
       </c>
-      <c r="G92">
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2013</v>
+      </c>
+      <c r="I92">
+        <v>2016</v>
+      </c>
+      <c r="J92" t="s">
+        <v>63</v>
+      </c>
+      <c r="K92" t="s">
+        <v>36</v>
+      </c>
+      <c r="L92" t="s">
+        <v>573</v>
+      </c>
+      <c r="M92" t="s">
+        <v>38</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>574</v>
+      </c>
+      <c r="P92" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>576</v>
+      </c>
+      <c r="B93" t="s">
+        <v>577</v>
+      </c>
+      <c r="C93" t="s">
+        <v>578</v>
+      </c>
+      <c r="D93" t="s">
+        <v>579</v>
+      </c>
+      <c r="E93" t="s">
+        <v>53</v>
+      </c>
+      <c r="F93" t="s">
+        <v>580</v>
+      </c>
+      <c r="G93" t="s">
+        <v>72</v>
+      </c>
+      <c r="H93">
+        <v>2009</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>581</v>
+      </c>
+      <c r="K93" t="s">
+        <v>36</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>582</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>583</v>
+      </c>
+      <c r="P93" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>585</v>
+      </c>
+      <c r="B94" t="s">
+        <v>586</v>
+      </c>
+      <c r="C94" t="s">
+        <v>578</v>
+      </c>
+      <c r="D94" t="s">
+        <v>248</v>
+      </c>
+      <c r="E94" t="s">
+        <v>53</v>
+      </c>
+      <c r="F94" t="s">
+        <v>580</v>
+      </c>
+      <c r="G94" t="s">
+        <v>72</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>581</v>
+      </c>
+      <c r="K94" t="s">
+        <v>36</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>582</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>587</v>
+      </c>
+      <c r="P94" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>589</v>
+      </c>
+      <c r="B95" t="s">
+        <v>590</v>
+      </c>
+      <c r="C95" t="s">
+        <v>472</v>
+      </c>
+      <c r="D95" t="s">
+        <v>81</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2008</v>
+      </c>
+      <c r="I95">
+        <v>2017</v>
+      </c>
+      <c r="J95" t="s">
+        <v>473</v>
+      </c>
+      <c r="K95" t="s">
+        <v>36</v>
+      </c>
+      <c r="L95" t="s">
+        <v>591</v>
+      </c>
+      <c r="M95" t="s">
+        <v>592</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>593</v>
+      </c>
+      <c r="P95" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>595</v>
+      </c>
+      <c r="B96" t="s">
+        <v>596</v>
+      </c>
+      <c r="C96" t="s">
+        <v>597</v>
+      </c>
+      <c r="D96" t="s">
+        <v>598</v>
+      </c>
+      <c r="E96" t="s">
+        <v>548</v>
+      </c>
+      <c r="F96" t="s">
+        <v>599</v>
+      </c>
+      <c r="G96" t="s">
+        <v>72</v>
+      </c>
+      <c r="H96">
+        <v>2023</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>227</v>
+      </c>
+      <c r="K96" t="s">
+        <v>600</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>601</v>
+      </c>
+      <c r="N96" t="s">
+        <v>132</v>
+      </c>
+      <c r="O96" t="s">
+        <v>602</v>
+      </c>
+      <c r="P96" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>604</v>
+      </c>
+      <c r="B97" t="s">
+        <v>605</v>
+      </c>
+      <c r="C97" t="s">
+        <v>247</v>
+      </c>
+      <c r="D97" t="s">
+        <v>71</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2012</v>
+      </c>
+      <c r="I97">
+        <v>2017</v>
+      </c>
+      <c r="J97" t="s">
+        <v>73</v>
+      </c>
+      <c r="K97" t="s">
+        <v>36</v>
+      </c>
+      <c r="L97" t="s">
+        <v>604</v>
+      </c>
+      <c r="M97" t="s">
+        <v>606</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>607</v>
+      </c>
+      <c r="P97" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>609</v>
+      </c>
+      <c r="B98" t="s">
+        <v>610</v>
+      </c>
+      <c r="C98" t="s">
+        <v>597</v>
+      </c>
+      <c r="D98" t="s">
+        <v>81</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>34</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2014</v>
+      </c>
+      <c r="I98">
+        <v>2024</v>
+      </c>
+      <c r="J98" t="s">
+        <v>611</v>
+      </c>
+      <c r="K98" t="s">
+        <v>36</v>
+      </c>
+      <c r="L98" t="s">
+        <v>612</v>
+      </c>
+      <c r="M98" t="s">
+        <v>601</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>613</v>
+      </c>
+      <c r="P98" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>615</v>
+      </c>
+      <c r="B99" t="s">
+        <v>616</v>
+      </c>
+      <c r="C99" t="s">
+        <v>597</v>
+      </c>
+      <c r="D99" t="s">
+        <v>313</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>34</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2020</v>
+      </c>
+      <c r="I99">
+        <v>2024</v>
+      </c>
+      <c r="J99" t="s">
+        <v>611</v>
+      </c>
+      <c r="K99" t="s">
+        <v>36</v>
+      </c>
+      <c r="L99" t="s">
+        <v>617</v>
+      </c>
+      <c r="M99" t="s">
+        <v>601</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>618</v>
+      </c>
+      <c r="P99" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>620</v>
+      </c>
+      <c r="B100" t="s">
+        <v>621</v>
+      </c>
+      <c r="C100" t="s">
+        <v>597</v>
+      </c>
+      <c r="D100" t="s">
+        <v>71</v>
+      </c>
+      <c r="E100" t="s">
+        <v>53</v>
+      </c>
+      <c r="F100" t="s">
+        <v>599</v>
+      </c>
+      <c r="G100" t="s">
+        <v>622</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>227</v>
+      </c>
+      <c r="K100" t="s">
+        <v>36</v>
+      </c>
+      <c r="L100" t="s">
+        <v>623</v>
+      </c>
+      <c r="M100" t="s">
+        <v>601</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>624</v>
+      </c>
+      <c r="P100" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>626</v>
+      </c>
+      <c r="B101" t="s">
+        <v>627</v>
+      </c>
+      <c r="C101" t="s">
+        <v>232</v>
+      </c>
+      <c r="D101" t="s">
+        <v>71</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>44</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2007</v>
+      </c>
+      <c r="I101">
+        <v>2015</v>
+      </c>
+      <c r="J101" t="s">
+        <v>218</v>
+      </c>
+      <c r="K101" t="s">
+        <v>36</v>
+      </c>
+      <c r="L101" t="s">
+        <v>628</v>
+      </c>
+      <c r="M101" t="s">
+        <v>234</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>629</v>
+      </c>
+      <c r="P101" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>631</v>
+      </c>
+      <c r="B102" t="s">
+        <v>632</v>
+      </c>
+      <c r="C102" t="s">
+        <v>633</v>
+      </c>
+      <c r="D102" t="s">
+        <v>634</v>
+      </c>
+      <c r="E102" t="s">
+        <v>548</v>
+      </c>
+      <c r="F102" t="s">
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>97</v>
+      </c>
+      <c r="H102"/>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>635</v>
+      </c>
+      <c r="K102" t="s">
+        <v>36</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102"/>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>636</v>
+      </c>
+      <c r="P102" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>638</v>
+      </c>
+      <c r="B103" t="s">
+        <v>639</v>
+      </c>
+      <c r="C103" t="s">
+        <v>472</v>
+      </c>
+      <c r="D103" t="s">
+        <v>248</v>
+      </c>
+      <c r="E103" t="s">
+        <v>53</v>
+      </c>
+      <c r="F103" t="s">
+        <v>206</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>1997</v>
+      </c>
+      <c r="I103">
+        <v>2011</v>
+      </c>
+      <c r="J103" t="s">
+        <v>473</v>
+      </c>
+      <c r="K103" t="s">
+        <v>36</v>
+      </c>
+      <c r="L103" t="s">
+        <v>640</v>
+      </c>
+      <c r="M103" t="s">
+        <v>641</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>642</v>
+      </c>
+      <c r="P103" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>644</v>
+      </c>
+      <c r="B104" t="s">
+        <v>645</v>
+      </c>
+      <c r="C104" t="s">
+        <v>646</v>
+      </c>
+      <c r="D104" t="s">
+        <v>313</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>34</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2018</v>
+      </c>
+      <c r="I104">
+        <v>2019</v>
+      </c>
+      <c r="J104" t="s">
+        <v>523</v>
+      </c>
+      <c r="K104" t="s">
+        <v>36</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>647</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>648</v>
+      </c>
+      <c r="P104" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>650</v>
+      </c>
+      <c r="B105" t="s">
+        <v>651</v>
+      </c>
+      <c r="C105" t="s">
+        <v>652</v>
+      </c>
+      <c r="D105" t="s">
+        <v>653</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>34</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2017</v>
+      </c>
+      <c r="I105">
         <v>2021</v>
       </c>
-      <c r="H92"/>
-[...36 lines deleted...]
-      <c r="G93">
+      <c r="J105" t="s">
+        <v>449</v>
+      </c>
+      <c r="K105" t="s">
+        <v>654</v>
+      </c>
+      <c r="L105" t="s">
+        <v>655</v>
+      </c>
+      <c r="M105" t="s">
+        <v>656</v>
+      </c>
+      <c r="N105" t="s">
+        <v>132</v>
+      </c>
+      <c r="O105" t="s">
+        <v>657</v>
+      </c>
+      <c r="P105" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>659</v>
+      </c>
+      <c r="B106" t="s">
+        <v>660</v>
+      </c>
+      <c r="C106" t="s">
+        <v>661</v>
+      </c>
+      <c r="D106" t="s">
+        <v>191</v>
+      </c>
+      <c r="E106" t="s">
+        <v>53</v>
+      </c>
+      <c r="F106" t="s">
+        <v>34</v>
+      </c>
+      <c r="G106" t="s">
+        <v>97</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>481</v>
+      </c>
+      <c r="K106" t="s">
+        <v>36</v>
+      </c>
+      <c r="L106" t="s">
+        <v>192</v>
+      </c>
+      <c r="M106" t="s">
+        <v>662</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>663</v>
+      </c>
+      <c r="P106" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>665</v>
+      </c>
+      <c r="B107" t="s">
+        <v>666</v>
+      </c>
+      <c r="C107" t="s">
+        <v>667</v>
+      </c>
+      <c r="D107" t="s">
+        <v>668</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107">
+        <v>2016</v>
+      </c>
+      <c r="J107" t="s">
+        <v>82</v>
+      </c>
+      <c r="K107" t="s">
+        <v>36</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>529</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>669</v>
+      </c>
+      <c r="P107" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>671</v>
+      </c>
+      <c r="B108" t="s">
+        <v>672</v>
+      </c>
+      <c r="C108" t="s">
+        <v>667</v>
+      </c>
+      <c r="D108" t="s">
+        <v>673</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2009</v>
+      </c>
+      <c r="I108">
         <v>2013</v>
       </c>
-      <c r="H93">
+      <c r="J108" t="s">
+        <v>82</v>
+      </c>
+      <c r="K108" t="s">
+        <v>36</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>529</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>674</v>
+      </c>
+      <c r="P108" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>676</v>
+      </c>
+      <c r="B109" t="s">
+        <v>677</v>
+      </c>
+      <c r="C109" t="s">
+        <v>678</v>
+      </c>
+      <c r="D109" t="s">
+        <v>313</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>34</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2016</v>
       </c>
-      <c r="I93" t="s">
-[...77 lines deleted...]
-      <c r="G95">
+      <c r="I109">
+        <v>2019</v>
+      </c>
+      <c r="J109" t="s">
+        <v>73</v>
+      </c>
+      <c r="K109" t="s">
+        <v>36</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>679</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>680</v>
+      </c>
+      <c r="P109" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>682</v>
+      </c>
+      <c r="B110" t="s">
+        <v>683</v>
+      </c>
+      <c r="C110" t="s">
+        <v>678</v>
+      </c>
+      <c r="D110" t="s">
+        <v>313</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>34</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2016</v>
+      </c>
+      <c r="I110">
+        <v>2019</v>
+      </c>
+      <c r="J110" t="s">
+        <v>73</v>
+      </c>
+      <c r="K110" t="s">
+        <v>36</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>679</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>684</v>
+      </c>
+      <c r="P110" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>685</v>
+      </c>
+      <c r="B111" t="s">
+        <v>686</v>
+      </c>
+      <c r="C111" t="s">
+        <v>687</v>
+      </c>
+      <c r="D111" t="s">
+        <v>71</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2006</v>
+      </c>
+      <c r="I111">
         <v>2015</v>
       </c>
-      <c r="H95"/>
-[...39 lines deleted...]
-      <c r="H96">
+      <c r="J111" t="s">
+        <v>63</v>
+      </c>
+      <c r="K111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>352</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>688</v>
+      </c>
+      <c r="P111" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>690</v>
+      </c>
+      <c r="B112" t="s">
+        <v>691</v>
+      </c>
+      <c r="C112" t="s">
+        <v>268</v>
+      </c>
+      <c r="D112" t="s">
+        <v>71</v>
+      </c>
+      <c r="E112" t="s">
+        <v>53</v>
+      </c>
+      <c r="F112" t="s">
+        <v>206</v>
+      </c>
+      <c r="G112" t="s">
+        <v>72</v>
+      </c>
+      <c r="H112">
+        <v>2012</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>481</v>
+      </c>
+      <c r="K112" t="s">
+        <v>36</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>692</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>693</v>
+      </c>
+      <c r="P112" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>695</v>
+      </c>
+      <c r="B113" t="s">
+        <v>696</v>
+      </c>
+      <c r="C113" t="s">
+        <v>268</v>
+      </c>
+      <c r="D113" t="s">
+        <v>697</v>
+      </c>
+      <c r="E113" t="s">
+        <v>53</v>
+      </c>
+      <c r="F113" t="s">
+        <v>206</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2012</v>
+      </c>
+      <c r="I113">
         <v>2017</v>
       </c>
-      <c r="I96" t="s">
-[...272 lines deleted...]
-      <c r="N102" t="s">
+      <c r="J113" t="s">
+        <v>54</v>
+      </c>
+      <c r="K113" t="s">
+        <v>36</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>692</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>698</v>
+      </c>
+      <c r="P113" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>700</v>
+      </c>
+      <c r="B114" t="s">
+        <v>701</v>
+      </c>
+      <c r="C114" t="s">
+        <v>702</v>
+      </c>
+      <c r="D114" t="s">
+        <v>71</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>34</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2002</v>
+      </c>
+      <c r="I114">
+        <v>2016</v>
+      </c>
+      <c r="J114" t="s">
         <v>449</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F103" t="s">
+      <c r="K114" t="s">
+        <v>36</v>
+      </c>
+      <c r="L114" t="s">
+        <v>703</v>
+      </c>
+      <c r="M114" t="s">
+        <v>704</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>705</v>
+      </c>
+      <c r="P114" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>707</v>
+      </c>
+      <c r="B115" t="s">
+        <v>708</v>
+      </c>
+      <c r="C115" t="s">
+        <v>702</v>
+      </c>
+      <c r="D115" t="s">
         <v>71</v>
       </c>
-      <c r="G103"/>
-[...490 lines deleted...]
-      </c>
       <c r="E115" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>34</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115">
         <v>2016</v>
       </c>
-      <c r="I115" t="s">
-        <v>315</v>
+      <c r="I115">
+        <v>2019</v>
       </c>
       <c r="J115" t="s">
-        <v>30</v>
+        <v>449</v>
       </c>
       <c r="K115" t="s">
-        <v>497</v>
+        <v>36</v>
       </c>
       <c r="L115" t="s">
-        <v>498</v>
+        <v>709</v>
       </c>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>704</v>
       </c>
       <c r="N115" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>710</v>
+      </c>
+      <c r="P115" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>500</v>
+        <v>712</v>
       </c>
       <c r="B116" t="s">
-        <v>496</v>
+        <v>713</v>
       </c>
       <c r="C116" t="s">
-        <v>51</v>
+        <v>702</v>
       </c>
       <c r="D116" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="E116" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>34</v>
+      </c>
+      <c r="G116" t="s">
+        <v>72</v>
       </c>
       <c r="H116">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>30</v>
+        <v>449</v>
       </c>
       <c r="K116" t="s">
-        <v>501</v>
+        <v>36</v>
       </c>
       <c r="L116" t="s">
-        <v>498</v>
+        <v>714</v>
       </c>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>704</v>
       </c>
       <c r="N116" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>715</v>
+      </c>
+      <c r="P116" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>503</v>
+        <v>717</v>
       </c>
       <c r="B117" t="s">
-        <v>496</v>
+        <v>718</v>
       </c>
       <c r="C117" t="s">
-        <v>58</v>
+        <v>719</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>720</v>
       </c>
       <c r="E117" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>44</v>
       </c>
-      <c r="G117">
+      <c r="G117" t="s">
+        <v>72</v>
+      </c>
+      <c r="H117">
+        <v>2017</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>63</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>721</v>
+      </c>
+      <c r="N117" t="s">
+        <v>132</v>
+      </c>
+      <c r="O117" t="s">
+        <v>722</v>
+      </c>
+      <c r="P117" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>724</v>
+      </c>
+      <c r="B118" t="s">
+        <v>725</v>
+      </c>
+      <c r="C118" t="s">
+        <v>217</v>
+      </c>
+      <c r="D118" t="s">
+        <v>112</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>72</v>
+      </c>
+      <c r="H118">
+        <v>2017</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>218</v>
+      </c>
+      <c r="K118" t="s">
+        <v>36</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>220</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>726</v>
+      </c>
+      <c r="P118" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>728</v>
+      </c>
+      <c r="B119" t="s">
+        <v>729</v>
+      </c>
+      <c r="C119" t="s">
+        <v>217</v>
+      </c>
+      <c r="D119" t="s">
+        <v>248</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>34</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2007</v>
+      </c>
+      <c r="I119">
+        <v>2020</v>
+      </c>
+      <c r="J119" t="s">
+        <v>227</v>
+      </c>
+      <c r="K119" t="s">
+        <v>36</v>
+      </c>
+      <c r="L119" t="s">
+        <v>730</v>
+      </c>
+      <c r="M119" t="s">
+        <v>220</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>731</v>
+      </c>
+      <c r="P119" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>733</v>
+      </c>
+      <c r="B120" t="s">
+        <v>672</v>
+      </c>
+      <c r="C120" t="s">
+        <v>667</v>
+      </c>
+      <c r="D120" t="s">
+        <v>734</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>44</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2009</v>
+      </c>
+      <c r="I120">
+        <v>2016</v>
+      </c>
+      <c r="J120" t="s">
+        <v>82</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>529</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>735</v>
+      </c>
+      <c r="P120" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>737</v>
+      </c>
+      <c r="B121" t="s">
+        <v>738</v>
+      </c>
+      <c r="C121" t="s">
+        <v>578</v>
+      </c>
+      <c r="D121" t="s">
+        <v>739</v>
+      </c>
+      <c r="E121" t="s">
+        <v>53</v>
+      </c>
+      <c r="F121" t="s">
+        <v>206</v>
+      </c>
+      <c r="G121" t="s">
+        <v>72</v>
+      </c>
+      <c r="H121">
         <v>2011</v>
       </c>
-      <c r="H117"/>
-[...170 lines deleted...]
-      </c>
+      <c r="I121"/>
       <c r="J121" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K121"/>
+        <v>740</v>
+      </c>
+      <c r="K121" t="s">
+        <v>36</v>
+      </c>
       <c r="L121" t="s">
-        <v>372</v>
+        <v>741</v>
       </c>
       <c r="M121" t="s">
-        <v>24</v>
+        <v>742</v>
       </c>
       <c r="N121" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>743</v>
+      </c>
+      <c r="P121" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>519</v>
+        <v>745</v>
       </c>
       <c r="B122" t="s">
-        <v>415</v>
+        <v>746</v>
       </c>
       <c r="C122" t="s">
-        <v>520</v>
+        <v>145</v>
       </c>
       <c r="D122" t="s">
-        <v>36</v>
+        <v>138</v>
       </c>
       <c r="E122" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>44</v>
       </c>
-      <c r="G122">
-[...5 lines deleted...]
-      </c>
+      <c r="G122" t="s">
+        <v>72</v>
+      </c>
+      <c r="H122">
+        <v>2021</v>
+      </c>
+      <c r="I122"/>
       <c r="J122" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="K122" t="s">
-        <v>522</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122"/>
       <c r="N122" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>747</v>
+      </c>
+      <c r="P122" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>525</v>
+        <v>745</v>
       </c>
       <c r="B123" t="s">
-        <v>105</v>
+        <v>749</v>
       </c>
       <c r="C123" t="s">
-        <v>100</v>
+        <v>145</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="E123" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>72</v>
+      </c>
+      <c r="H123">
         <v>2021</v>
       </c>
-      <c r="H123"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I123"/>
       <c r="J123" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K123"/>
+        <v>146</v>
+      </c>
+      <c r="K123" t="s">
+        <v>36</v>
+      </c>
       <c r="L123"/>
-      <c r="M123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M123"/>
       <c r="N123" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>750</v>
+      </c>
+      <c r="P123" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>525</v>
+        <v>752</v>
       </c>
       <c r="B124" t="s">
-        <v>105</v>
+        <v>753</v>
       </c>
       <c r="C124" t="s">
-        <v>100</v>
+        <v>754</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>755</v>
       </c>
       <c r="E124" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G124" t="s">
+        <v>72</v>
+      </c>
+      <c r="H124">
+        <v>2016</v>
+      </c>
+      <c r="I124"/>
       <c r="J124" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K124"/>
+        <v>756</v>
+      </c>
+      <c r="K124" t="s">
+        <v>36</v>
+      </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="N124" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>132</v>
+      </c>
+      <c r="O124" t="s">
+        <v>758</v>
+      </c>
+      <c r="P124" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>528</v>
+        <v>760</v>
       </c>
       <c r="B125" t="s">
-        <v>529</v>
+        <v>761</v>
       </c>
       <c r="C125" t="s">
-        <v>530</v>
+        <v>578</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>739</v>
       </c>
       <c r="E125" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="F125" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>44</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2001</v>
+      </c>
+      <c r="I125">
+        <v>2019</v>
+      </c>
+      <c r="J125" t="s">
+        <v>249</v>
+      </c>
+      <c r="K125" t="s">
+        <v>36</v>
+      </c>
+      <c r="L125" t="s">
+        <v>762</v>
+      </c>
+      <c r="M125" t="s">
+        <v>763</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>764</v>
+      </c>
+      <c r="P125" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>766</v>
+      </c>
+      <c r="B126" t="s">
+        <v>767</v>
+      </c>
+      <c r="C126" t="s">
+        <v>514</v>
+      </c>
+      <c r="D126" t="s">
+        <v>71</v>
+      </c>
+      <c r="E126" t="s">
+        <v>53</v>
+      </c>
+      <c r="F126" t="s">
+        <v>206</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2011</v>
+      </c>
+      <c r="I126">
+        <v>2020</v>
+      </c>
+      <c r="J126" t="s">
+        <v>54</v>
+      </c>
+      <c r="K126" t="s">
+        <v>36</v>
+      </c>
+      <c r="L126" t="s">
+        <v>768</v>
+      </c>
+      <c r="M126" t="s">
+        <v>769</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>770</v>
+      </c>
+      <c r="P126" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>772</v>
+      </c>
+      <c r="B127" t="s">
+        <v>773</v>
+      </c>
+      <c r="C127" t="s">
+        <v>514</v>
+      </c>
+      <c r="D127" t="s">
+        <v>71</v>
+      </c>
+      <c r="E127" t="s">
+        <v>53</v>
+      </c>
+      <c r="F127" t="s">
+        <v>206</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>1998</v>
+      </c>
+      <c r="I127">
+        <v>2020</v>
+      </c>
+      <c r="J127" t="s">
+        <v>54</v>
+      </c>
+      <c r="K127" t="s">
+        <v>36</v>
+      </c>
+      <c r="L127" t="s">
+        <v>774</v>
+      </c>
+      <c r="M127" t="s">
+        <v>769</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>775</v>
+      </c>
+      <c r="P127" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>777</v>
+      </c>
+      <c r="B128" t="s">
+        <v>778</v>
+      </c>
+      <c r="C128" t="s">
+        <v>779</v>
+      </c>
+      <c r="D128" t="s">
+        <v>780</v>
+      </c>
+      <c r="E128" t="s">
+        <v>53</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>72</v>
+      </c>
+      <c r="H128">
+        <v>2021</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>249</v>
+      </c>
+      <c r="K128" t="s">
+        <v>36</v>
+      </c>
+      <c r="L128" t="s">
+        <v>781</v>
+      </c>
+      <c r="M128" t="s">
+        <v>782</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>783</v>
+      </c>
+      <c r="P128"/>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>777</v>
+      </c>
+      <c r="B129" t="s">
+        <v>778</v>
+      </c>
+      <c r="C129" t="s">
+        <v>779</v>
+      </c>
+      <c r="D129" t="s">
+        <v>780</v>
+      </c>
+      <c r="E129" t="s">
+        <v>53</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>72</v>
+      </c>
+      <c r="H129">
+        <v>2021</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>249</v>
+      </c>
+      <c r="K129" t="s">
+        <v>36</v>
+      </c>
+      <c r="L129" t="s">
+        <v>781</v>
+      </c>
+      <c r="M129" t="s">
+        <v>782</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>784</v>
+      </c>
+      <c r="P129"/>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>785</v>
+      </c>
+      <c r="B130" t="s">
+        <v>786</v>
+      </c>
+      <c r="C130" t="s">
+        <v>787</v>
+      </c>
+      <c r="D130" t="s">
+        <v>191</v>
+      </c>
+      <c r="E130" t="s">
+        <v>53</v>
+      </c>
+      <c r="F130" t="s">
+        <v>34</v>
+      </c>
+      <c r="G130" t="s">
+        <v>72</v>
+      </c>
+      <c r="H130">
         <v>2016</v>
       </c>
-      <c r="H125">
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>218</v>
+      </c>
+      <c r="K130" t="s">
+        <v>36</v>
+      </c>
+      <c r="L130" t="s">
+        <v>192</v>
+      </c>
+      <c r="M130" t="s">
+        <v>788</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>789</v>
+      </c>
+      <c r="P130" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>791</v>
+      </c>
+      <c r="B131" t="s">
+        <v>792</v>
+      </c>
+      <c r="C131" t="s">
+        <v>793</v>
+      </c>
+      <c r="D131" t="s">
+        <v>112</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>34</v>
+      </c>
+      <c r="G131" t="s">
+        <v>72</v>
+      </c>
+      <c r="H131">
+        <v>2007</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>523</v>
+      </c>
+      <c r="K131" t="s">
+        <v>36</v>
+      </c>
+      <c r="L131" t="s">
+        <v>794</v>
+      </c>
+      <c r="M131" t="s">
+        <v>795</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>796</v>
+      </c>
+      <c r="P131" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>798</v>
+      </c>
+      <c r="B132" t="s">
+        <v>799</v>
+      </c>
+      <c r="C132" t="s">
+        <v>793</v>
+      </c>
+      <c r="D132" t="s">
+        <v>112</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2014</v>
+      </c>
+      <c r="I132">
         <v>2018</v>
       </c>
-      <c r="I125" t="s">
-[...164 lines deleted...]
-      <c r="F129" t="s">
+      <c r="J132" t="s">
+        <v>523</v>
+      </c>
+      <c r="K132" t="s">
+        <v>36</v>
+      </c>
+      <c r="L132" t="s">
+        <v>800</v>
+      </c>
+      <c r="M132" t="s">
+        <v>795</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>801</v>
+      </c>
+      <c r="P132" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>803</v>
+      </c>
+      <c r="B133" t="s">
+        <v>804</v>
+      </c>
+      <c r="C133" t="s">
+        <v>805</v>
+      </c>
+      <c r="D133" t="s">
+        <v>806</v>
+      </c>
+      <c r="E133" t="s">
+        <v>53</v>
+      </c>
+      <c r="F133" t="s">
         <v>44</v>
       </c>
-      <c r="G129">
-[...167 lines deleted...]
-      <c r="G133">
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
         <v>2014</v>
       </c>
-      <c r="H133">
-[...3 lines deleted...]
-        <v>367</v>
+      <c r="I133">
+        <v>2017</v>
       </c>
       <c r="J133" t="s">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="K133" t="s">
-        <v>561</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L133"/>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>807</v>
       </c>
       <c r="N133" t="s">
-        <v>562</v>
-[...41 lines deleted...]
-        <v>567</v>
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>808</v>
+      </c>
+      <c r="P133" t="s">
+        <v>809</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>