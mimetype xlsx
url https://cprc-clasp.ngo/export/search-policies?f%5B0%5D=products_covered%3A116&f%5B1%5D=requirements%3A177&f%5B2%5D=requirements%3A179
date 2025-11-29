--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -12,855 +12,1161 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for domestic fan that are used in household that is connected to main power supply including—
+(a) the ceiling fan with size from 48 inch up to16 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS 1220:2010
 ,   
                     IEC 60879:1986</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
   </si>
   <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1124,2247 +1430,2554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...47 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H4">
+        <v>1998</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...50 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
         <v>44</v>
       </c>
-      <c r="F5" t="s">
-[...63 lines deleted...]
-      <c r="N6" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>53</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
         <v>60</v>
       </c>
-      <c r="B8" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
-      <c r="I9" t="s">
-        <v>56</v>
+      <c r="I9">
+        <v>2010</v>
       </c>
       <c r="J9" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="K9" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="N9" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>83</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
         <v>68</v>
       </c>
-      <c r="B10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
         <v>2014</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10"/>
       <c r="N10" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
         <v>68</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
         <v>2014</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2024</v>
       </c>
-      <c r="I12" t="s">
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>83</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>68</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>90</v>
+      </c>
+      <c r="M14" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>95</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>96</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>89</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>83</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>95</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>96</v>
+      </c>
+      <c r="N18" t="s">
+        <v>83</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>134</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>140</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>133</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>141</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>148</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>149</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>155</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>53</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>157</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>166</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2024</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>174</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>166</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>35</v>
+      </c>
+      <c r="K24" t="s">
+        <v>175</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>176</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>181</v>
+      </c>
+      <c r="H25">
+        <v>1989</v>
+      </c>
+      <c r="I25">
+        <v>2009</v>
+      </c>
+      <c r="J25" t="s">
+        <v>182</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>76</v>
+      </c>
+      <c r="M25" t="s">
+        <v>71</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>60</v>
+      </c>
+      <c r="D26" t="s">
+        <v>147</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1989</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" t="s">
         <v>81</v>
       </c>
-      <c r="J12" t="s">
-[...14 lines deleted...]
-      <c r="A13" t="s">
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>69</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>193</v>
+      </c>
+      <c r="M27" t="s">
+        <v>71</v>
+      </c>
+      <c r="N27" t="s">
         <v>83</v>
       </c>
-      <c r="B13" t="s">
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>60</v>
+      </c>
+      <c r="D28" t="s">
+        <v>81</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>69</v>
       </c>
-      <c r="C13" t="s">
-[...11 lines deleted...]
-      <c r="G13">
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>198</v>
+      </c>
+      <c r="M28" t="s">
+        <v>199</v>
+      </c>
+      <c r="N28" t="s">
+        <v>83</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" t="s">
+        <v>60</v>
+      </c>
+      <c r="D29" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>204</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>199</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>206</v>
+      </c>
+      <c r="P29" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>208</v>
+      </c>
+      <c r="B30" t="s">
+        <v>209</v>
+      </c>
+      <c r="C30" t="s">
+        <v>210</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>166</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>211</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>212</v>
+      </c>
+      <c r="M30" t="s">
+        <v>213</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>216</v>
+      </c>
+      <c r="B31" t="s">
+        <v>217</v>
+      </c>
+      <c r="C31" t="s">
+        <v>218</v>
+      </c>
+      <c r="D31" t="s">
+        <v>147</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>166</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31">
+        <v>2025</v>
+      </c>
+      <c r="J31" t="s">
+        <v>219</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>220</v>
+      </c>
+      <c r="M31" t="s">
+        <v>213</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>221</v>
+      </c>
+      <c r="P31" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" t="s">
+        <v>224</v>
+      </c>
+      <c r="C32" t="s">
+        <v>218</v>
+      </c>
+      <c r="D32" t="s">
+        <v>147</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>166</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>225</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>226</v>
+      </c>
+      <c r="M32" t="s">
+        <v>213</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" t="s">
+        <v>231</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>166</v>
+      </c>
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>133</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>232</v>
+      </c>
+      <c r="M33" t="s">
+        <v>141</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" t="s">
+        <v>236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>237</v>
+      </c>
+      <c r="D34" t="s">
+        <v>156</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>53</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>238</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>239</v>
+      </c>
+      <c r="M34" t="s">
+        <v>240</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>241</v>
+      </c>
+      <c r="P34" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>243</v>
+      </c>
+      <c r="B35" t="s">
+        <v>244</v>
+      </c>
+      <c r="C35" t="s">
+        <v>245</v>
+      </c>
+      <c r="D35" t="s">
+        <v>102</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>166</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>246</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>247</v>
+      </c>
+      <c r="M35" t="s">
+        <v>248</v>
+      </c>
+      <c r="N35" t="s">
+        <v>83</v>
+      </c>
+      <c r="O35" t="s">
+        <v>249</v>
+      </c>
+      <c r="P35" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>251</v>
+      </c>
+      <c r="B36" t="s">
+        <v>252</v>
+      </c>
+      <c r="C36" t="s">
+        <v>253</v>
+      </c>
+      <c r="D36" t="s">
+        <v>115</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
         <v>2014</v>
       </c>
-      <c r="H13"/>
-[...18 lines deleted...]
-      <c r="A14" t="s">
+      <c r="J36" t="s">
+        <v>204</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>254</v>
+      </c>
+      <c r="M36" t="s">
+        <v>255</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>256</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>257</v>
+      </c>
+      <c r="B37" t="s">
+        <v>258</v>
+      </c>
+      <c r="C37" t="s">
+        <v>253</v>
+      </c>
+      <c r="D37" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>204</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>259</v>
+      </c>
+      <c r="M37" t="s">
+        <v>255</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>260</v>
+      </c>
+      <c r="P37" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>262</v>
+      </c>
+      <c r="B38" t="s">
+        <v>263</v>
+      </c>
+      <c r="C38" t="s">
+        <v>264</v>
+      </c>
+      <c r="D38" t="s">
+        <v>102</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>265</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>266</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>267</v>
+      </c>
+      <c r="P38" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>269</v>
+      </c>
+      <c r="B39" t="s">
+        <v>270</v>
+      </c>
+      <c r="C39" t="s">
+        <v>264</v>
+      </c>
+      <c r="D39" t="s">
+        <v>271</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>272</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>266</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>273</v>
+      </c>
+      <c r="P39" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>274</v>
+      </c>
+      <c r="B40" t="s">
+        <v>275</v>
+      </c>
+      <c r="C40" t="s">
+        <v>264</v>
+      </c>
+      <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>265</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>266</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>276</v>
+      </c>
+      <c r="P40" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>277</v>
+      </c>
+      <c r="B41" t="s">
+        <v>154</v>
+      </c>
+      <c r="C41" t="s">
+        <v>155</v>
+      </c>
+      <c r="D41" t="s">
+        <v>156</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>157</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>158</v>
+      </c>
+      <c r="M41" t="s">
+        <v>159</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>278</v>
+      </c>
+      <c r="P41" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>279</v>
+      </c>
+      <c r="B42" t="s">
+        <v>280</v>
+      </c>
+      <c r="C42" t="s">
+        <v>281</v>
+      </c>
+      <c r="D42" t="s">
+        <v>156</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>166</v>
+      </c>
+      <c r="G42" t="s">
+        <v>34</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>35</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>282</v>
+      </c>
+      <c r="M42" t="s">
+        <v>283</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>284</v>
+      </c>
+      <c r="P42" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>286</v>
+      </c>
+      <c r="B43" t="s">
+        <v>287</v>
+      </c>
+      <c r="C43" t="s">
+        <v>281</v>
+      </c>
+      <c r="D43" t="s">
+        <v>288</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>166</v>
+      </c>
+      <c r="G43" t="s">
+        <v>34</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>35</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>289</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>290</v>
+      </c>
+      <c r="P43" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>292</v>
+      </c>
+      <c r="B44" t="s">
+        <v>293</v>
+      </c>
+      <c r="C44" t="s">
+        <v>237</v>
+      </c>
+      <c r="D44" t="s">
+        <v>44</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>238</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>294</v>
+      </c>
+      <c r="M44" t="s">
+        <v>295</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>296</v>
+      </c>
+      <c r="P44" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>298</v>
+      </c>
+      <c r="B45" t="s">
+        <v>299</v>
+      </c>
+      <c r="C45" t="s">
+        <v>300</v>
+      </c>
+      <c r="D45" t="s">
+        <v>301</v>
+      </c>
+      <c r="E45" t="s">
+        <v>302</v>
+      </c>
+      <c r="F45" t="s">
+        <v>303</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
+        <v>2023</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>133</v>
+      </c>
+      <c r="K45" t="s">
+        <v>304</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>305</v>
+      </c>
+      <c r="N45" t="s">
         <v>83</v>
       </c>
-      <c r="B14" t="s">
-[...14 lines deleted...]
-      <c r="G14">
+      <c r="O45" t="s">
+        <v>306</v>
+      </c>
+      <c r="P45" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>308</v>
+      </c>
+      <c r="B46" t="s">
+        <v>309</v>
+      </c>
+      <c r="C46" t="s">
+        <v>300</v>
+      </c>
+      <c r="D46" t="s">
+        <v>44</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>166</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2014</v>
       </c>
-      <c r="H14"/>
-[...116 lines deleted...]
-      <c r="G17">
+      <c r="I46">
+        <v>2024</v>
+      </c>
+      <c r="J46" t="s">
+        <v>310</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>311</v>
+      </c>
+      <c r="M46" t="s">
+        <v>305</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>316</v>
+      </c>
+      <c r="D47" t="s">
+        <v>317</v>
+      </c>
+      <c r="E47" t="s">
+        <v>302</v>
+      </c>
+      <c r="F47" t="s">
+        <v>166</v>
+      </c>
+      <c r="G47" t="s">
+        <v>148</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>318</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>319</v>
+      </c>
+      <c r="P47" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>321</v>
+      </c>
+      <c r="B48" t="s">
+        <v>322</v>
+      </c>
+      <c r="C48" t="s">
+        <v>323</v>
+      </c>
+      <c r="D48" t="s">
+        <v>324</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>166</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2017</v>
+      </c>
+      <c r="I48">
+        <v>2021</v>
+      </c>
+      <c r="J48" t="s">
+        <v>225</v>
+      </c>
+      <c r="K48" t="s">
+        <v>325</v>
+      </c>
+      <c r="L48" t="s">
+        <v>326</v>
+      </c>
+      <c r="M48" t="s">
+        <v>327</v>
+      </c>
+      <c r="N48" t="s">
+        <v>83</v>
+      </c>
+      <c r="O48" t="s">
+        <v>328</v>
+      </c>
+      <c r="P48" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>330</v>
+      </c>
+      <c r="B49" t="s">
+        <v>331</v>
+      </c>
+      <c r="C49" t="s">
+        <v>332</v>
+      </c>
+      <c r="D49" t="s">
+        <v>333</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49">
+        <v>2013</v>
+      </c>
+      <c r="J49" t="s">
+        <v>45</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>334</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>335</v>
+      </c>
+      <c r="P49" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>337</v>
+      </c>
+      <c r="B50" t="s">
+        <v>338</v>
+      </c>
+      <c r="C50" t="s">
+        <v>339</v>
+      </c>
+      <c r="D50" t="s">
+        <v>44</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>166</v>
+      </c>
+      <c r="G50" t="s">
+        <v>34</v>
+      </c>
+      <c r="H50">
         <v>2011</v>
       </c>
-      <c r="H17"/>
-[...116 lines deleted...]
-      <c r="G20">
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>225</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>340</v>
+      </c>
+      <c r="M50" t="s">
+        <v>341</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>342</v>
+      </c>
+      <c r="P50" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>344</v>
+      </c>
+      <c r="B51" t="s">
+        <v>345</v>
+      </c>
+      <c r="C51" t="s">
+        <v>130</v>
+      </c>
+      <c r="D51" t="s">
+        <v>147</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>166</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2007</v>
+      </c>
+      <c r="I51">
         <v>2020</v>
       </c>
-      <c r="H20"/>
-[...184 lines deleted...]
-      <c r="A25" t="s">
+      <c r="J51" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
-[...20 lines deleted...]
-      <c r="I25" t="s">
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>346</v>
+      </c>
+      <c r="M51" t="s">
         <v>134</v>
       </c>
-      <c r="J25" t="s">
-[...1110 lines deleted...]
-      </c>
       <c r="N51" t="s">
-        <v>251</v>
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>347</v>
+      </c>
+      <c r="P51" t="s">
+        <v>348</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>