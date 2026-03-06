--- v1 (2025-11-29)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,108 +116,111 @@
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
+  </si>
+  <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...55 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
     <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
@@ -566,53 +569,50 @@
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
-    <t>Superseded</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
@@ -651,110 +651,85 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
     <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
@@ -1430,61 +1405,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P51"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1672,2276 +1647,2226 @@
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>53</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2020</v>
       </c>
       <c r="I6">
         <v>2021</v>
       </c>
       <c r="J6" t="s">
         <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>53</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2009</v>
       </c>
       <c r="I8">
         <v>2010</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>53</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
       <c r="I9">
         <v>2010</v>
       </c>
       <c r="J9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>53</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10"/>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>53</v>
       </c>
       <c r="G11" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2024</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
       <c r="I19">
         <v>2023</v>
       </c>
       <c r="J19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H20">
         <v>2020</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K22" t="s">
         <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2016</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
         <v>35</v>
       </c>
       <c r="K24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C25" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>181</v>
+        <v>34</v>
       </c>
       <c r="H25">
         <v>1989</v>
       </c>
       <c r="I25">
         <v>2009</v>
       </c>
       <c r="J25" t="s">
         <v>182</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>183</v>
       </c>
       <c r="P25" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>185</v>
       </c>
       <c r="B26" t="s">
         <v>186</v>
       </c>
       <c r="C26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>1989</v>
       </c>
       <c r="I26">
         <v>2021</v>
       </c>
       <c r="J26" t="s">
         <v>182</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
         <v>187</v>
       </c>
       <c r="M26" t="s">
         <v>188</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>189</v>
       </c>
       <c r="P26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>191</v>
       </c>
       <c r="B27" t="s">
         <v>192</v>
       </c>
       <c r="C27" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2010</v>
       </c>
       <c r="I27">
         <v>2021</v>
       </c>
       <c r="J27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
         <v>193</v>
       </c>
       <c r="M27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N27" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O27" t="s">
         <v>194</v>
       </c>
       <c r="P27" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>196</v>
       </c>
       <c r="B28" t="s">
         <v>197</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28" t="s">
         <v>198</v>
       </c>
       <c r="M28" t="s">
         <v>199</v>
       </c>
       <c r="N28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O28" t="s">
         <v>200</v>
       </c>
       <c r="P28" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>202</v>
       </c>
       <c r="B29" t="s">
         <v>203</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>204</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
       <c r="L29" t="s">
         <v>205</v>
       </c>
       <c r="M29" t="s">
         <v>199</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>206</v>
       </c>
       <c r="P29" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>208</v>
       </c>
       <c r="B30" t="s">
         <v>209</v>
       </c>
       <c r="C30" t="s">
         <v>210</v>
       </c>
       <c r="D30" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J30" t="s">
         <v>211</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30" t="s">
         <v>212</v>
       </c>
       <c r="M30" t="s">
         <v>213</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>214</v>
       </c>
       <c r="P30" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>216</v>
       </c>
       <c r="B31" t="s">
         <v>217</v>
       </c>
       <c r="C31" t="s">
+        <v>210</v>
+      </c>
+      <c r="D31" t="s">
+        <v>148</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>167</v>
+      </c>
+      <c r="G31" t="s">
         <v>218</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
-      <c r="I31">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
         <v>219</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31" t="s">
         <v>220</v>
       </c>
       <c r="M31" t="s">
         <v>213</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>221</v>
       </c>
       <c r="P31" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>223</v>
       </c>
       <c r="B32" t="s">
         <v>224</v>
       </c>
       <c r="C32" t="s">
-        <v>218</v>
+        <v>140</v>
       </c>
       <c r="D32" t="s">
-        <v>147</v>
+        <v>225</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>225</v>
+        <v>134</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32" t="s">
         <v>226</v>
       </c>
       <c r="M32" t="s">
-        <v>213</v>
+        <v>142</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>227</v>
       </c>
       <c r="P32" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>229</v>
       </c>
       <c r="B33" t="s">
         <v>230</v>
       </c>
       <c r="C33" t="s">
-        <v>139</v>
+        <v>231</v>
       </c>
       <c r="D33" t="s">
-        <v>231</v>
+        <v>157</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>166</v>
+        <v>53</v>
       </c>
       <c r="G33" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2021</v>
+      </c>
       <c r="J33" t="s">
-        <v>133</v>
+        <v>232</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M33" t="s">
-        <v>141</v>
+        <v>234</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P33" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B34" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C34" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D34" t="s">
-        <v>156</v>
+        <v>103</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>53</v>
+        <v>167</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2008</v>
       </c>
       <c r="I34">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="J34" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="M34" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="N34" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I35">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J35" t="s">
-        <v>246</v>
+        <v>204</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N35" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="P35" t="s">
         <v>250</v>
       </c>
+      <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>251</v>
       </c>
       <c r="B36" t="s">
         <v>252</v>
       </c>
       <c r="C36" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D36" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2013</v>
       </c>
       <c r="I36">
         <v>2014</v>
       </c>
       <c r="J36" t="s">
         <v>204</v>
       </c>
       <c r="K36" t="s">
         <v>36</v>
       </c>
       <c r="L36" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="M36" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="P36"/>
+        <v>254</v>
+      </c>
+      <c r="P36" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>256</v>
+      </c>
+      <c r="B37" t="s">
         <v>257</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>258</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H37">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>204</v>
+        <v>259</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C38" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="D38" t="s">
-        <v>102</v>
+        <v>265</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H38">
         <v>2022</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>267</v>
       </c>
       <c r="P38" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>268</v>
+      </c>
+      <c r="B39" t="s">
         <v>269</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="D39" t="s">
-        <v>271</v>
+        <v>225</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H39">
         <v>2022</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="P39" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B40" t="s">
-        <v>275</v>
+        <v>155</v>
       </c>
       <c r="C40" t="s">
-        <v>264</v>
+        <v>156</v>
       </c>
       <c r="D40" t="s">
-        <v>231</v>
+        <v>157</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H40">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>265</v>
+        <v>158</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>159</v>
+      </c>
       <c r="M40" t="s">
-        <v>266</v>
+        <v>160</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="P40" t="s">
-        <v>268</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B41" t="s">
-        <v>154</v>
+        <v>274</v>
       </c>
       <c r="C41" t="s">
-        <v>155</v>
+        <v>275</v>
       </c>
       <c r="D41" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>167</v>
       </c>
       <c r="G41" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H41">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>157</v>
+        <v>35</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
-        <v>158</v>
+        <v>276</v>
       </c>
       <c r="M41" t="s">
-        <v>159</v>
+        <v>277</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>278</v>
       </c>
       <c r="P41" t="s">
-        <v>161</v>
+        <v>279</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C42" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="D42" t="s">
-        <v>156</v>
+        <v>282</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G42" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>35</v>
       </c>
       <c r="K42" t="s">
         <v>36</v>
       </c>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
         <v>283</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>284</v>
       </c>
       <c r="P42" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>286</v>
       </c>
       <c r="B43" t="s">
         <v>287</v>
       </c>
       <c r="C43" t="s">
-        <v>281</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2008</v>
+      </c>
+      <c r="I43">
+        <v>2017</v>
+      </c>
+      <c r="J43" t="s">
+        <v>232</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
         <v>288</v>
       </c>
-      <c r="E43" t="s">
-[...18 lines deleted...]
-      <c r="L43"/>
       <c r="M43" t="s">
         <v>289</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>290</v>
       </c>
       <c r="P43" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>292</v>
       </c>
       <c r="B44" t="s">
         <v>293</v>
       </c>
       <c r="C44" t="s">
-        <v>237</v>
+        <v>294</v>
       </c>
       <c r="D44" t="s">
-        <v>44</v>
+        <v>295</v>
       </c>
       <c r="E44" t="s">
-        <v>20</v>
+        <v>296</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>297</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H44">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>238</v>
+        <v>134</v>
       </c>
       <c r="K44" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="N44" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="O44" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="P44" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B45" t="s">
+        <v>303</v>
+      </c>
+      <c r="C45" t="s">
+        <v>294</v>
+      </c>
+      <c r="D45" t="s">
+        <v>44</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>167</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45">
+        <v>2024</v>
+      </c>
+      <c r="J45" t="s">
+        <v>304</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" t="s">
+        <v>305</v>
+      </c>
+      <c r="M45" t="s">
         <v>299</v>
       </c>
-      <c r="C45" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="N45" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>306</v>
       </c>
       <c r="P45" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>308</v>
       </c>
       <c r="B46" t="s">
         <v>309</v>
       </c>
       <c r="C46" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="D46" t="s">
-        <v>44</v>
+        <v>311</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>296</v>
       </c>
       <c r="F46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
-      <c r="L46" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L46"/>
+      <c r="M46"/>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P46" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E47" t="s">
-        <v>302</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G47" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-      <c r="I47"/>
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47">
+        <v>2021</v>
+      </c>
       <c r="J47" t="s">
-        <v>318</v>
+        <v>219</v>
       </c>
       <c r="K47" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="M47"/>
+        <v>319</v>
+      </c>
+      <c r="L47" t="s">
+        <v>320</v>
+      </c>
+      <c r="M47" t="s">
+        <v>321</v>
+      </c>
       <c r="N47" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="O47" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="P47" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B48" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C48" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D48" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="I48">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J48" t="s">
-        <v>225</v>
+        <v>45</v>
       </c>
       <c r="K48" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N48" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="P48" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D49" t="s">
-        <v>333</v>
+        <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>21</v>
+        <v>167</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H49">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>45</v>
+        <v>219</v>
       </c>
       <c r="K49" t="s">
         <v>36</v>
       </c>
-      <c r="L49"/>
+      <c r="L49" t="s">
+        <v>334</v>
+      </c>
       <c r="M49" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P49" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C50" t="s">
-        <v>339</v>
+        <v>131</v>
       </c>
       <c r="D50" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G50" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>2007</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
       <c r="J50" t="s">
-        <v>225</v>
+        <v>134</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50" t="s">
         <v>340</v>
       </c>
       <c r="M50" t="s">
-        <v>341</v>
+        <v>135</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
+        <v>341</v>
+      </c>
+      <c r="P50" t="s">
         <v>342</v>
-      </c>
-[...51 lines deleted...]
-        <v>348</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">