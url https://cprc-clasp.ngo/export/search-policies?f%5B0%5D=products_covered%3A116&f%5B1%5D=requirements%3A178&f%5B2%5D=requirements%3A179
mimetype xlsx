--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,507 +12,643 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -776,1077 +912,1218 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="195.667" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...19 lines deleted...]
-      <c r="B3" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...76 lines deleted...]
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
         <v>40</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>47</v>
       </c>
-      <c r="B6" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
         <v>49</v>
       </c>
-      <c r="L6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="K7" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>40</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="K8" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="N8" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
         <v>59</v>
       </c>
-      <c r="C9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2001</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2018</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K9" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>96</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1981</v>
+      </c>
+      <c r="I12">
+        <v>1982</v>
+      </c>
+      <c r="J12" t="s">
+        <v>47</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>49</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>96</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>47</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>66</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
         <v>2012</v>
       </c>
-      <c r="H10">
-[...218 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>84</v>
+        <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
-      <c r="I16" t="s">
-        <v>87</v>
+      <c r="I16">
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>124</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>126</v>
+      </c>
+      <c r="G17" t="s">
         <v>35</v>
       </c>
-      <c r="N16" t="s">
-[...22 lines deleted...]
-      <c r="G17">
+      <c r="H17">
         <v>2009</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="N17" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="E18" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>126</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
         <v>2015</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="N18" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="D19" t="s">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
-        <v>105</v>
+        <v>140</v>
       </c>
       <c r="F19" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>141</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
         <v>2023</v>
       </c>
-      <c r="H19"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="K19" t="s">
+        <v>143</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>35</v>
+        <v>144</v>
       </c>
       <c r="N19" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>40</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>112</v>
+        <v>149</v>
       </c>
       <c r="D20" t="s">
-        <v>104</v>
+        <v>150</v>
       </c>
       <c r="E20" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="F20" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="G20"/>
+        <v>151</v>
+      </c>
+      <c r="G20" t="s">
+        <v>152</v>
+      </c>
       <c r="H20"/>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="K20"/>
+        <v>153</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
       <c r="L20"/>
-      <c r="M20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M20"/>
       <c r="N20" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>1997</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2011</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>32</v>
+        <v>159</v>
       </c>
       <c r="K21" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>121</v>
+        <v>160</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="N21" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
         <v>124</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
         <v>2011</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>32</v>
+        <v>167</v>
       </c>
       <c r="K22" t="s">
-        <v>126</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>127</v>
+        <v>168</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>129</v>
+        <v>172</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>173</v>
       </c>
       <c r="C23" t="s">
         <v>124</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2001</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2019</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>32</v>
+        <v>174</v>
       </c>
       <c r="K23" t="s">
-        <v>131</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="N23" t="s">
-        <v>133</v>
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>