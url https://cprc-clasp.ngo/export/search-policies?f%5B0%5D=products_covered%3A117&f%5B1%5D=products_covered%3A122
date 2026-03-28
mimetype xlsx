--- v0 (2025-12-15)
+++ v1 (2026-03-28)
@@ -149,158 +149,161 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
+  </si>
+  <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>CEL-017. Alternative Current Electric Fans</t>
+  </si>
+  <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2008, GB 13380</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
   </si>
   <si>
-    <t>October 2022</t>
-[...103 lines deleted...]
-  <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
     <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
@@ -444,53 +447,50 @@
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
     <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
@@ -1568,875 +1568,875 @@
       </c>
       <c r="P7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>77</v>
       </c>
       <c r="B8" t="s">
         <v>78</v>
       </c>
       <c r="C8" t="s">
         <v>79</v>
       </c>
       <c r="D8" t="s">
         <v>80</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H8">
         <v>2020</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>73</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K9" t="s">
         <v>47</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D10" t="s">
         <v>55</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K10" t="s">
         <v>47</v>
       </c>
       <c r="L10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G11" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K11" t="s">
         <v>47</v>
       </c>
       <c r="L11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>47</v>
       </c>
       <c r="L12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>46</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2001</v>
       </c>
       <c r="I14">
         <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K14" t="s">
         <v>47</v>
       </c>
       <c r="L14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15">
         <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K15" t="s">
         <v>47</v>
       </c>
       <c r="L15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D16" t="s">
         <v>55</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1981</v>
       </c>
       <c r="I16">
         <v>1982</v>
       </c>
       <c r="J16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K16" t="s">
         <v>47</v>
       </c>
       <c r="L16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>144</v>
+        <v>45</v>
       </c>
       <c r="H17">
         <v>1989</v>
       </c>
       <c r="I17">
         <v>2009</v>
       </c>
       <c r="J17" t="s">
         <v>145</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17" t="s">
         <v>64</v>
       </c>
       <c r="M17" t="s">
         <v>65</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>146</v>
       </c>
       <c r="P17" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>148</v>
       </c>
       <c r="B18" t="s">
         <v>149</v>
       </c>
       <c r="C18" t="s">
         <v>62</v>
       </c>
       <c r="D18" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1989</v>
       </c>
       <c r="I18">
         <v>2021</v>
       </c>
       <c r="J18" t="s">
         <v>145</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18" t="s">
         <v>150</v>
       </c>
       <c r="M18" t="s">
         <v>151</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>152</v>
       </c>
       <c r="P18" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>154</v>
       </c>
       <c r="B19" t="s">
         <v>155</v>
       </c>
       <c r="C19" t="s">
         <v>156</v>
       </c>
       <c r="D19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2025</v>
       </c>
       <c r="J19" t="s">
         <v>157</v>
       </c>
       <c r="K19" t="s">
         <v>47</v>
       </c>
       <c r="L19" t="s">
         <v>158</v>
       </c>
       <c r="M19" t="s">
         <v>159</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>160</v>
       </c>
       <c r="P19" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>162</v>
       </c>
       <c r="B20" t="s">
         <v>163</v>
       </c>
       <c r="C20" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G20" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20" t="s">
         <v>164</v>
       </c>
       <c r="M20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>165</v>
       </c>
       <c r="P20" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>167</v>
       </c>
       <c r="B21" t="s">
         <v>168</v>
       </c>
       <c r="C21" t="s">
         <v>156</v>
       </c>
       <c r="D21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G21" t="s">
         <v>169</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>170</v>
       </c>
       <c r="K21" t="s">
         <v>47</v>
       </c>
       <c r="L21" t="s">
         <v>171</v>
       </c>
       <c r="M21" t="s">
         <v>159</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>172</v>
       </c>
       <c r="P21" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>174</v>
       </c>
       <c r="B22" t="s">
         <v>175</v>
       </c>
       <c r="C22" t="s">
         <v>79</v>
       </c>
       <c r="D22" t="s">
         <v>176</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G22" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H22">
         <v>2023</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>73</v>
       </c>
       <c r="K22" t="s">
         <v>47</v>
       </c>
       <c r="L22" t="s">
         <v>177</v>
       </c>
       <c r="M22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>178</v>
       </c>
       <c r="P22" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>180</v>
       </c>
       <c r="B23" t="s">
         <v>181</v>
       </c>
       <c r="C23" t="s">
         <v>182</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23">
         <v>2014</v>
       </c>
       <c r="J23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K23" t="s">
         <v>47</v>
       </c>
       <c r="L23" t="s">
         <v>183</v>
       </c>
       <c r="M23" t="s">
         <v>184</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>185</v>
       </c>
       <c r="P23" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>187</v>
       </c>
       <c r="B24" t="s">
         <v>188</v>
       </c>
       <c r="C24" t="s">
         <v>189</v>
       </c>
       <c r="D24" t="s">
         <v>176</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H24">
         <v>2022</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>190</v>
       </c>
       <c r="K24" t="s">
         <v>47</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>191</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>192</v>
       </c>
       <c r="P24" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>194</v>
       </c>
       <c r="B25" t="s">
         <v>195</v>
       </c>
       <c r="C25" t="s">
         <v>196</v>
       </c>
       <c r="D25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25" t="s">
         <v>197</v>
       </c>
       <c r="G25" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>198</v>
       </c>
       <c r="K25" t="s">
         <v>47</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>199</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>200</v>
       </c>
       <c r="P25" t="s">
         <v>201</v>
       </c>
     </row>
@@ -2485,143 +2485,143 @@
       </c>
       <c r="O26" t="s">
         <v>208</v>
       </c>
       <c r="P26" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>210</v>
       </c>
       <c r="B27" t="s">
         <v>211</v>
       </c>
       <c r="C27" t="s">
         <v>212</v>
       </c>
       <c r="D27" t="s">
         <v>55</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2024</v>
       </c>
       <c r="J27" t="s">
         <v>213</v>
       </c>
       <c r="K27" t="s">
         <v>47</v>
       </c>
       <c r="L27" t="s">
         <v>214</v>
       </c>
       <c r="M27" t="s">
         <v>215</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>216</v>
       </c>
       <c r="P27" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>218</v>
       </c>
       <c r="B28" t="s">
         <v>219</v>
       </c>
       <c r="C28" t="s">
         <v>220</v>
       </c>
       <c r="D28" t="s">
         <v>221</v>
       </c>
       <c r="E28" t="s">
         <v>222</v>
       </c>
       <c r="F28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G28" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>223</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>224</v>
       </c>
       <c r="P28" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>226</v>
       </c>
       <c r="B29" t="s">
         <v>227</v>
       </c>
       <c r="C29" t="s">
         <v>204</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1997</v>
       </c>
       <c r="I29">
         <v>2011</v>
       </c>
       <c r="J29" t="s">
         <v>205</v>
       </c>
       <c r="K29" t="s">
         <v>47</v>
       </c>
       <c r="L29" t="s">
         <v>228</v>
       </c>
       <c r="M29" t="s">
         <v>229</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
@@ -2675,152 +2675,152 @@
       </c>
       <c r="O30" t="s">
         <v>237</v>
       </c>
       <c r="P30" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>239</v>
       </c>
       <c r="B31" t="s">
         <v>240</v>
       </c>
       <c r="C31" t="s">
         <v>241</v>
       </c>
       <c r="D31" t="s">
         <v>55</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G31" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>170</v>
       </c>
       <c r="K31" t="s">
         <v>47</v>
       </c>
       <c r="L31" t="s">
         <v>242</v>
       </c>
       <c r="M31" t="s">
         <v>243</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>244</v>
       </c>
       <c r="P31" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>246</v>
       </c>
       <c r="B32" t="s">
         <v>247</v>
       </c>
       <c r="C32" t="s">
         <v>70</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2007</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
         <v>73</v>
       </c>
       <c r="K32" t="s">
         <v>47</v>
       </c>
       <c r="L32" t="s">
         <v>248</v>
       </c>
       <c r="M32" t="s">
         <v>74</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>249</v>
       </c>
       <c r="P32" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>251</v>
       </c>
       <c r="B33" t="s">
         <v>252</v>
       </c>
       <c r="C33" t="s">
         <v>196</v>
       </c>
       <c r="D33" t="s">
         <v>253</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G33" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>254</v>
       </c>
       <c r="K33" t="s">
         <v>47</v>
       </c>
       <c r="L33" t="s">
         <v>255</v>
       </c>
       <c r="M33" t="s">
         <v>256</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>257</v>
       </c>
       <c r="P33" t="s">
         <v>258</v>
@@ -2833,51 +2833,51 @@
       <c r="B34" t="s">
         <v>260</v>
       </c>
       <c r="C34" t="s">
         <v>196</v>
       </c>
       <c r="D34" t="s">
         <v>253</v>
       </c>
       <c r="E34" t="s">
         <v>33</v>
       </c>
       <c r="F34" t="s">
         <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2001</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K34" t="s">
         <v>47</v>
       </c>
       <c r="L34" t="s">
         <v>261</v>
       </c>
       <c r="M34" t="s">
         <v>262</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>263</v>
       </c>
       <c r="P34" t="s">
         <v>264</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">