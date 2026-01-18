--- v0 (2025-11-27)
+++ v1 (2026-01-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -814,127 +814,102 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
     <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
   </si>
   <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
@@ -1011,67 +986,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
@@ -1345,50 +1320,53 @@
     <t>Ceiling fans</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
     <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
   </si>
@@ -1810,51 +1788,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P68"/>
+  <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3647,1523 +3625,1473 @@
       </c>
       <c r="M37" t="s">
         <v>262</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>263</v>
       </c>
       <c r="P37" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>265</v>
       </c>
       <c r="B38" t="s">
         <v>266</v>
       </c>
       <c r="C38" t="s">
         <v>267</v>
       </c>
       <c r="D38" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>104</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J38" t="s">
         <v>268</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
         <v>269</v>
       </c>
       <c r="M38" t="s">
         <v>270</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>271</v>
       </c>
       <c r="P38" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>273</v>
       </c>
       <c r="B39" t="s">
         <v>274</v>
       </c>
       <c r="C39" t="s">
+        <v>178</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>94</v>
+      </c>
+      <c r="G39" t="s">
+        <v>61</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>81</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
         <v>275</v>
       </c>
-      <c r="D39" t="s">
-[...17 lines deleted...]
-      <c r="J39" t="s">
+      <c r="M39" t="s">
+        <v>186</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>276</v>
       </c>
-      <c r="K39" t="s">
-[...2 lines deleted...]
-      <c r="L39" t="s">
+      <c r="P39" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>278</v>
+      </c>
+      <c r="B40" t="s">
+        <v>279</v>
+      </c>
+      <c r="C40" t="s">
+        <v>267</v>
+      </c>
+      <c r="D40" t="s">
+        <v>156</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>104</v>
+      </c>
+      <c r="G40" t="s">
         <v>280</v>
       </c>
-      <c r="B40" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H40">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>81</v>
+        <v>281</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
         <v>282</v>
       </c>
       <c r="M40" t="s">
-        <v>186</v>
+        <v>270</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>283</v>
       </c>
       <c r="P40" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>285</v>
       </c>
       <c r="B41" t="s">
         <v>286</v>
       </c>
       <c r="C41" t="s">
-        <v>275</v>
+        <v>148</v>
       </c>
       <c r="D41" t="s">
-        <v>156</v>
+        <v>287</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>104</v>
       </c>
       <c r="G41" t="s">
         <v>61</v>
       </c>
       <c r="H41">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>287</v>
+        <v>142</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
         <v>288</v>
       </c>
       <c r="M41" t="s">
-        <v>270</v>
+        <v>150</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>289</v>
       </c>
       <c r="P41" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>291</v>
       </c>
       <c r="B42" t="s">
         <v>292</v>
       </c>
       <c r="C42" t="s">
-        <v>148</v>
+        <v>293</v>
       </c>
       <c r="D42" t="s">
-        <v>293</v>
+        <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>61</v>
       </c>
       <c r="H42">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>142</v>
+        <v>294</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M42" t="s">
-        <v>150</v>
+        <v>296</v>
       </c>
       <c r="N42" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O42" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="P42" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B43" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C43" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D43" t="s">
-        <v>60</v>
+        <v>287</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>61</v>
       </c>
       <c r="H43">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N43" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P43" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B44" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C44" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D44" t="s">
-        <v>293</v>
+        <v>60</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G44" t="s">
-        <v>61</v>
+        <v>309</v>
       </c>
       <c r="H44">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>308</v>
+        <v>157</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>310</v>
+      </c>
       <c r="M44" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="P44" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B45" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C45" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D45" t="s">
         <v>60</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>315</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2010</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
       <c r="J45" t="s">
-        <v>157</v>
+        <v>317</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P45" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B46" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C46" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="D46" t="s">
         <v>60</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>309</v>
       </c>
       <c r="H46">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
+        <v>157</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
         <v>323</v>
       </c>
-      <c r="K46" t="s">
-[...2 lines deleted...]
-      <c r="L46"/>
       <c r="M46" t="s">
+        <v>311</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
         <v>324</v>
       </c>
-      <c r="N46" t="s">
-[...2 lines deleted...]
-      <c r="O46" t="s">
+      <c r="P46" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>326</v>
+      </c>
+      <c r="B47" t="s">
         <v>327</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>328</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="E47" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>329</v>
       </c>
       <c r="G47" t="s">
-        <v>315</v>
+        <v>61</v>
       </c>
       <c r="H47">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>157</v>
+        <v>330</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
-      <c r="L47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>317</v>
+        <v>331</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="P47" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B48" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C48" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D48" t="s">
-        <v>156</v>
+        <v>53</v>
       </c>
       <c r="E48" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>335</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I48"/>
+        <v>2008</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
       <c r="J48" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
-      <c r="L48"/>
+      <c r="L48" t="s">
+        <v>338</v>
+      </c>
       <c r="M48" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="P48" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B49" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C49" t="s">
-        <v>342</v>
+        <v>242</v>
       </c>
       <c r="D49" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="E49" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F49" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H49">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I49">
         <v>2017</v>
       </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
+        <v>243</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
         <v>345</v>
       </c>
-      <c r="N49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P49" t="s">
-        <v>347</v>
+        <v>245</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>346</v>
+      </c>
+      <c r="B50" t="s">
+        <v>347</v>
+      </c>
+      <c r="C50" t="s">
+        <v>155</v>
+      </c>
+      <c r="D50" t="s">
+        <v>60</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>104</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2006</v>
+      </c>
+      <c r="I50">
+        <v>2025</v>
+      </c>
+      <c r="J50" t="s">
         <v>348</v>
       </c>
-      <c r="B50" t="s">
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
         <v>349</v>
       </c>
-      <c r="C50" t="s">
-[...18 lines deleted...]
-      <c r="J50" t="s">
+      <c r="M50" t="s">
         <v>350</v>
-      </c>
-[...5 lines deleted...]
-        <v>243</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>351</v>
       </c>
       <c r="P50" t="s">
-        <v>245</v>
+        <v>352</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B51" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C51" t="s">
-        <v>155</v>
+        <v>355</v>
       </c>
       <c r="D51" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>104</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="I51">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J51" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="M51" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="P51" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B52" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C52" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D52" t="s">
-        <v>53</v>
+        <v>364</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>365</v>
       </c>
       <c r="F52" t="s">
         <v>104</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>362</v>
+        <v>348</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
-      <c r="L52" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L52"/>
+      <c r="M52"/>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P52" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B53" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C53" t="s">
-        <v>369</v>
+        <v>336</v>
       </c>
       <c r="D53" t="s">
+        <v>156</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>94</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1997</v>
+      </c>
+      <c r="I53">
+        <v>2011</v>
+      </c>
+      <c r="J53" t="s">
+        <v>337</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
         <v>370</v>
       </c>
-      <c r="E53" t="s">
+      <c r="M53" t="s">
         <v>371</v>
       </c>
-      <c r="F53" t="s">
-[...14 lines deleted...]
-      <c r="M53"/>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>372</v>
       </c>
       <c r="P53" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>374</v>
       </c>
       <c r="B54" t="s">
         <v>375</v>
       </c>
       <c r="C54" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="D54" t="s">
-        <v>156</v>
+        <v>103</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>343</v>
+        <v>294</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>376</v>
+        <v>105</v>
       </c>
       <c r="M54" t="s">
         <v>377</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>378</v>
       </c>
       <c r="P54" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>380</v>
       </c>
       <c r="B55" t="s">
         <v>381</v>
       </c>
       <c r="C55" t="s">
         <v>382</v>
       </c>
       <c r="D55" t="s">
-        <v>103</v>
+        <v>383</v>
       </c>
       <c r="E55" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="I55"/>
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2009</v>
+      </c>
+      <c r="I55">
+        <v>2013</v>
+      </c>
       <c r="J55" t="s">
-        <v>300</v>
+        <v>33</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
-      <c r="L55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P55" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B56" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C56" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D56" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>391</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2009</v>
+        <v>1982</v>
       </c>
       <c r="I56">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J56" t="s">
-        <v>33</v>
+        <v>392</v>
       </c>
       <c r="K56" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="N56" t="s">
-        <v>27</v>
+        <v>394</v>
       </c>
       <c r="O56" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="P56" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B57" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C57" t="s">
-        <v>395</v>
+        <v>178</v>
       </c>
       <c r="D57" t="s">
-        <v>396</v>
+        <v>60</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>397</v>
+        <v>43</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="I57">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="J57" t="s">
-        <v>398</v>
+        <v>44</v>
       </c>
       <c r="K57" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
+        <v>186</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
         <v>399</v>
       </c>
-      <c r="N57" t="s">
+      <c r="P57" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>401</v>
+      </c>
+      <c r="B58" t="s">
+        <v>402</v>
+      </c>
+      <c r="C58" t="s">
         <v>403</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="E58" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H58">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>44</v>
+        <v>95</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>186</v>
+        <v>404</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>405</v>
       </c>
       <c r="P58" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>407</v>
       </c>
       <c r="B59" t="s">
         <v>408</v>
       </c>
       <c r="C59" t="s">
         <v>409</v>
       </c>
       <c r="D59" t="s">
-        <v>93</v>
+        <v>410</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="G59" t="s">
         <v>61</v>
       </c>
       <c r="H59">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="P59" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B60" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C60" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D60" t="s">
-        <v>416</v>
+        <v>93</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="G60" t="s">
         <v>61</v>
       </c>
       <c r="H60">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>417</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>418</v>
       </c>
       <c r="P60" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>420</v>
       </c>
       <c r="B61" t="s">
         <v>421</v>
       </c>
       <c r="C61" t="s">
         <v>422</v>
       </c>
       <c r="D61" t="s">
-        <v>93</v>
+        <v>53</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>104</v>
       </c>
       <c r="G61" t="s">
         <v>61</v>
       </c>
       <c r="H61">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>171</v>
+        <v>281</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
-      <c r="L61"/>
+      <c r="L61" t="s">
+        <v>423</v>
+      </c>
       <c r="M61" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P61" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B62" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C62" t="s">
-        <v>428</v>
+        <v>155</v>
       </c>
       <c r="D62" t="s">
-        <v>53</v>
+        <v>429</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>104</v>
       </c>
       <c r="G62" t="s">
-        <v>61</v>
+        <v>430</v>
       </c>
       <c r="H62">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I62"/>
+        <v>2002</v>
+      </c>
+      <c r="I62">
+        <v>2007</v>
+      </c>
       <c r="J62" t="s">
-        <v>287</v>
+        <v>157</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M62" t="s">
-        <v>430</v>
+        <v>350</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P62" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B63" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="D63" t="s">
-        <v>435</v>
+        <v>156</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>104</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="I63">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="J63" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
         <v>436</v>
       </c>
       <c r="M63" t="s">
-        <v>356</v>
+        <v>143</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>437</v>
       </c>
       <c r="P63" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>439</v>
       </c>
       <c r="B64" t="s">
         <v>440</v>
       </c>
       <c r="C64" t="s">
-        <v>139</v>
+        <v>328</v>
       </c>
       <c r="D64" t="s">
-        <v>156</v>
+        <v>441</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F64" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H64">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>142</v>
+        <v>442</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="M64" t="s">
-        <v>143</v>
+        <v>444</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="P64" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="C65" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="D65" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E65" t="s">
         <v>42</v>
       </c>
       <c r="F65" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="G65" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H65">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I65"/>
+        <v>2001</v>
+      </c>
+      <c r="I65">
+        <v>2019</v>
+      </c>
       <c r="J65" t="s">
-        <v>447</v>
+        <v>157</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M65" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P65" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B66" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C66" t="s">
-        <v>334</v>
+        <v>455</v>
       </c>
       <c r="D66" t="s">
-        <v>446</v>
+        <v>103</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H66">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>157</v>
+        <v>193</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>454</v>
+        <v>105</v>
       </c>
       <c r="M66" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="P66" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B67" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C67" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D67" t="s">
-        <v>103</v>
+        <v>60</v>
       </c>
       <c r="E67" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>104</v>
       </c>
       <c r="G67" t="s">
         <v>61</v>
       </c>
       <c r="H67">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I67"/>
+        <v>2014</v>
+      </c>
+      <c r="I67">
+        <v>2019</v>
+      </c>
       <c r="J67" t="s">
-        <v>193</v>
+        <v>69</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="P67" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      <c r="A68" t="s">
         <v>464</v>
-      </c>
-[...41 lines deleted...]
-        <v>469</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">