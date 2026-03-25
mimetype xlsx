--- v0 (2025-11-26)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -462,127 +462,102 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
     <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
   </si>
   <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
@@ -590,69 +565,69 @@
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -1197,51 +1172,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2064,901 +2039,851 @@
       </c>
       <c r="M17" t="s">
         <v>145</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>146</v>
       </c>
       <c r="P17" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>148</v>
       </c>
       <c r="B18" t="s">
         <v>149</v>
       </c>
       <c r="C18" t="s">
         <v>150</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>110</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J18" t="s">
         <v>151</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
         <v>152</v>
       </c>
       <c r="M18" t="s">
         <v>153</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>154</v>
       </c>
       <c r="P18" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>156</v>
       </c>
       <c r="B19" t="s">
         <v>157</v>
       </c>
       <c r="C19" t="s">
-        <v>158</v>
+        <v>93</v>
       </c>
       <c r="D19" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H19">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
+        <v>158</v>
+      </c>
+      <c r="M19" t="s">
+        <v>103</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>110</v>
+      </c>
+      <c r="G20" t="s">
         <v>163</v>
       </c>
-      <c r="B20" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H20">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>95</v>
+        <v>164</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
         <v>165</v>
       </c>
       <c r="M20" t="s">
-        <v>103</v>
+        <v>153</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>166</v>
       </c>
       <c r="P20" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>168</v>
       </c>
       <c r="B21" t="s">
         <v>169</v>
       </c>
       <c r="C21" t="s">
-        <v>158</v>
+        <v>76</v>
       </c>
       <c r="D21" t="s">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>110</v>
       </c>
       <c r="G21" t="s">
         <v>78</v>
       </c>
       <c r="H21">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
         <v>171</v>
       </c>
       <c r="M21" t="s">
-        <v>153</v>
+        <v>79</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>172</v>
       </c>
       <c r="P21" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>174</v>
       </c>
       <c r="B22" t="s">
         <v>175</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>176</v>
       </c>
       <c r="D22" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>78</v>
       </c>
       <c r="H22">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>70</v>
+        <v>177</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>79</v>
+        <v>178</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D23" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>78</v>
       </c>
       <c r="H23">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="P23" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B24" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C24" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="D24" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>78</v>
       </c>
       <c r="H24">
         <v>2025</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
+        <v>186</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>191</v>
+      </c>
+      <c r="P24" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>193</v>
+      </c>
+      <c r="B25" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" t="s">
         <v>195</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
         <v>196</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>78</v>
       </c>
       <c r="H25">
-        <v>2025</v>
+        <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="P25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D26" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>202</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
       <c r="J26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>205</v>
+      </c>
       <c r="M26" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P26" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B27" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C27" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D27" t="s">
         <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I27">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J27" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M27" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P27" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B28" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C28" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D28" t="s">
-        <v>53</v>
+        <v>220</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>221</v>
       </c>
       <c r="F28" t="s">
         <v>110</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>218</v>
+        <v>185</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
-      <c r="L28" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L28"/>
+      <c r="M28"/>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P28" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C29" t="s">
-        <v>225</v>
+        <v>203</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>85</v>
       </c>
       <c r="E29" t="s">
-        <v>227</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="G29" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-      <c r="I29"/>
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1997</v>
+      </c>
+      <c r="I29">
+        <v>2011</v>
+      </c>
       <c r="J29" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
-      <c r="L29"/>
-      <c r="M29"/>
+      <c r="L29" t="s">
+        <v>226</v>
+      </c>
+      <c r="M29" t="s">
+        <v>227</v>
+      </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>228</v>
       </c>
       <c r="P29" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>230</v>
       </c>
       <c r="B30" t="s">
         <v>231</v>
       </c>
       <c r="C30" t="s">
-        <v>209</v>
+        <v>232</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>233</v>
       </c>
       <c r="E30" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="I30">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J30" t="s">
-        <v>210</v>
+        <v>33</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P30" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B31" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C31" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D31" t="s">
-        <v>239</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H31">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>240</v>
+      </c>
       <c r="M31" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P31" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B32" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C32" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
       <c r="D32" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>110</v>
       </c>
       <c r="G32" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I32"/>
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
       <c r="J32" t="s">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
         <v>246</v>
       </c>
       <c r="M32" t="s">
+        <v>71</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
         <v>247</v>
       </c>
-      <c r="N32" t="s">
-[...2 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>249</v>
+      </c>
+      <c r="B33" t="s">
         <v>250</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
+        <v>195</v>
+      </c>
+      <c r="D33" t="s">
         <v>251</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F33" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H33">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>70</v>
+        <v>252</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M33" t="s">
-        <v>71</v>
+        <v>254</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="P33" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B34" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C34" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D34" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="G34" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
       <c r="J34" t="s">
-        <v>258</v>
+        <v>87</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
         <v>259</v>
       </c>
       <c r="M34" t="s">
         <v>260</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>261</v>
       </c>
       <c r="P34" t="s">
         <v>262</v>
-      </c>
-[...48 lines deleted...]
-        <v>268</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">