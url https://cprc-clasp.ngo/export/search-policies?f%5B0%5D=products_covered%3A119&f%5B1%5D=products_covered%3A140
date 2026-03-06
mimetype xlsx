--- v0 (2025-10-15)
+++ v1 (2026-03-06)
@@ -12,281 +12,324 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -550,411 +593,456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="195.667" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...21 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...77 lines deleted...]
-      <c r="L5" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
         <v>47</v>
       </c>
-      <c r="M5" t="s">
-[...81 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="N7" t="s">
-        <v>63</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>