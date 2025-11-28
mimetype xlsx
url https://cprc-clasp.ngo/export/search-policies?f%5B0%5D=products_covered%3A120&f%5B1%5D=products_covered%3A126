--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,1390 +12,1955 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="616">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1659,4303 +2224,4894 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N99"/>
+  <dimension ref="A1:P99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...60 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>85</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...37 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...262 lines deleted...]
-        <v>2010</v>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
-        <v>67</v>
+      <c r="I11">
+        <v>2010</v>
       </c>
       <c r="J11" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="M11" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
       <c r="N11" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>83</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>80</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>84</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>87</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>83</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>84</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>131</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>131</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" t="s">
+        <v>131</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>131</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
+        <v>132</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>148</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>111</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>148</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>149</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>98</v>
+      </c>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
+        <v>36</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>148</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2018</v>
+      </c>
+      <c r="J22" t="s">
+        <v>84</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>150</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>148</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>149</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>164</v>
+      </c>
+      <c r="M23" t="s">
+        <v>150</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" t="s">
+        <v>170</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>171</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>172</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>173</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>178</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>148</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>44</v>
+      </c>
+      <c r="K25" t="s">
+        <v>104</v>
+      </c>
+      <c r="L25" t="s">
+        <v>179</v>
+      </c>
+      <c r="M25" t="s">
+        <v>180</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>183</v>
+      </c>
+      <c r="B26" t="s">
+        <v>184</v>
+      </c>
+      <c r="C26" t="s">
+        <v>122</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>148</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2013</v>
+      </c>
+      <c r="J26" t="s">
+        <v>55</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>185</v>
+      </c>
+      <c r="M26" t="s">
+        <v>124</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>148</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>103</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>190</v>
+      </c>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" t="s">
         <v>70</v>
       </c>
-      <c r="M12" t="s">
-[...13 lines deleted...]
-      <c r="C13" t="s">
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>148</v>
+      </c>
+      <c r="G28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>103</v>
+      </c>
+      <c r="K28" t="s">
         <v>85</v>
       </c>
-      <c r="D13" t="s">
-[...228 lines deleted...]
-      <c r="K18" t="s">
+      <c r="L28" t="s">
+        <v>196</v>
+      </c>
+      <c r="M28" t="s">
+        <v>124</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>148</v>
+      </c>
+      <c r="G29" t="s">
         <v>22</v>
-      </c>
-[...460 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-        <v>80</v>
+      <c r="I29">
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
       <c r="K29" t="s">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>140</v>
+        <v>201</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N29" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>206</v>
+      </c>
+      <c r="D30" t="s">
+        <v>70</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>207</v>
+      </c>
+      <c r="K30" t="s">
+        <v>85</v>
+      </c>
+      <c r="L30" t="s">
+        <v>208</v>
+      </c>
+      <c r="M30" t="s">
+        <v>209</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
+        <v>213</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>215</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
         <v>148</v>
       </c>
-      <c r="B30" t="s">
-[...58 lines deleted...]
-      <c r="G31">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2000</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2021</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K31" t="s">
-        <v>157</v>
+        <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>158</v>
+        <v>216</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="N31" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="B32" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="C32" t="s">
-        <v>44</v>
+        <v>222</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E32" t="s">
-        <v>162</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>223</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2009</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2022</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>224</v>
+      </c>
+      <c r="M32" t="s">
+        <v>225</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>226</v>
+      </c>
+      <c r="P32" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>228</v>
+      </c>
+      <c r="B33" t="s">
+        <v>229</v>
+      </c>
+      <c r="C33" t="s">
+        <v>230</v>
+      </c>
+      <c r="D33" t="s">
+        <v>231</v>
+      </c>
+      <c r="E33" t="s">
         <v>20</v>
       </c>
-      <c r="J32" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>223</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2016</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2019</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="K33" t="s">
+        <v>45</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>232</v>
       </c>
       <c r="N33" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>171</v>
+        <v>235</v>
       </c>
       <c r="B34" t="s">
-        <v>103</v>
+        <v>236</v>
       </c>
       <c r="C34" t="s">
-        <v>44</v>
+        <v>136</v>
       </c>
       <c r="D34" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E34" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>148</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
-      <c r="I34" t="s">
-        <v>172</v>
+      <c r="I34">
+        <v>2015</v>
       </c>
       <c r="J34" t="s">
-        <v>29</v>
+        <v>237</v>
       </c>
       <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>25</v>
+      </c>
+      <c r="M34" t="s">
+        <v>238</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>239</v>
+      </c>
+      <c r="P34" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>241</v>
+      </c>
+      <c r="B35" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" t="s">
+        <v>243</v>
+      </c>
+      <c r="D35" t="s">
+        <v>116</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>148</v>
+      </c>
+      <c r="G35" t="s">
         <v>22</v>
       </c>
-      <c r="L34" t="s">
-[...2 lines deleted...]
-      <c r="M34" t="s">
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>149</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N34" t="s">
-[...22 lines deleted...]
-      <c r="G35">
+      <c r="L35" t="s">
+        <v>244</v>
+      </c>
+      <c r="M35" t="s">
+        <v>245</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>246</v>
+      </c>
+      <c r="P35" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>248</v>
+      </c>
+      <c r="B36" t="s">
+        <v>249</v>
+      </c>
+      <c r="C36" t="s">
+        <v>243</v>
+      </c>
+      <c r="D36" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>148</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>149</v>
+      </c>
+      <c r="K36" t="s">
+        <v>250</v>
+      </c>
+      <c r="L36" t="s">
+        <v>251</v>
+      </c>
+      <c r="M36" t="s">
+        <v>245</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B37" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" t="s">
+        <v>83</v>
+      </c>
+      <c r="D37" t="s">
+        <v>97</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>84</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>255</v>
+      </c>
+      <c r="M37" t="s">
+        <v>87</v>
+      </c>
+      <c r="N37" t="s">
+        <v>36</v>
+      </c>
+      <c r="O37" t="s">
+        <v>256</v>
+      </c>
+      <c r="P37" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>258</v>
+      </c>
+      <c r="B38" t="s">
+        <v>259</v>
+      </c>
+      <c r="C38" t="s">
+        <v>83</v>
+      </c>
+      <c r="D38" t="s">
+        <v>70</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2006</v>
+      </c>
+      <c r="I38">
+        <v>2016</v>
+      </c>
+      <c r="J38" t="s">
+        <v>149</v>
+      </c>
+      <c r="K38" t="s">
+        <v>85</v>
+      </c>
+      <c r="L38" t="s">
+        <v>260</v>
+      </c>
+      <c r="M38" t="s">
+        <v>87</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>261</v>
+      </c>
+      <c r="P38" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>263</v>
+      </c>
+      <c r="B39" t="s">
+        <v>264</v>
+      </c>
+      <c r="C39" t="s">
+        <v>83</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2008</v>
+      </c>
+      <c r="I39">
+        <v>2011</v>
+      </c>
+      <c r="J39" t="s">
+        <v>149</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>92</v>
+      </c>
+      <c r="M39" t="s">
+        <v>87</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>265</v>
+      </c>
+      <c r="P39" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>267</v>
+      </c>
+      <c r="B40" t="s">
+        <v>102</v>
+      </c>
+      <c r="C40" t="s">
+        <v>83</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>268</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
+        <v>269</v>
+      </c>
+      <c r="K40" t="s">
+        <v>104</v>
+      </c>
+      <c r="L40" t="s">
+        <v>270</v>
+      </c>
+      <c r="M40" t="s">
+        <v>87</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>271</v>
+      </c>
+      <c r="P40" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>273</v>
+      </c>
+      <c r="B41" t="s">
+        <v>274</v>
+      </c>
+      <c r="C41" t="s">
+        <v>83</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>8</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41">
+        <v>2025</v>
+      </c>
+      <c r="J41" t="s">
+        <v>269</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>275</v>
+      </c>
+      <c r="M41" t="s">
+        <v>276</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>277</v>
+      </c>
+      <c r="P41" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>279</v>
+      </c>
+      <c r="B42" t="s">
+        <v>280</v>
+      </c>
+      <c r="C42" t="s">
+        <v>83</v>
+      </c>
+      <c r="D42" t="s">
+        <v>97</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>84</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>281</v>
+      </c>
+      <c r="M42" t="s">
+        <v>282</v>
+      </c>
+      <c r="N42" t="s">
+        <v>36</v>
+      </c>
+      <c r="O42" t="s">
+        <v>283</v>
+      </c>
+      <c r="P42" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>285</v>
+      </c>
+      <c r="B43" t="s">
+        <v>286</v>
+      </c>
+      <c r="C43" t="s">
+        <v>83</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2008</v>
+      </c>
+      <c r="I43">
         <v>2013</v>
       </c>
-      <c r="H35">
+      <c r="J43" t="s">
+        <v>149</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>287</v>
+      </c>
+      <c r="M43" t="s">
+        <v>87</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>288</v>
+      </c>
+      <c r="P43" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>290</v>
+      </c>
+      <c r="B44" t="s">
+        <v>291</v>
+      </c>
+      <c r="C44" t="s">
+        <v>83</v>
+      </c>
+      <c r="D44" t="s">
+        <v>292</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>148</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
         <v>2018</v>
       </c>
-      <c r="I35" t="s">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>55</v>
+      </c>
+      <c r="K44" t="s">
+        <v>104</v>
+      </c>
+      <c r="L44" t="s">
+        <v>293</v>
+      </c>
+      <c r="M44" t="s">
+        <v>294</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>295</v>
+      </c>
+      <c r="P44" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>297</v>
+      </c>
+      <c r="B45" t="s">
+        <v>298</v>
+      </c>
+      <c r="C45" t="s">
+        <v>299</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...34 lines deleted...]
-      <c r="H36">
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>1984</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>103</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>300</v>
+      </c>
+      <c r="M45" t="s">
+        <v>301</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>302</v>
+      </c>
+      <c r="P45" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>304</v>
+      </c>
+      <c r="B46" t="s">
+        <v>305</v>
+      </c>
+      <c r="C46" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" t="s">
+        <v>307</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>308</v>
+      </c>
+      <c r="G46" t="s">
+        <v>54</v>
+      </c>
+      <c r="H46">
+        <v>2022</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>309</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>310</v>
+      </c>
+      <c r="N46" t="s">
+        <v>311</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>316</v>
+      </c>
+      <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1989</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
+      <c r="J47" t="s">
+        <v>317</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>318</v>
+      </c>
+      <c r="M47" t="s">
+        <v>319</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>320</v>
+      </c>
+      <c r="P47" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>322</v>
+      </c>
+      <c r="B48" t="s">
+        <v>323</v>
+      </c>
+      <c r="C48" t="s">
+        <v>316</v>
+      </c>
+      <c r="D48" t="s">
+        <v>70</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1989</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>317</v>
+      </c>
+      <c r="K48" t="s">
+        <v>324</v>
+      </c>
+      <c r="L48" t="s">
+        <v>325</v>
+      </c>
+      <c r="M48" t="s">
+        <v>319</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>326</v>
+      </c>
+      <c r="P48" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>322</v>
+      </c>
+      <c r="B49" t="s">
+        <v>328</v>
+      </c>
+      <c r="C49" t="s">
+        <v>316</v>
+      </c>
+      <c r="D49" t="s">
+        <v>53</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1989</v>
+      </c>
+      <c r="I49">
+        <v>2017</v>
+      </c>
+      <c r="J49" t="s">
+        <v>317</v>
+      </c>
+      <c r="K49" t="s">
+        <v>324</v>
+      </c>
+      <c r="L49" t="s">
+        <v>325</v>
+      </c>
+      <c r="M49" t="s">
+        <v>319</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>329</v>
+      </c>
+      <c r="P49" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>331</v>
+      </c>
+      <c r="B50" t="s">
+        <v>332</v>
+      </c>
+      <c r="C50" t="s">
+        <v>122</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>148</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2013</v>
+      </c>
+      <c r="J50" t="s">
+        <v>103</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>123</v>
+      </c>
+      <c r="M50" t="s">
+        <v>191</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>333</v>
+      </c>
+      <c r="P50" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>335</v>
+      </c>
+      <c r="B51" t="s">
+        <v>336</v>
+      </c>
+      <c r="C51" t="s">
+        <v>122</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>148</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>103</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>191</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>337</v>
+      </c>
+      <c r="P51" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>339</v>
+      </c>
+      <c r="B52" t="s">
+        <v>340</v>
+      </c>
+      <c r="C52" t="s">
+        <v>122</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>148</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52">
+        <v>2014</v>
+      </c>
+      <c r="J52" t="s">
+        <v>103</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>191</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>341</v>
+      </c>
+      <c r="P52" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>343</v>
+      </c>
+      <c r="B53" t="s">
+        <v>344</v>
+      </c>
+      <c r="C53" t="s">
+        <v>122</v>
+      </c>
+      <c r="D53" t="s">
+        <v>70</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>148</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2006</v>
+      </c>
+      <c r="I53">
         <v>2015</v>
       </c>
-      <c r="I36" t="s">
-[...146 lines deleted...]
-      <c r="N39" t="s">
+      <c r="J53" t="s">
+        <v>103</v>
+      </c>
+      <c r="K53" t="s">
+        <v>85</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
         <v>191</v>
       </c>
-    </row>
-[...595 lines deleted...]
-      </c>
       <c r="N53" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>345</v>
+      </c>
+      <c r="P53" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>245</v>
+        <v>347</v>
       </c>
       <c r="B54" t="s">
-        <v>93</v>
+        <v>348</v>
       </c>
       <c r="C54" t="s">
-        <v>44</v>
+        <v>122</v>
       </c>
       <c r="D54" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E54" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>148</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
-      <c r="I54" t="s">
-        <v>80</v>
+      <c r="I54">
+        <v>2012</v>
       </c>
       <c r="J54" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="K54" t="s">
-        <v>246</v>
+        <v>104</v>
       </c>
       <c r="L54" t="s">
-        <v>140</v>
+        <v>349</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N54" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>350</v>
+      </c>
+      <c r="P54" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>248</v>
+        <v>352</v>
       </c>
       <c r="B55" t="s">
-        <v>149</v>
+        <v>353</v>
       </c>
       <c r="C55" t="s">
-        <v>76</v>
+        <v>206</v>
       </c>
       <c r="D55" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="E55" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>148</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
-      <c r="I55" t="s">
-        <v>249</v>
+      <c r="I55">
+        <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>31</v>
+        <v>209</v>
       </c>
       <c r="N55" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O55" t="s">
+        <v>355</v>
+      </c>
+      <c r="P55" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>251</v>
+        <v>357</v>
       </c>
       <c r="B56" t="s">
-        <v>252</v>
+        <v>358</v>
       </c>
       <c r="C56" t="s">
+        <v>359</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
+        <v>2021</v>
+      </c>
+      <c r="J56" t="s">
+        <v>360</v>
+      </c>
+      <c r="K56" t="s">
+        <v>104</v>
+      </c>
+      <c r="L56" t="s">
+        <v>361</v>
+      </c>
+      <c r="M56" t="s">
+        <v>362</v>
+      </c>
+      <c r="N56" t="s">
+        <v>363</v>
+      </c>
+      <c r="O56" t="s">
+        <v>364</v>
+      </c>
+      <c r="P56" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>366</v>
+      </c>
+      <c r="B57" t="s">
+        <v>367</v>
+      </c>
+      <c r="C57" t="s">
+        <v>368</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>223</v>
+      </c>
+      <c r="G57" t="s">
+        <v>54</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>207</v>
+      </c>
+      <c r="K57" t="s">
+        <v>85</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>369</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>370</v>
+      </c>
+      <c r="P57" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>372</v>
+      </c>
+      <c r="B58" t="s">
+        <v>373</v>
+      </c>
+      <c r="C58" t="s">
+        <v>368</v>
+      </c>
+      <c r="D58" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>223</v>
+      </c>
+      <c r="G58" t="s">
+        <v>54</v>
+      </c>
+      <c r="H58">
+        <v>2009</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>207</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>374</v>
+      </c>
+      <c r="M58" t="s">
+        <v>369</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>375</v>
+      </c>
+      <c r="P58" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>376</v>
+      </c>
+      <c r="B59" t="s">
+        <v>377</v>
+      </c>
+      <c r="C59" t="s">
+        <v>368</v>
+      </c>
+      <c r="D59" t="s">
+        <v>70</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>223</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59">
+        <v>2010</v>
+      </c>
+      <c r="J59" t="s">
+        <v>207</v>
+      </c>
+      <c r="K59" t="s">
+        <v>85</v>
+      </c>
+      <c r="L59" t="s">
+        <v>378</v>
+      </c>
+      <c r="M59" t="s">
+        <v>369</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>379</v>
+      </c>
+      <c r="P59" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>380</v>
+      </c>
+      <c r="B60" t="s">
+        <v>381</v>
+      </c>
+      <c r="C60" t="s">
+        <v>382</v>
+      </c>
+      <c r="D60" t="s">
+        <v>116</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>54</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>383</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>384</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>385</v>
+      </c>
+      <c r="P60" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>387</v>
+      </c>
+      <c r="B61" t="s">
+        <v>388</v>
+      </c>
+      <c r="C61" t="s">
+        <v>214</v>
+      </c>
+      <c r="D61" t="s">
+        <v>389</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>223</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2008</v>
+      </c>
+      <c r="I61">
+        <v>2020</v>
+      </c>
+      <c r="J61" t="s">
         <v>44</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>390</v>
+      </c>
+      <c r="M61" t="s">
+        <v>391</v>
+      </c>
+      <c r="N61" t="s">
         <v>36</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56">
+      <c r="O61" t="s">
+        <v>392</v>
+      </c>
+      <c r="P61" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>394</v>
+      </c>
+      <c r="B62" t="s">
+        <v>395</v>
+      </c>
+      <c r="C62" t="s">
+        <v>396</v>
+      </c>
+      <c r="D62" t="s">
+        <v>116</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
+        <v>2025</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>397</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>398</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>399</v>
+      </c>
+      <c r="P62" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>401</v>
+      </c>
+      <c r="B63" t="s">
+        <v>402</v>
+      </c>
+      <c r="C63" t="s">
+        <v>403</v>
+      </c>
+      <c r="D63" t="s">
+        <v>53</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>223</v>
+      </c>
+      <c r="G63" t="s">
+        <v>404</v>
+      </c>
+      <c r="H63"/>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>405</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>406</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>407</v>
+      </c>
+      <c r="P63" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>409</v>
+      </c>
+      <c r="B64" t="s">
+        <v>402</v>
+      </c>
+      <c r="C64" t="s">
+        <v>410</v>
+      </c>
+      <c r="D64" t="s">
+        <v>53</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>404</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>354</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>411</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>412</v>
+      </c>
+      <c r="P64" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>414</v>
+      </c>
+      <c r="B65" t="s">
+        <v>205</v>
+      </c>
+      <c r="C65" t="s">
+        <v>206</v>
+      </c>
+      <c r="D65" t="s">
+        <v>70</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2010</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>207</v>
+      </c>
+      <c r="K65" t="s">
+        <v>85</v>
+      </c>
+      <c r="L65" t="s">
+        <v>208</v>
+      </c>
+      <c r="M65" t="s">
+        <v>209</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>415</v>
+      </c>
+      <c r="P65" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>416</v>
+      </c>
+      <c r="B66" t="s">
+        <v>417</v>
+      </c>
+      <c r="C66" t="s">
+        <v>418</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2003</v>
+      </c>
+      <c r="I66">
+        <v>2018</v>
+      </c>
+      <c r="J66" t="s">
+        <v>103</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>419</v>
+      </c>
+      <c r="M66" t="s">
+        <v>420</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>421</v>
+      </c>
+      <c r="P66" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>416</v>
+      </c>
+      <c r="B67" t="s">
+        <v>423</v>
+      </c>
+      <c r="C67" t="s">
+        <v>418</v>
+      </c>
+      <c r="D67" t="s">
+        <v>116</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2005</v>
+      </c>
+      <c r="I67">
+        <v>2018</v>
+      </c>
+      <c r="J67" t="s">
+        <v>103</v>
+      </c>
+      <c r="K67" t="s">
+        <v>85</v>
+      </c>
+      <c r="L67" t="s">
+        <v>424</v>
+      </c>
+      <c r="M67" t="s">
+        <v>420</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>425</v>
+      </c>
+      <c r="P67" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>426</v>
+      </c>
+      <c r="B68" t="s">
+        <v>427</v>
+      </c>
+      <c r="C68" t="s">
+        <v>396</v>
+      </c>
+      <c r="D68" t="s">
+        <v>116</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>54</v>
+      </c>
+      <c r="H68">
+        <v>2025</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>397</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>398</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>428</v>
+      </c>
+      <c r="P68" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>430</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69" t="s">
+        <v>122</v>
+      </c>
+      <c r="D69" t="s">
+        <v>53</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>54</v>
+      </c>
+      <c r="H69">
+        <v>2015</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>55</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>124</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>431</v>
+      </c>
+      <c r="P69" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>433</v>
+      </c>
+      <c r="B70" t="s">
+        <v>434</v>
+      </c>
+      <c r="C70" t="s">
+        <v>299</v>
+      </c>
+      <c r="D70" t="s">
+        <v>435</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>54</v>
+      </c>
+      <c r="H70">
         <v>2012</v>
       </c>
-      <c r="H56">
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>103</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>436</v>
+      </c>
+      <c r="M70" t="s">
+        <v>437</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>438</v>
+      </c>
+      <c r="P70" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>440</v>
+      </c>
+      <c r="B71" t="s">
+        <v>441</v>
+      </c>
+      <c r="C71" t="s">
+        <v>359</v>
+      </c>
+      <c r="D71" t="s">
+        <v>116</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2008</v>
+      </c>
+      <c r="I71">
+        <v>2011</v>
+      </c>
+      <c r="J71" t="s">
+        <v>360</v>
+      </c>
+      <c r="K71" t="s">
+        <v>85</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>442</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>443</v>
+      </c>
+      <c r="P71" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>445</v>
+      </c>
+      <c r="B72" t="s">
+        <v>446</v>
+      </c>
+      <c r="C72" t="s">
+        <v>447</v>
+      </c>
+      <c r="D72" t="s">
+        <v>116</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>223</v>
+      </c>
+      <c r="G72" t="s">
+        <v>54</v>
+      </c>
+      <c r="H72">
         <v>2021</v>
       </c>
-      <c r="I56" t="s">
-[...37 lines deleted...]
-      <c r="G57">
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>397</v>
+      </c>
+      <c r="K72" t="s">
+        <v>324</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>448</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>449</v>
+      </c>
+      <c r="P72" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>451</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73" t="s">
+        <v>447</v>
+      </c>
+      <c r="D73" t="s">
+        <v>116</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>54</v>
+      </c>
+      <c r="H73">
+        <v>2018</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>317</v>
+      </c>
+      <c r="K73" t="s">
+        <v>452</v>
+      </c>
+      <c r="L73" t="s">
+        <v>453</v>
+      </c>
+      <c r="M73" t="s">
+        <v>448</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>454</v>
+      </c>
+      <c r="P73" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>456</v>
+      </c>
+      <c r="B74" t="s">
+        <v>457</v>
+      </c>
+      <c r="C74" t="s">
+        <v>359</v>
+      </c>
+      <c r="D74" t="s">
+        <v>53</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>148</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74"/>
+      <c r="I74">
+        <v>2010</v>
+      </c>
+      <c r="J74" t="s">
+        <v>360</v>
+      </c>
+      <c r="K74" t="s">
+        <v>104</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>458</v>
+      </c>
+      <c r="N74" t="s">
+        <v>363</v>
+      </c>
+      <c r="O74" t="s">
+        <v>459</v>
+      </c>
+      <c r="P74" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>461</v>
+      </c>
+      <c r="B75" t="s">
+        <v>462</v>
+      </c>
+      <c r="C75" t="s">
+        <v>463</v>
+      </c>
+      <c r="D75" t="s">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>43</v>
+      </c>
+      <c r="G75" t="s">
+        <v>54</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>360</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>464</v>
+      </c>
+      <c r="M75" t="s">
+        <v>465</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>466</v>
+      </c>
+      <c r="P75" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>468</v>
+      </c>
+      <c r="B76" t="s">
+        <v>469</v>
+      </c>
+      <c r="C76" t="s">
+        <v>470</v>
+      </c>
+      <c r="D76" t="s">
+        <v>471</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>223</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76">
+        <v>2021</v>
+      </c>
+      <c r="J76" t="s">
+        <v>472</v>
+      </c>
+      <c r="K76" t="s">
+        <v>473</v>
+      </c>
+      <c r="L76" t="s">
+        <v>474</v>
+      </c>
+      <c r="M76" t="s">
+        <v>475</v>
+      </c>
+      <c r="N76" t="s">
+        <v>36</v>
+      </c>
+      <c r="O76" t="s">
+        <v>476</v>
+      </c>
+      <c r="P76" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>478</v>
+      </c>
+      <c r="B77" t="s">
+        <v>479</v>
+      </c>
+      <c r="C77" t="s">
+        <v>122</v>
+      </c>
+      <c r="D77" t="s">
+        <v>53</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>223</v>
+      </c>
+      <c r="G77" t="s">
+        <v>54</v>
+      </c>
+      <c r="H77">
+        <v>2015</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>103</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>124</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>480</v>
+      </c>
+      <c r="P77" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>481</v>
+      </c>
+      <c r="B78" t="s">
+        <v>482</v>
+      </c>
+      <c r="C78" t="s">
+        <v>483</v>
+      </c>
+      <c r="D78" t="s">
+        <v>484</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>43</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2015</v>
+      </c>
+      <c r="I78">
+        <v>2018</v>
+      </c>
+      <c r="J78" t="s">
+        <v>485</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>486</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>487</v>
+      </c>
+      <c r="P78" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>489</v>
+      </c>
+      <c r="B79" t="s">
+        <v>490</v>
+      </c>
+      <c r="C79" t="s">
+        <v>491</v>
+      </c>
+      <c r="D79" t="s">
+        <v>70</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>43</v>
+      </c>
+      <c r="G79" t="s">
+        <v>54</v>
+      </c>
+      <c r="H79">
+        <v>2017</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>360</v>
+      </c>
+      <c r="K79" t="s">
+        <v>85</v>
+      </c>
+      <c r="L79" t="s">
+        <v>492</v>
+      </c>
+      <c r="M79" t="s">
+        <v>493</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>494</v>
+      </c>
+      <c r="P79" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>496</v>
+      </c>
+      <c r="B80" t="s">
+        <v>497</v>
+      </c>
+      <c r="C80" t="s">
+        <v>122</v>
+      </c>
+      <c r="D80" t="s">
+        <v>70</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>43</v>
+      </c>
+      <c r="G80" t="s">
+        <v>54</v>
+      </c>
+      <c r="H80">
         <v>2013</v>
       </c>
-      <c r="H57"/>
-[...956 lines deleted...]
-      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="K80" t="s">
+        <v>85</v>
+      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>124</v>
       </c>
       <c r="N80" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>498</v>
+      </c>
+      <c r="P80" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>353</v>
+        <v>500</v>
       </c>
       <c r="B81" t="s">
-        <v>354</v>
+        <v>501</v>
       </c>
       <c r="C81" t="s">
-        <v>89</v>
+        <v>502</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E81" t="s">
-        <v>162</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>223</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
       </c>
       <c r="H81">
         <v>2018</v>
       </c>
-      <c r="I81" t="s">
-        <v>249</v>
+      <c r="I81">
+        <v>2018</v>
       </c>
       <c r="J81" t="s">
-        <v>181</v>
-[...4 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="K81" t="s">
+        <v>250</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
+        <v>503</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>504</v>
+      </c>
+      <c r="P81" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>506</v>
+      </c>
+      <c r="B82" t="s">
+        <v>507</v>
+      </c>
+      <c r="C82" t="s">
+        <v>222</v>
+      </c>
+      <c r="D82" t="s">
+        <v>53</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>223</v>
+      </c>
+      <c r="G82" t="s">
+        <v>54</v>
+      </c>
+      <c r="H82">
+        <v>2019</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>55</v>
+      </c>
+      <c r="K82" t="s">
+        <v>104</v>
+      </c>
+      <c r="L82" t="s">
+        <v>508</v>
+      </c>
+      <c r="M82" t="s">
+        <v>225</v>
+      </c>
+      <c r="N82" t="s">
+        <v>509</v>
+      </c>
+      <c r="O82" t="s">
+        <v>510</v>
+      </c>
+      <c r="P82" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>512</v>
+      </c>
+      <c r="B83" t="s">
+        <v>513</v>
+      </c>
+      <c r="C83" t="s">
+        <v>514</v>
+      </c>
+      <c r="D83" t="s">
+        <v>53</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>223</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1986</v>
+      </c>
+      <c r="I83">
+        <v>2012</v>
+      </c>
+      <c r="J83" t="s">
+        <v>55</v>
+      </c>
+      <c r="K83" t="s">
+        <v>515</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>516</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>517</v>
+      </c>
+      <c r="P83" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>519</v>
+      </c>
+      <c r="B84" t="s">
+        <v>520</v>
+      </c>
+      <c r="C84" t="s">
+        <v>396</v>
+      </c>
+      <c r="D84" t="s">
+        <v>53</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>148</v>
+      </c>
+      <c r="G84" t="s">
+        <v>54</v>
+      </c>
+      <c r="H84">
+        <v>2017</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>44</v>
+      </c>
+      <c r="K84" t="s">
+        <v>515</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>521</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>522</v>
+      </c>
+      <c r="P84" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>524</v>
+      </c>
+      <c r="B85" t="s">
+        <v>525</v>
+      </c>
+      <c r="C85" t="s">
+        <v>447</v>
+      </c>
+      <c r="D85" t="s">
+        <v>116</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>223</v>
+      </c>
+      <c r="G85" t="s">
+        <v>54</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>360</v>
+      </c>
+      <c r="K85" t="s">
+        <v>85</v>
+      </c>
+      <c r="L85" t="s">
+        <v>526</v>
+      </c>
+      <c r="M85" t="s">
+        <v>448</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>527</v>
+      </c>
+      <c r="P85" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>529</v>
+      </c>
+      <c r="B86" t="s">
+        <v>530</v>
+      </c>
+      <c r="C86" t="s">
+        <v>531</v>
+      </c>
+      <c r="D86" t="s">
+        <v>532</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>54</v>
+      </c>
+      <c r="H86">
+        <v>2016</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>55</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>533</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>534</v>
+      </c>
+      <c r="P86" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>536</v>
+      </c>
+      <c r="B87" t="s">
+        <v>537</v>
+      </c>
+      <c r="C87" t="s">
+        <v>531</v>
+      </c>
+      <c r="D87" t="s">
+        <v>538</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>43</v>
+      </c>
+      <c r="G87" t="s">
+        <v>54</v>
+      </c>
+      <c r="H87">
+        <v>2017</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>55</v>
+      </c>
+      <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="N81" t="s">
-[...10 lines deleted...]
-      <c r="C82" t="s">
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>533</v>
+      </c>
+      <c r="N87" t="s">
+        <v>36</v>
+      </c>
+      <c r="O87" t="s">
+        <v>539</v>
+      </c>
+      <c r="P87" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>541</v>
+      </c>
+      <c r="B88" t="s">
+        <v>542</v>
+      </c>
+      <c r="C88" t="s">
+        <v>169</v>
+      </c>
+      <c r="D88" t="s">
+        <v>53</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2009</v>
+      </c>
+      <c r="I88">
+        <v>2018</v>
+      </c>
+      <c r="J88" t="s">
+        <v>172</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>173</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>543</v>
+      </c>
+      <c r="P88" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>545</v>
+      </c>
+      <c r="B89" t="s">
+        <v>546</v>
+      </c>
+      <c r="C89" t="s">
+        <v>169</v>
+      </c>
+      <c r="D89" t="s">
+        <v>53</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>54</v>
+      </c>
+      <c r="H89">
+        <v>2009</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>237</v>
+      </c>
+      <c r="K89" t="s">
+        <v>104</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>173</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>547</v>
+      </c>
+      <c r="P89" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>549</v>
+      </c>
+      <c r="B90" t="s">
+        <v>550</v>
+      </c>
+      <c r="C90" t="s">
+        <v>551</v>
+      </c>
+      <c r="D90" t="s">
+        <v>552</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2009</v>
+      </c>
+      <c r="I90">
+        <v>2016</v>
+      </c>
+      <c r="J90" t="s">
+        <v>33</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>553</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>554</v>
+      </c>
+      <c r="P90" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>556</v>
+      </c>
+      <c r="B91" t="s">
+        <v>557</v>
+      </c>
+      <c r="C91" t="s">
+        <v>558</v>
+      </c>
+      <c r="D91" t="s">
+        <v>70</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>148</v>
+      </c>
+      <c r="G91" t="s">
+        <v>54</v>
+      </c>
+      <c r="H91">
+        <v>2014</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>559</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>560</v>
+      </c>
+      <c r="M91" t="s">
+        <v>561</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>562</v>
+      </c>
+      <c r="P91" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>564</v>
+      </c>
+      <c r="B92" t="s">
+        <v>565</v>
+      </c>
+      <c r="C92" t="s">
+        <v>558</v>
+      </c>
+      <c r="D92" t="s">
+        <v>70</v>
+      </c>
+      <c r="E92" t="s">
+        <v>42</v>
+      </c>
+      <c r="F92" t="s">
+        <v>43</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92">
+        <v>2019</v>
+      </c>
+      <c r="J92" t="s">
         <v>44</v>
       </c>
-      <c r="D82" t="s">
-[...27 lines deleted...]
-      <c r="N82" t="s">
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>566</v>
+      </c>
+      <c r="M92" t="s">
+        <v>567</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>568</v>
+      </c>
+      <c r="P92" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>570</v>
+      </c>
+      <c r="B93" t="s">
+        <v>571</v>
+      </c>
+      <c r="C93" t="s">
+        <v>214</v>
+      </c>
+      <c r="D93" t="s">
+        <v>70</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>148</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2013</v>
+      </c>
+      <c r="I93">
+        <v>2020</v>
+      </c>
+      <c r="J93" t="s">
+        <v>33</v>
+      </c>
+      <c r="K93" t="s">
+        <v>85</v>
+      </c>
+      <c r="L93" t="s">
+        <v>572</v>
+      </c>
+      <c r="M93" t="s">
+        <v>573</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>574</v>
+      </c>
+      <c r="P93" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>576</v>
+      </c>
+      <c r="B94" t="s">
+        <v>577</v>
+      </c>
+      <c r="C94" t="s">
+        <v>558</v>
+      </c>
+      <c r="D94" t="s">
+        <v>215</v>
+      </c>
+      <c r="E94" t="s">
+        <v>578</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>404</v>
+      </c>
+      <c r="H94"/>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>317</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>579</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>580</v>
+      </c>
+      <c r="P94" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>582</v>
+      </c>
+      <c r="B95" t="s">
+        <v>583</v>
+      </c>
+      <c r="C95" t="s">
+        <v>584</v>
+      </c>
+      <c r="D95" t="s">
+        <v>53</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>585</v>
+      </c>
+      <c r="G95" t="s">
+        <v>54</v>
+      </c>
+      <c r="H95">
+        <v>2008</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>485</v>
+      </c>
+      <c r="K95" t="s">
+        <v>586</v>
+      </c>
+      <c r="L95" t="s">
+        <v>587</v>
+      </c>
+      <c r="M95" t="s">
+        <v>588</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>589</v>
+      </c>
+      <c r="P95" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>591</v>
+      </c>
+      <c r="B96" t="s">
+        <v>592</v>
+      </c>
+      <c r="C96" t="s">
+        <v>593</v>
+      </c>
+      <c r="D96" t="s">
+        <v>53</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>223</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2014</v>
+      </c>
+      <c r="I96">
+        <v>2015</v>
+      </c>
+      <c r="J96" t="s">
+        <v>237</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>594</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>595</v>
+      </c>
+      <c r="P96" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>597</v>
+      </c>
+      <c r="B97" t="s">
+        <v>598</v>
+      </c>
+      <c r="C97" t="s">
+        <v>599</v>
+      </c>
+      <c r="D97" t="s">
+        <v>53</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2009</v>
+      </c>
+      <c r="I97">
+        <v>2011</v>
+      </c>
+      <c r="J97" t="s">
+        <v>405</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>600</v>
+      </c>
+      <c r="M97" t="s">
+        <v>601</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>602</v>
+      </c>
+      <c r="P97" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>604</v>
+      </c>
+      <c r="B98" t="s">
+        <v>605</v>
+      </c>
+      <c r="C98" t="s">
+        <v>599</v>
+      </c>
+      <c r="D98" t="s">
+        <v>53</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>43</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2007</v>
+      </c>
+      <c r="I98">
+        <v>2011</v>
+      </c>
+      <c r="J98" t="s">
+        <v>55</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>606</v>
+      </c>
+      <c r="M98" t="s">
+        <v>601</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>607</v>
+      </c>
+      <c r="P98" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>609</v>
+      </c>
+      <c r="B99" t="s">
+        <v>610</v>
+      </c>
+      <c r="C99" t="s">
+        <v>611</v>
+      </c>
+      <c r="D99" t="s">
+        <v>53</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>223</v>
+      </c>
+      <c r="G99" t="s">
+        <v>54</v>
+      </c>
+      <c r="H99">
+        <v>2014</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
         <v>360</v>
       </c>
-    </row>
-[...696 lines deleted...]
-      </c>
       <c r="K99" t="s">
-        <v>428</v>
+        <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>429</v>
+        <v>612</v>
       </c>
       <c r="M99" t="s">
-        <v>24</v>
+        <v>613</v>
       </c>
       <c r="N99" t="s">
-        <v>430</v>
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>614</v>
+      </c>
+      <c r="P99" t="s">
+        <v>615</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>