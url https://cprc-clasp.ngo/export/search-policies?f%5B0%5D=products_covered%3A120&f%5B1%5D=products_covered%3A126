--- v1 (2025-11-28)
+++ v2 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="616">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="618">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -176,101 +176,104 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
     <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
@@ -1209,66 +1212,69 @@
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
@@ -2566,4516 +2572,4516 @@
       </c>
       <c r="P6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H7">
         <v>1990</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>33</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11">
         <v>2010</v>
       </c>
       <c r="J11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N11" t="s">
         <v>36</v>
       </c>
       <c r="O11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2008</v>
       </c>
       <c r="I14">
         <v>2015</v>
       </c>
       <c r="J14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N14" t="s">
         <v>36</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1989</v>
       </c>
       <c r="I15">
         <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L18" t="s">
         <v>25</v>
       </c>
       <c r="M18"/>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L19" t="s">
         <v>25</v>
       </c>
       <c r="M19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
         <v>53</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2002</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G21" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H21">
         <v>2009</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>36</v>
       </c>
       <c r="O21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D22" t="s">
         <v>53</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2002</v>
       </c>
       <c r="I22">
         <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C23" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2002</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2023</v>
       </c>
       <c r="J24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D25" t="s">
         <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
         <v>44</v>
       </c>
       <c r="K25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
       <c r="I26">
         <v>2013</v>
       </c>
       <c r="J26" t="s">
         <v>55</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M26" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D27" t="s">
         <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2008</v>
       </c>
       <c r="I27">
         <v>2013</v>
       </c>
       <c r="J27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D28" t="s">
         <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>42</v>
       </c>
       <c r="F28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G28" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K28" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M28" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D29" t="s">
         <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29">
         <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D30" t="s">
         <v>70</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
       <c r="I30">
         <v>2015</v>
       </c>
       <c r="J30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2000</v>
       </c>
       <c r="I31">
         <v>2021</v>
       </c>
       <c r="J31" t="s">
         <v>55</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D32" t="s">
         <v>53</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2009</v>
       </c>
       <c r="I32">
         <v>2022</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
         <v>55</v>
       </c>
       <c r="K33" t="s">
         <v>45</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C34" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D34" t="s">
         <v>53</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34">
         <v>2015</v>
       </c>
       <c r="J34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
         <v>25</v>
       </c>
       <c r="M34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35">
         <v>2018</v>
       </c>
       <c r="J35" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="M35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C36" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D36" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36">
         <v>2015</v>
       </c>
       <c r="J36" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M36" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B37" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C37" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D37" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2021</v>
       </c>
       <c r="J37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N37" t="s">
         <v>36</v>
       </c>
       <c r="O37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C38" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D38" t="s">
         <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2006</v>
       </c>
       <c r="I38">
         <v>2016</v>
       </c>
       <c r="J38" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K38" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="M38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B39" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D39" t="s">
         <v>53</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2008</v>
       </c>
       <c r="I39">
         <v>2011</v>
       </c>
       <c r="J39" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M39" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B40" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D40" t="s">
         <v>53</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="K40" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L40" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M40" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C41" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>8</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C42" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D42" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N42" t="s">
         <v>36</v>
       </c>
       <c r="O42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C43" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D43" t="s">
         <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2008</v>
       </c>
       <c r="I43">
         <v>2013</v>
       </c>
       <c r="J43" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M43" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P43" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B44" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C44" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G44" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H44">
         <v>2018</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>55</v>
       </c>
       <c r="K44" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L44" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P44" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B45" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C45" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H45">
         <v>1984</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M45" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B46" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C46" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D46" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G46" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H46">
         <v>2022</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N46" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P46" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D47" t="s">
         <v>53</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>1989</v>
       </c>
       <c r="I47">
         <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="M47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P47" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D48" t="s">
         <v>70</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>1989</v>
       </c>
       <c r="I48">
         <v>2017</v>
       </c>
       <c r="J48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K48" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L48" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="M48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P48" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B49" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C49" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>1989</v>
       </c>
       <c r="I49">
         <v>2017</v>
       </c>
       <c r="J49" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="M49" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C50" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D50" t="s">
         <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2008</v>
       </c>
       <c r="I50">
         <v>2013</v>
       </c>
       <c r="J50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M50" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P50" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B51" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C51" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D51" t="s">
         <v>53</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2008</v>
       </c>
       <c r="I51">
         <v>2014</v>
       </c>
       <c r="J51" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P51" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B52" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C52" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2014</v>
       </c>
       <c r="J52" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P52" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B53" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C53" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D53" t="s">
         <v>70</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2006</v>
       </c>
       <c r="I53">
         <v>2015</v>
       </c>
       <c r="J53" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K53" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P53" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B54" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C54" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D54" t="s">
         <v>53</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
       <c r="I54">
         <v>2012</v>
       </c>
       <c r="J54" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K54" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L54" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="M54" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P54" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B55" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C55" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D55" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
       <c r="I55">
         <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N55" t="s">
         <v>36</v>
       </c>
       <c r="O55" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P55" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B56" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C56" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56">
         <v>2021</v>
       </c>
       <c r="J56" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K56" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L56" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="M56" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="N56" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="O56" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P56" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B57" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C57" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D57" t="s">
         <v>53</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G57" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H57">
         <v>2013</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K57" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="P57" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B58" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C58" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D58" t="s">
         <v>53</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G58" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H58">
         <v>2009</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="M58" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="P58" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B59" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C59" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D59" t="s">
         <v>70</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2003</v>
       </c>
       <c r="I59">
         <v>2010</v>
       </c>
       <c r="J59" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K59" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L59" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M59" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P59" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C60" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D60" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H60">
         <v>2022</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="P60" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B61" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C61" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D61" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2008</v>
       </c>
       <c r="I61">
         <v>2020</v>
       </c>
       <c r="J61" t="s">
         <v>44</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M61" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N61" t="s">
         <v>36</v>
       </c>
       <c r="O61" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P61" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B62" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C62" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D62" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>43</v>
       </c>
       <c r="G62" t="s">
-        <v>54</v>
+        <v>398</v>
       </c>
       <c r="H62">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="P62" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D63" t="s">
         <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G63" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="P63" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D64" t="s">
         <v>53</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="P64" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B65" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C65" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D65" t="s">
         <v>70</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2010</v>
       </c>
       <c r="I65">
         <v>2015</v>
       </c>
       <c r="J65" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K65" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L65" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M65" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="P65" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B66" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C66" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D66" t="s">
         <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2003</v>
       </c>
       <c r="I66">
         <v>2018</v>
       </c>
       <c r="J66" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="M66" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="P66" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B67" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C67" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D67" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2005</v>
       </c>
       <c r="I67">
         <v>2018</v>
       </c>
       <c r="J67" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K67" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L67" t="s">
+        <v>426</v>
+      </c>
+      <c r="M67" t="s">
+        <v>422</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>427</v>
+      </c>
+      <c r="P67" t="s">
         <v>424</v>
-      </c>
-[...10 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B68" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C68" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D68" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H68">
         <v>2025</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="P68" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B69"/>
       <c r="C69" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>55</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="P69" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B70" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C70" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D70" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
         <v>43</v>
       </c>
       <c r="G70" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="M70" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="P70" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B71" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C71" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D71" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2008</v>
       </c>
       <c r="I71">
         <v>2011</v>
       </c>
       <c r="J71" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K71" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="P71" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B72" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D72" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G72" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="K72" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="P72" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B73"/>
       <c r="C73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D73" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H73">
         <v>2018</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K73" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="L73" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="M73" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="P73" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B74" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C74" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D74" t="s">
         <v>53</v>
       </c>
       <c r="E74" t="s">
         <v>42</v>
       </c>
       <c r="F74" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74"/>
       <c r="I74">
         <v>2010</v>
       </c>
       <c r="J74" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K74" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="N74" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="O74" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="P74" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B75" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C75" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D75" t="s">
         <v>53</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>43</v>
       </c>
       <c r="G75" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H75">
         <v>2016</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="M75" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="P75" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B76" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C76" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D76" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2017</v>
       </c>
       <c r="I76">
         <v>2021</v>
       </c>
       <c r="J76" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="K76" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="L76" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="M76" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="N76" t="s">
         <v>36</v>
       </c>
       <c r="O76" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="P76" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B77" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C77" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D77" t="s">
         <v>53</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G77" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H77">
         <v>2015</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="P77" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B78" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C78" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D78" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>43</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
       <c r="I78">
         <v>2018</v>
       </c>
       <c r="J78" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="P78" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B79" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C79" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D79" t="s">
         <v>70</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>43</v>
       </c>
       <c r="G79" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H79">
         <v>2017</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K79" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L79" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="M79" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="P79" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B80" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C80" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D80" t="s">
         <v>70</v>
       </c>
       <c r="E80" t="s">
         <v>42</v>
       </c>
       <c r="F80" t="s">
         <v>43</v>
       </c>
       <c r="G80" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H80">
         <v>2013</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K80" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="P80" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B81" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C81" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D81" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2018</v>
       </c>
       <c r="I81">
         <v>2018</v>
       </c>
       <c r="J81" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="K81" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="P81" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B82" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C82" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D82" t="s">
         <v>53</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G82" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H82">
         <v>2019</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>55</v>
       </c>
       <c r="K82" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L82" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M82" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="N82" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="O82" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="P82" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B83" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C83" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D83" t="s">
         <v>53</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>1986</v>
       </c>
       <c r="I83">
         <v>2012</v>
       </c>
       <c r="J83" t="s">
         <v>55</v>
       </c>
       <c r="K83" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="P83" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B84" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C84" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D84" t="s">
         <v>53</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G84" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H84">
         <v>2017</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>44</v>
       </c>
       <c r="K84" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="P84" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B85" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C85" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D85" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G85" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H85">
         <v>2011</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K85" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L85" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="M85" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="P85" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B86" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C86" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D86" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H86">
         <v>2016</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>55</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="P86" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B87" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C87" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D87" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>43</v>
       </c>
       <c r="G87" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H87">
         <v>2017</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>55</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="N87" t="s">
         <v>36</v>
       </c>
       <c r="O87" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="P87" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B88" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C88" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2009</v>
       </c>
       <c r="I88">
         <v>2018</v>
       </c>
       <c r="J88" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="P88" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B89" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C89" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D89" t="s">
         <v>53</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H89">
         <v>2009</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K89" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="P89" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B90" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C90" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D90" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>43</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2009</v>
       </c>
       <c r="I90">
         <v>2016</v>
       </c>
       <c r="J90" t="s">
         <v>33</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="P90" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B91" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C91" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D91" t="s">
         <v>70</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G91" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H91">
         <v>2014</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="M91" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="P91" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B92" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C92" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D92" t="s">
         <v>70</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>43</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
       <c r="I92">
         <v>2019</v>
       </c>
       <c r="J92" t="s">
         <v>44</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="M92" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="P92" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B93" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C93" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D93" t="s">
         <v>70</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2013</v>
       </c>
       <c r="I93">
         <v>2020</v>
       </c>
       <c r="J93" t="s">
         <v>33</v>
       </c>
       <c r="K93" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L93" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="M93" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="P93" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B94" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C94" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D94" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E94" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="P94" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B95" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C95" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D95" t="s">
         <v>53</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="G95" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H95">
         <v>2008</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="K95" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="L95" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="M95" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="P95" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B96" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C96" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D96" t="s">
         <v>53</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2014</v>
       </c>
       <c r="I96">
         <v>2015</v>
       </c>
       <c r="J96" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="P96" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B97" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C97" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D97" t="s">
         <v>53</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2009</v>
       </c>
       <c r="I97">
         <v>2011</v>
       </c>
       <c r="J97" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="M97" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="P97" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B98" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C98" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D98" t="s">
         <v>53</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>43</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2007</v>
       </c>
       <c r="I98">
         <v>2011</v>
       </c>
       <c r="J98" t="s">
         <v>55</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="M98" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="P98" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B99" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C99" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D99" t="s">
         <v>53</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G99" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H99">
         <v>2014</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="M99" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P99" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">