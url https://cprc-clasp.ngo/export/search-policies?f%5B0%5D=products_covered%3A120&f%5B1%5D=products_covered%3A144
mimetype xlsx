--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,309 +12,367 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -578,537 +636,600 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="121.399" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...14 lines deleted...]
-      <c r="L3" t="s">
+      <c r="E8" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
-[...32 lines deleted...]
-      <c r="K4" t="s">
+      <c r="G8" t="s">
         <v>22</v>
-      </c>
-[...160 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>56</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
-        <v>58</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
         <v>2014</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
         <v>34</v>
       </c>
-      <c r="N9" t="s">
-[...22 lines deleted...]
-      <c r="G10">
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
         <v>2012</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="K10" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
-        <v>71</v>
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>