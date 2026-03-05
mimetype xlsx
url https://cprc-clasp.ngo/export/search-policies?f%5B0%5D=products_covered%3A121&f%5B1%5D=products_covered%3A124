--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,421 +12,511 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -690,779 +780,878 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H3">
         <v>2024</v>
       </c>
-      <c r="I3" t="s">
-        <v>31</v>
+      <c r="I3">
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="N5" t="s">
         <v>37</v>
       </c>
-      <c r="G4">
-[...11 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="N4" t="s">
-        <v>39</v>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...121 lines deleted...]
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
         <v>53</v>
       </c>
-      <c r="J8" t="s">
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>56</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>112</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...330 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
-        <v>103</v>
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>