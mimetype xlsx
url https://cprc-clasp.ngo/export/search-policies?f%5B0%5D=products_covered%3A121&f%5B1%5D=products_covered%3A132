--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,501 +12,630 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -770,1033 +899,1168 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...114 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H5">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
-        <v>47</v>
+      <c r="I5">
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
         <v>2011</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="K6"/>
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
       <c r="L6"/>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6"/>
       <c r="N6" t="s">
+        <v>57</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
         <v>54</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>56</v>
-      </c>
-[...8 lines deleted...]
-        <v>49</v>
       </c>
       <c r="N7" t="s">
         <v>57</v>
       </c>
-    </row>
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>72</v>
+      </c>
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>72</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>57</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>48</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>48</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" t="s">
+        <v>117</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>48</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>117</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>57</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>97</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8">
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>95</v>
+      </c>
+      <c r="D18" t="s">
+        <v>146</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>117</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
         <v>2021</v>
       </c>
-      <c r="H8"/>
-[...68 lines deleted...]
-      <c r="C10" t="s">
+      <c r="J18" t="s">
+        <v>97</v>
+      </c>
+      <c r="K18" t="s">
+        <v>147</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>57</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>154</v>
+      </c>
+      <c r="E19" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" t="s">
+        <v>73</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>45</v>
       </c>
-      <c r="D10" t="s">
-[...18 lines deleted...]
-      <c r="K10" t="s">
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>77</v>
+      </c>
+      <c r="N19" t="s">
+        <v>48</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>160</v>
+      </c>
+      <c r="E20" t="s">
         <v>72</v>
       </c>
-      <c r="L10" t="s">
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>97</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>48</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" t="s">
         <v>73</v>
       </c>
-      <c r="M10" t="s">
-[...28 lines deleted...]
-      <c r="H11">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
         <v>2017</v>
       </c>
-      <c r="I11" t="s">
-[...71 lines deleted...]
-      <c r="E13" t="s">
+      <c r="J21" t="s">
+        <v>109</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>168</v>
+      </c>
+      <c r="N21" t="s">
+        <v>48</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F13" t="s">
-[...372 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="E22" t="s">
-        <v>132</v>
+        <v>72</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>173</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
-      <c r="I22" t="s">
-        <v>78</v>
+      <c r="I22">
+        <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>39</v>
+        <v>97</v>
       </c>
       <c r="K22" t="s">
-        <v>133</v>
+        <v>46</v>
       </c>
       <c r="L22" t="s">
-        <v>134</v>
+        <v>174</v>
       </c>
       <c r="M22" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="N22" t="s">
-        <v>135</v>
+        <v>48</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>