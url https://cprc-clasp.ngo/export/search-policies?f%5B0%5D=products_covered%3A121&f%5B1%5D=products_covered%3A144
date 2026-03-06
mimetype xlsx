--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,388 +12,463 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -657,657 +732,738 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H3">
         <v>2024</v>
       </c>
-      <c r="I3" t="s">
-        <v>31</v>
+      <c r="I3">
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="N5" t="s">
         <v>37</v>
       </c>
-      <c r="G4">
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2011</v>
       </c>
-      <c r="H4"/>
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="N4" t="s">
-        <v>39</v>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...15 lines deleted...]
-      <c r="F5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
         <v>37</v>
       </c>
-      <c r="G5">
-[...13 lines deleted...]
-      <c r="M5" t="s">
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
         <v>33</v>
       </c>
-      <c r="N5" t="s">
-        <v>42</v>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
         <v>43</v>
       </c>
-      <c r="B6" t="s">
-[...20 lines deleted...]
-      <c r="I6" t="s">
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>56</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...12 lines deleted...]
-        <v>50</v>
+      <c r="F12" t="s">
+        <v>81</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
+        <v>108</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...28 lines deleted...]
-      <c r="K7" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>115</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
         <v>54</v>
       </c>
-      <c r="L7" t="s">
+      <c r="F13" t="s">
         <v>55</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
         <v>56</v>
       </c>
-    </row>
-[...245 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="N13" t="s">
-        <v>96</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>