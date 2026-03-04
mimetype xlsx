--- v0 (2025-10-12)
+++ v1 (2026-03-04)
@@ -12,411 +12,521 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -680,813 +790,918 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...36 lines deleted...]
-      <c r="M3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>32</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
-      </c>
-[...58 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H5">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>45</v>
-      </c>
-[...8 lines deleted...]
-        <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>46</v>
       </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>43</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>46</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...6 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2002</v>
+      </c>
+      <c r="I8">
+        <v>2009</v>
+      </c>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>46</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>68</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>46</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...5 lines deleted...]
-        <v>50</v>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...6 lines deleted...]
-      <c r="C7" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>77</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>46</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" t="s">
+        <v>121</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>101</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>77</v>
+      </c>
+      <c r="G16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>129</v>
+      </c>
+      <c r="L16" t="s">
+        <v>130</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>46</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...57 lines deleted...]
-      <c r="M8" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...364 lines deleted...]
-      <c r="K17"/>
       <c r="L17"/>
-      <c r="M17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
-        <v>105</v>
+        <v>46</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>