--- v0 (2025-11-28)
+++ v1 (2026-03-27)
@@ -149,51 +149,51 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
   </si>