--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,288 +12,340 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -557,453 +609,504 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="721.824" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="121.399" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...26 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F8" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
         <v>37</v>
       </c>
-      <c r="C4" t="s">
-[...197 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
-        <v>64</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>