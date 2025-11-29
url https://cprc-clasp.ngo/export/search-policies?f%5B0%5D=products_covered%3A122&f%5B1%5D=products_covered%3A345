--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,245 +12,279 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -514,365 +548,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="721.824" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I5">
+        <v>2025</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...161 lines deleted...]
-        <v>51</v>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>