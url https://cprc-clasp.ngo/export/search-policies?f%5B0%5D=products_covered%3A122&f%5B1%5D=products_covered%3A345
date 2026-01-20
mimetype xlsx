--- v1 (2025-11-29)
+++ v2 (2026-01-20)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>